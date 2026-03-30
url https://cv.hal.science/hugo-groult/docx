--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -344,51 +344,51 @@
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.biomac.4c01747⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04961287v1</w:t>
+                <w:t xml:space="preserve">hal-05559201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and Characterization of λ-Carrageenan Oligosaccharide-Based Nanoparticles: Applications in MRI and In Vivo Biodistribution Studies</w:t>
               </w:r>
@@ -478,51 +478,51 @@
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.biomac.4c01747⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05469005v1</w:t>
+                <w:t xml:space="preserve">hal-04961287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Identification of Peptide Inhibitors of the Coronavirus 3CL Protease from a Fucus ceranoides L. Hydroalcoholic Extract Using a Ligand-Fishing Strategy</w:t>
               </w:r>
@@ -1306,295 +1306,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04261623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasmall Manganese Ferrites for In Vivo Catalase Mimicking Activity and Multimodal Bioimaging</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bis-nor-diterpene from Cnidoscolus quercifolius (Euphorbiaceae) induces tubulin depolymerization-mediated apoptosis in BRAFmutated melanoma cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Beatriz Miguel-Coello</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lydia Martínez-Parra</w:t>
+                <w:t xml:space="preserve">Raimundo Gonçalves de Oliveira-Júnior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yolanda Martí-Mateo</w:t>
+                <w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Hernansanz-Agustín</w:t>
+                <w:t xml:space="preserve">Ana Paula de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edigênia Cavalcante da Cruz Araújo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/smll.202106570⟩</w:t>
+              <w:t xml:space="preserve">Chemico-Biological Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 355, pp.109849. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cbi.2022.109849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03836427v1</w:t>
+                <w:t xml:space="preserve">hal-03842367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bis-nor-diterpene from Cnidoscolus quercifolius (Euphorbiaceae) induces tubulin depolymerization-mediated apoptosis in BRAFmutated melanoma cells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t>
+                <w:t xml:space="preserve">Ultrasmall Manganese Ferrites for In Vivo Catalase Mimicking Activity and Multimodal Bioimaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Carregal-Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Paula de Oliveira</w:t>
+                <w:t xml:space="preserve">Ana Beatriz Miguel-Coello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Martínez-Parra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edigênia Cavalcante da Cruz Araújo</w:t>
+                <w:t xml:space="preserve">Yolanda Martí-Mateo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire Prunier</w:t>
+                <w:t xml:space="preserve">Pablo Hernansanz-Agustín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemico-Biological Interactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 355, pp.109849. </w:t>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (16), pp.2106570. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cbi.2022.109849⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/smll.202106570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03842367v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03836427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Marine λ-Oligocarrageenan Inhibits Migratory and Invasive Ability of MDA-MB-231 Human Breast Cancer Cells through Actions on Heparanase Metabolism and MMP-14/MMP-2 Axis</w:t>
               </w:r>
@@ -2116,77 +2116,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complexation with β-cyclodextrin enhances apoptosis-mediated cytotoxic effect of harman in chemoresistant BRAF-mutated melanoma cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Adrielly Alves Ferraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raimundo Gonçalves de Oliveira Júnior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Paula de Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Groult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2302,51 +2302,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Braconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Groult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Prunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food and Chemical Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 125, pp.549-561. </w:t>
@@ -2910,938 +2910,938 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01943944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of heparin and λ-carrageenan anti-heparanase derivatives using a combination of physicochemical depolymerization and glycol splitting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Family of Bioactive Heparin-Coated Iron Oxide Nanoparticles with Positive Contrast in Magnetic Resonance Imaging for Specific Biomedical Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Groult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poupard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hugo Groult</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Herranz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Bodin</w:t>
+                <w:t xml:space="preserve">Egle Conforto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bridiau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2017.02.040⟩</w:t>
+              <w:t xml:space="preserve">Biomacromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (10), pp.3156 - 3167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.biomac.7b00797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01664739v1</w:t>
+                <w:t xml:space="preserve">hal-01664798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Family of Bioactive Heparin-Coated Iron Oxide Nanoparticles with Positive Contrast in Magnetic Resonance Imaging for Specific Biomedical Applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of Heparanase-Mediated Angiogenesis Using Microvascular Endothelial Cells: Identification of λ-Carrageenan Derivative as a Potent Anti Angiogenic Agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Poupard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamela Badarou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Fasani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Groult</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Egle Conforto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bridiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomacromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 18 (10), pp.3156 - 3167. </w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15 (5), pp.284 - 298. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.biomac.7b00797⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/md15050134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01664798v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01628620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Heparanase-Mediated Angiogenesis Using Microvascular Endothelial Cells: Identification of λ-Carrageenan Derivative as a Potent Anti Angiogenic Agent</w:t>
+                <w:t xml:space="preserve">Production of heparin and λ-carrageenan anti-heparanase derivatives using a combination of physicochemical depolymerization and glycol splitting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poupard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Groult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pamela Badarou</w:t>
+                <w:t xml:space="preserve">Justine Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bridiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Fasani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bridiau</w:t>
+                <w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 15 (5), pp.284 - 298. </w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 166, pp.156 - 165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/md15050134⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2017.02.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01628620v1</w:t>
+                <w:t xml:space="preserve">hal-01664739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphatidylcholine-Coated Iron Oxide Nanomicelles for In Vivo Prolonged Circulation Time with an Antibiofouling Protein Corona</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Superparamagnetic Nanoparticles for Atherosclerosis Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Herranz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Salinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Groult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Marina Benito</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Pellico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Lechuga-Vieco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (2), pp.408-438</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03836679v1</w:t>
+                <w:t xml:space="preserve">hal-01943916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Superparamagnetic Nanoparticles for Atherosclerosis Imaging</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Parallel Multifunctionalization of Nanoparticles: A One-Step Modular Approach for in Vivo Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Groult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesus Ruiz-Cabello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Pellico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Lechuga-Vieco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riju Bhavesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 4 (2), pp.408-438</w:t>
+              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (1), pp.153-160</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943916v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01943925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel Multifunctionalization of Nanoparticles: A One-Step Modular Approach for in Vivo Imaging</w:t>
+                <w:t xml:space="preserve">Phosphatidylcholine-Coated Iron Oxide Nanomicelles for In Vivo Prolonged Circulation Time with an Antibiofouling Protein Corona</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Groult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesus Ruiz-Cabello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Riju Bhavesh</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Victoria Lechuga-Vieco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesús Mateo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Benito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 26 (1), pp.153-160</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 20 (50), pp.16662-16671</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943925v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01943851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphatidylcholine-Coated Iron Oxide Nanomicelles for In Vivo Prolonged Circulation Time with an Antibiofouling Protein Corona</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Groult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jesus Ruiz-Cabello</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesús Ruiz-Cabello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Victoria Lechuga-Vieco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesús Mateo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Benito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 20 (50), pp.16662-16671</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 20 (50), pp.16662-16671. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201404221⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943851v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03836679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of Antimitotic Thioglycosides: In Vitro and in Vivo Evaluation of Their Anticancer Activity</w:t>
               </w:r>
@@ -4122,51 +4122,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élaboration d’un modèle basé sur des cellules endothéliales microvasculaires pour étudier l’impact de l’héparanase dans l’angiogenèse tumorale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poupard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pamela Badarou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Groult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4403,51 +4403,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468537v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Daviaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Main" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chassaing" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Havret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Musnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118954" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961287v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Porta-Zapata" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Carregal-Romero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Saliba" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainhize Urkola-Arsuaga" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Beatriz Miranda Perez de Alejo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c01747" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469005v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592145v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Antonio Miranda de Souza Duarte Filho" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cintia Emi Yanaguibashi Leal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Bodet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edilson Beserra de Alencar Filho" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Roberto Guedes da Silva Almeida" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22060244" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469030v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanez Manseur" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Groult" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Akil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Tannoury" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21020132" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04355291v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Langhi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vallier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Otero" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maheva Maura" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Joubioux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15245056" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683330v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261643v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Mart&#237;nez-Parra" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Pi&#241;ol-Cancer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sanchez-Cano" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Miguel-Coello" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desir&#232; Di Silvio" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c03523" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261623v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Porta" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Mersni-Achour" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21050295" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836427v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Beatriz Miguel-Coello" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Mart&#237;-Mateo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Hernansanz-Agust&#237;n" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202106570" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842367v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves de Oliveira-J&#250;nior" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Adrielly Alves Ferraz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula de Oliveira" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edig&#234;nia Cavalcante da Cruz Ara&#250;jo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Prunier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2022.109849" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-03369118v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cousin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ferru-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gani" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19100546" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089012v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castej&#243;n" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikel Azkargorta" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Beatriz Miguel-Coello" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nr06378a" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201341v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Gomes De Ara&#250;jo&#8208;filho" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jucilene Santos" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikaella Carvalho" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Picot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fruitier-Arnaudin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ptr.7125" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484042v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Ca&#241;adas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia A-Gonzalez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Victoria Lechuga-Vieco" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2021.112551" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946610v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves de Oliveira J&#250;nior" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Beaugeard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2020.105353" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074546v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Braconnier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2019.02.013" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053593v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chot-Plassot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bridiau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17030140" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02385097v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loison" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Debout" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Creus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Touzain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.201910809" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01943935v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Lechuga-Vieco" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pellico" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Mateo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Enr&#237;quez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2017.12.021" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01943944v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Garc&#237;a-&#193;lvarez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Romero-Ram&#237;rez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Nieto-Sampedro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Herranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano8080567" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01664739v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poupard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bodin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordenave-Juchereau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2017.02.040" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01664798v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egle Conforto" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.7b00797" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628620v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Badarou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fasani" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md15050134" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836679v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Ruiz-Cabello" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Benito" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201404221" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01943916v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Salinas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01943925v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Ruiz-Cabello" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riju Bhavesh" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01943851v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01943907v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefina Casas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Asunci&#243;n Barreda-Manso" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Yanguas-Cas&#225;s" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428732v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Piot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453398v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Kieda" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468537v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Daviaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Main" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chassaing" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Havret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Musnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118954" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559201v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Porta-Zapata" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Carregal-Romero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Saliba" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainhize Urkola-Arsuaga" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Beatriz Miranda Perez de Alejo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c01747" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961287v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592145v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Antonio Miranda de Souza Duarte Filho" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cintia Emi Yanaguibashi Leal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Bodet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edilson Beserra de Alencar Filho" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackson Roberto Guedes da Silva Almeida" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md22060244" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469030v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanez Manseur" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Groult" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Akil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Tannoury" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21020132" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-04355291v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Langhi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vallier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Otero" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maheva Maura" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Joubioux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15245056" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683330v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261643v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Mart&#237;nez-Parra" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Pi&#241;ol-Cancer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sanchez-Cano" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Miguel-Coello" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desir&#232; Di Silvio" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.3c03523" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261623v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Porta" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Mersni-Achour" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21050295" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842367v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves de Oliveira-J&#250;nior" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Adrielly Alves Ferraz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula de Oliveira" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edig&#234;nia Cavalcante da Cruz Ara&#250;jo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Prunier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbi.2022.109849" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836427v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Beatriz Miguel-Coello" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Mart&#237;-Mateo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Hernansanz-Agust&#237;n" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202106570" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-03369118v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cousin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ferru-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gani" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19100546" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089012v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castej&#243;n" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikel Azkargorta" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Beatriz Miguel-Coello" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nr06378a" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201341v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Gomes De Ara&#250;jo&#8208;filho" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jucilene Santos" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikaella Carvalho" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Picot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fruitier-Arnaudin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ptr.7125" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484042v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Ca&#241;adas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelia A-Gonzalez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Victoria Lechuga-Vieco" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2021.112551" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946610v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimundo Gon&#231;alves de Oliveira J&#250;nior" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Beaugeard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2020.105353" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074546v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Braconnier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2019.02.013" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053593v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chot-Plassot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bridiau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17030140" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02385097v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loison" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Debout" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Creus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Touzain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.201910809" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01943935v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Lechuga-Vieco" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pellico" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Mateo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Enr&#237;quez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2017.12.021" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01943944v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Garc&#237;a-&#193;lvarez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Romero-Ram&#237;rez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Nieto-Sampedro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Herranz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano8080567" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01664798v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poupard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egle Conforto" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.7b00797" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628620v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Badarou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fasani" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md15050134" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01664739v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bodin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordenave-Juchereau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2017.02.040" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01943916v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Salinas" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01943925v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Ruiz-Cabello" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riju Bhavesh" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01943851v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Benito" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836679v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Ruiz-Cabello" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201404221" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01943907v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josefina Casas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Asunci&#243;n Barreda-Manso" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Yanguas-Cas&#225;s" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428732v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Piot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453398v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Kieda" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>