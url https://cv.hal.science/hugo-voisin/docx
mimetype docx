--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -132,2256 +132,2360 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of composition and process on the performance of thermopressed materials prepared from model and real-life biomass</w:t>
+                <w:t xml:space="preserve">Understanding the formation of hemicellulose-polyphenol assemblies: case study of the xyloglucan-tannic acid system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rui Ouyang</w:t>
+                <w:t xml:space="preserve">Sarah Mamdouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Isabelle Capron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2025.122496⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 380, pp.125077. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2026.125077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05419697v1</w:t>
+                <w:t xml:space="preserve">hal-05505386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing the colloidal behavior of a cell wall polysaccharides-degrading enzyme in a highly constrained model system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Effects of composition and process on the performance of thermopressed materials prepared from model and real-life biomass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rui Ouyang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Korbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Bonnin</w:t>
+                <w:t xml:space="preserve">Laurent Chaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Marquis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Suzanne Lafon</w:t>
+                <w:t xml:space="preserve">Denis Lourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2025.137685⟩</w:t>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 239, pp.122496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2025.122496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05048803v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the development of safer by design mineral photocatalytic paint: influence of the TiO2 modifications on particle release</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Probing the colloidal behavior of a cell wall polysaccharides-degrading enzyme in a highly constrained model system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Marquis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Rosset</w:t>
+                <w:t xml:space="preserve">Camille Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Michaud-Soret</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gregory Brochard</w:t>
+                <w:t xml:space="preserve">Suzanne Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental science‎.Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4EN00681J⟩</w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 694, pp.137685. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2025.137685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-05064701v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05048803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of pH and lipid membrane on the liquid–liquid phase separation of wheat γ-gliadin in aqueous conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards the development of safer by design mineral photocatalytic paint: influence of the TiO2 modifications on particle release</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Rosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Michaud-Soret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Capron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Cochereau</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Joëlle Davy</w:t>
+                <w:t xml:space="preserve">Gregory Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2024.04.136⟩</w:t>
+              <w:t xml:space="preserve">Environmental science‎.Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, pp.1166 - 1176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4EN00681J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04680271v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05064701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Low-Molar-Mass Xyloglucans on the Rheological Behavior of Concentrated Cellulose Nanocrystal Suspensions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Influence of pH and lipid membrane on the liquid–liquid phase separation of wheat γ-gliadin in aqueous conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Cochereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Novales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adèle Vasse</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Joëlle Davy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomacromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24 (1), pp.358-366. </w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 668, pp.252-263. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.biomac.2c01172⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2024.04.136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03952405v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning of the chiral nematic phase of cellulose nanocrystals by the adsorption of a short polymer on their surface</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of Low-Molar-Mass Xyloglucans on the Rheological Behavior of Concentrated Cellulose Nanocrystal Suspensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Vasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellulose</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Biomacromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (1), pp.358-366. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21203/rs.3.rs-2938491/v1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.biomac.2c01172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04190615v1</w:t>
+                <w:t xml:space="preserve">hal-03952405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions between proteins and cellulose in a liquid crystalline media: Design of a droplet based experimental platform</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tuning of the chiral nematic phase of cellulose nanocrystals by the adsorption of a short polymer on their surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Vasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Voisin</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isabelle Capron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 245, pp.125488. </w:t>
+              <w:t xml:space="preserve">Cellulose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2023.125488⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21203/rs.3.rs-2938491/v1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04144481v1</w:t>
+                <w:t xml:space="preserve">hal-04190615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the development of safer by design TiO 2 -based photocatalytic paint: impacts and performances</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interactions between proteins and cellulose in a liquid crystalline media: Design of a droplet based experimental platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rosset</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">H. Voisin</w:t>
+                <w:t xml:space="preserve">Melanie Marquis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Alvarado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental science‎.Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0EN01232G⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 245, pp.125488. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2023.125488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03154693v1</w:t>
+                <w:t xml:space="preserve">hal-04144481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Versatile nanocellulose-anatase TiO2 hybrid nanoparticles in Pickering emulsions for the photocatalytic degradation of organic and aqueous dyes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Voisin</w:t>
+                <w:t xml:space="preserve">Towards the development of safer by design TiO 2 -based photocatalytic paint: impacts and performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bartolomei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Laisney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Shandilya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Falourd</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">H. Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCIS Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jciso.2021.100014⟩</w:t>
+              <w:t xml:space="preserve">Environmental science‎.Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (1), pp.758-772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0EN01232G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03319832v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03154693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A flexible polymer–nanoparticle hybrid material containing triazole-based Fe( ii ) with spin crossover properties for magneto-optical applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Versatile nanocellulose-anatase TiO2 hybrid nanoparticles in Pickering emulsions for the photocatalytic degradation of organic and aqueous dyes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Falourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rivard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Voisin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Cécile Roux</w:t>
+                <w:t xml:space="preserve">Isabelle Capron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8qi00494c⟩</w:t>
+              <w:t xml:space="preserve">JCIS Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, pp.100014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jciso.2021.100014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02124319v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03319832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lightweight foams of amine-rich organosilica and cellulose nanofibrils by foaming and controlled condensation of aminosilane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A flexible polymer–nanoparticle hybrid material containing triazole-based Fe( ii ) with spin crossover properties for magneto-optical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Aimé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Coradin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Korneliya Gordeyeva</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Lavoine</w:t>
+                <w:t xml:space="preserve">Cécile Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Chemistry Frontiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8qm00360b⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (9), pp.2140-2147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8qi00494c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04190616v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02124319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Printing of Strong Lightweight Cellular Structures Using Polysaccharide-Based Composite Foams</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lightweight foams of amine-rich organosilica and cellulose nanofibrils by foaming and controlled condensation of aminosilane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Korneliya Gordeyeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Hedin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lennart Bergström</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo P Voisin</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Lavoine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.8b04549⟩</w:t>
+              <w:t xml:space="preserve">Materials Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (12), pp.2220-2229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8qm00360b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04190612v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preserving the spin transition properties of iron-triazole coordination polymers within silica-based nanocomposites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">H. Voisin</w:t>
+                <w:t xml:space="preserve">3D Printing of Strong Lightweight Cellular Structures Using Polysaccharide-Based Composite Foams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo P Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilberto Siqueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Korneliya Gordeyeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael K Hausmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Aimé</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">M. Schmutz</w:t>
+                <w:t xml:space="preserve">André R Studart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C7TC04194B⟩</w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (12), pp.17160-17167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.8b04549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01668720v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanocellulose-Based Materials for Water Purification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lennart Bergström</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peng Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aji P Mathew</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanomaterials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (3), pp.57. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/nano7030057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03954482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dye-collagen interactions. Mechanism, kinetic and thermodynamic analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preserving the spin transition properties of iron-triazole coordination polymers within silica-based nanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Aimé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bleuzen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Victoria Tuttolomondo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Thibaud Coradin</w:t>
+                <w:t xml:space="preserve">M. Schmutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c5ra08611f⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (44), pp.11542-11550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C7TC04194B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01274326v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding and Tuning Bioinorganic Interfaces for the Design of Bionanocomposites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Dye-collagen interactions. Mechanism, kinetic and thermodynamic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Victoria Tuttolomondo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Manuel Galdoporpora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Coradin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.201500403⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (71), pp.57395-57405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c5ra08611f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01274329v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01274326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Understanding and Tuning Bioinorganic Interfaces for the Design of Bionanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Aimé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Coradin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27, SI, pp.4463-4480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201500403⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01274329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">An aqueous one-pot route to gold/quantum rod heterostructured nanoparticles functionalized with DNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Martini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Even-Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 51 (89), pp.16119-16122. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c5cc05148g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01208413v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2391,414 +2495,414 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manufacturing Biomimetic Fibres: Creating databases for Multiphysics Process Optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Davy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Cathala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Guessasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assemblée générale du PEPR DIADEM 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Saclay, France. Unpublished, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/RG.2.2.34235.89129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05525122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the design of biomimetic nanocellulose and hemicellulose-based biopolymers fibers by flow-focusing method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Davy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Cathala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Guessasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assemblée générale du PEPR DIADEM 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Lyon, France. Unpublished, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/RG.2.2.10802.62403⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05525103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward the safer by design of a photocatalytic paint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Rosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Artous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Bergé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Michaud-Soret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Health and Safety issues related to Nanomaterials (NanoSAFE’20)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Grenoble- Maison Minatec (online), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04923968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2808,147 +2912,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced microfluidic tool for rapid buffer exchange and in situ imaging of phase separation in immobilized giant unilamellar vesicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Cochereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Davy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04699421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2958,114 +3062,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en forme de nanocomposites par contrôle des interactions d'un métallogel fer-triazole avec la silice et étude des propriétés de transition de spin du matériau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matériaux. Université Pierre et Marie Curie - Paris VI, 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015PA066654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01363847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId113"/>
+      <w:footerReference w:type="default" r:id="rId116"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3133,51 +3237,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="86D043E0"/>
+    <w:nsid w:val="873430F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3364,51 +3468,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hugo-voisin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5100-0284" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419697v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Ouyang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Voisin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Korbel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2025.122496" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048803v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Marquis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alvarado" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lafon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2025.137685" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05064701v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rosset" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Michaud-Soret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Capron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Brochard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4EN00681J" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04680271v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cochereau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sol&#233;-Jamault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Novales" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Davy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2024.04.136" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03952405v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Vasse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.2c01172" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04190615v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cousin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21203/rs.3.rs-2938491/v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144481v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Marquis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2023.125488" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03154693v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rosset" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bartolomei" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laisney" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Shandilya" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Voisin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0EN01232G" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319832v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jciso.2021.100014" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02124319v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Aim&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vall&#233;e" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Coradin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Roux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8qi00494c" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04190616v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korneliya Gordeyeva" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Hedin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennart Bergstr&#246;m" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lavoine" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8qm00360b" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04190612v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo P Voisin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Siqueira" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael K Hausmann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; R Studart" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.8b04549" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01668720v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aim&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vall&#233;e" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bleuzen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmutz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TC04194B" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03954482v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Liu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aji P Mathew" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano7030057" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274326v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Victoria Tuttolomondo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Manuel Galdoporpora" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Trichet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra08611f" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274329v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201500403" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CE55E5D1EB6C08963A145A6EC54B3F9C33343EE3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01208413v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Hamon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Even-Hernandez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boichard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cc05148g" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525122v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Moisy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cathala" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.34235.89129" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525103v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.10802.62403" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923968v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Rosset" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artous" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Berg&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Brochard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04699421v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jamme" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01363847v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA066654" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hugo-voisin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5100-0284" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505386v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mamdouh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Capron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Voisin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2026.125077" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419697v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Ouyang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Korbel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2025.122496" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048803v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Marquis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alvarado" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lafon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2025.137685" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05064701v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rosset" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Michaud-Soret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Brochard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4EN00681J" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04680271v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cochereau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sol&#233;-Jamault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Novales" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Davy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2024.04.136" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03952405v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Vasse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.2c01172" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04190615v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Cousin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21203/rs.3.rs-2938491/v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04144481v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Marquis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2023.125488" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03154693v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rosset" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bartolomei" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Laisney" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Shandilya" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Voisin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0EN01232G" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319832v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jciso.2021.100014" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02124319v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Aim&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vall&#233;e" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Coradin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Roux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8qi00494c" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04190616v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korneliya Gordeyeva" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Hedin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennart Bergstr&#246;m" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lavoine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8qm00360b" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04190612v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo P Voisin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Siqueira" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael K Hausmann" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; R Studart" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.8b04549" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03954482v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Liu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aji P Mathew" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano7030057" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01668720v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aim&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vall&#233;e" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bleuzen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmutz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7TC04194B" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274326v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Victoria Tuttolomondo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Manuel Galdoporpora" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Trichet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra08611f" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274329v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201500403" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CE55E5D1EB6C08963A145A6EC54B3F9C33343EE3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01208413v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Hamon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martini" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Even-Hernandez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boichard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cc05148g" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525122v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Moisy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cathala" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.34235.89129" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525103v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.10802.62403" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923968v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Rosset" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Artous" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Berg&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Brochard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04699421v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jamme" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01363847v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA066654" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>