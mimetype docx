--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -126,337 +126,341 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A propos de &amp;quot;Femme capitale&amp;quot; de Muriel Pic</w:t>
+                <w:t xml:space="preserve">A propos de &amp;quot;Résistances affectives. Les politiques de l’attachement face aux politiques de la cruauté&amp;quot; de Chowra Makaremi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Esprit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026</w:t>
+              <w:t xml:space="preserve">, 2026, 329-330, pp.194-196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05516604v1</w:t>
+                <w:t xml:space="preserve">hal-05516625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A propos de &amp;quot;Le dos de l'histoire&amp;quot; de Philippe Artières et &amp;quot;Les colonnes de San Lorenzo&amp;quot; de Patrick Boucheron</w:t>
+                <w:t xml:space="preserve">A propos de &amp;quot;Femme capitale&amp;quot; de Muriel Pic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transbordeur. Photographie histoire société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 9, pp.192-193</w:t>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05064208v1</w:t>
+                <w:t xml:space="preserve">hal-05516604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'architecture est-elle une science sociale ?</w:t>
+                <w:t xml:space="preserve">A propos de &amp;quot;Le dos de l'histoire&amp;quot; de Philippe Artières et &amp;quot;Les colonnes de San Lorenzo&amp;quot; de Patrick Boucheron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agencements : Recherches et pratiques sociales en expérimentation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 12, pp.44-54</w:t>
+              <w:t xml:space="preserve">Transbordeur. Photographie histoire société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9, pp.192-193</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05064162v1</w:t>
+                <w:t xml:space="preserve">hal-05064208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plus un geste ! Corps distraits et rythme des images chez Chardin et Chaplin</w:t>
+                <w:t xml:space="preserve">L'architecture est-elle une science sociale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Images du travail, travail des images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 18</w:t>
+              <w:t xml:space="preserve">Agencements : Recherches et pratiques sociales en expérimentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, pp.44-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05064248v1</w:t>
+                <w:t xml:space="preserve">hal-05064162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">„Die Natur in die Lage versetzen, sich von selbst zu reproduzieren“. Die Paradoxa der Fotografie als natürliche Technik</w:t>
               </w:r>
@@ -505,96 +509,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05516536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les héros manqués. Pour une dramaturgie racinienne des possibles</w:t>
+                <w:t xml:space="preserve">Plus un geste ! Corps distraits et rythme des images chez Chardin et Chaplin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudes Epistémè : revue de littérature et de civilisation (XVIe - XVIIIe siècles)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 46</w:t>
+              <w:t xml:space="preserve">Images du travail, travail des images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05064189v1</w:t>
+                <w:t xml:space="preserve">hal-05064248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Porter à l’écran une vie de poétesse. &amp;quot;Tout de moi ne disparaîtra pas</w:t>
               </w:r>
@@ -652,1033 +656,1102 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05516580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A propos de &amp;quot;Le miroir d'Oedipe&amp;quot; de Paulin Ismard</w:t>
+                <w:t xml:space="preserve">Les héros manqués. Pour une dramaturgie racinienne des possibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Esprit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 510, pp.144-146</w:t>
+              <w:t xml:space="preserve">Etudes Epistémè : revue de littérature et de civilisation (XVIe - XVIIIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792849v1</w:t>
+                <w:t xml:space="preserve">hal-05064189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La densité. Essai de caractérisation d'une propriété esthétique</w:t>
+                <w:t xml:space="preserve">A propos de &amp;quot;Le miroir d'Oedipe&amp;quot; de Paulin Ismard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelle Revue d'Esthétique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 33, pp.163-177</w:t>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 510, pp.144-146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792825v1</w:t>
+                <w:t xml:space="preserve">hal-04792849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Donner à la nature la facilité de se reproduire d’elle-même » : les paradoxes de la photographie comme technique naturelle</w:t>
+                <w:t xml:space="preserve">La densité. Essai de caractérisation d'une propriété esthétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Carnets du paysage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 44, pp.118-127</w:t>
+              <w:t xml:space="preserve">Nouvelle Revue d'Esthétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33, pp.163-177</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792708v1</w:t>
+                <w:t xml:space="preserve">hal-04792825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ouvrir le temps</w:t>
+                <w:t xml:space="preserve">« Donner à la nature la facilité de se reproduire d’elle-même » : les paradoxes de la photographie comme technique naturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Esprit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+              <w:t xml:space="preserve">Les Carnets du paysage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 44, pp.118-127</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04511688v1</w:t>
+                <w:t xml:space="preserve">hal-04792708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survivance coloniale et gestes de résistance en Martinique. Autour d’un film de Florence Lazar</w:t>
+                <w:t xml:space="preserve">Ouvrir le temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers de l'ecole de Blois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 22, pp.94-103</w:t>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792746v1</w:t>
+                <w:t xml:space="preserve">hal-04511688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A propos de &amp;quot;Proust, roman familial&amp;quot; de Laure Murat</w:t>
+                <w:t xml:space="preserve">Survivance coloniale et gestes de résistance en Martinique. Autour d’un film de Florence Lazar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Esprit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 505-506, pp.194-197</w:t>
+              <w:t xml:space="preserve">Les Cahiers de l'ecole de Blois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22, pp.94-103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04511670v1</w:t>
+                <w:t xml:space="preserve">hal-04792746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’École du terrain : transformer les pratiques et le droit pour un urbanisme vivrier</w:t>
+                <w:t xml:space="preserve">A propos de &amp;quot;Proust, roman familial&amp;quot; de Laure Murat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Observatoire des politiques culturelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024</w:t>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 505-506, pp.194-197</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792759v1</w:t>
+                <w:t xml:space="preserve">hal-04511670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A propos de &amp;quot;Rencontre avec Piero della Francesca&amp;quot; de Piero Calamandrei</w:t>
+                <w:t xml:space="preserve">L’École du terrain : transformer les pratiques et le droit pour un urbanisme vivrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Esprit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 513, pp.142-143</w:t>
+              <w:t xml:space="preserve">Observatoire des politiques culturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792865v1</w:t>
+                <w:t xml:space="preserve">hal-04792759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Das Klarissenkloster in Roubaix und das Konzept der &amp;quot;Permanence architecturale</w:t>
+                <w:t xml:space="preserve">A propos de &amp;quot;Rencontre avec Piero della Francesca&amp;quot; de Piero Calamandrei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Die Denkmalpflege</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 513, pp.142-143</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04511606v1</w:t>
+                <w:t xml:space="preserve">hal-04792865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De bonnes graines. &amp;quot;125 hectares&amp;quot;, une esthétique écologique des gestes et de la parole</w:t>
+                <w:t xml:space="preserve">Das Klarissenkloster in Roubaix und das Konzept der &amp;quot;Permanence architecturale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Culture et recherche</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Die Denkmalpflege</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 81, pp.125-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/dkp-2023-2004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04511618v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La même attention en égal suspens » : du transfert en architecture</w:t>
+                <w:t xml:space="preserve">De bonnes graines. &amp;quot;125 hectares&amp;quot;, une esthétique écologique des gestes et de la parole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VST - Vie sociale et traitements</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Culture et recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 145, pp.55-56</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04511570v1</w:t>
+                <w:t xml:space="preserve">hal-04511618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'architecture comme expérience</w:t>
+                <w:t xml:space="preserve">« La même attention en égal suspens » : du transfert en architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soins</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">VST - Vie sociale et traitements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, N°159, pp.5-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/vst.159.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04511590v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Répondre des rêves</w:t>
+                <w:t xml:space="preserve">L'architecture comme expérience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 918, pp.964-976</w:t>
+              <w:t xml:space="preserve">Soins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 880, pp.60-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04511641v1</w:t>
+                <w:t xml:space="preserve">hal-04511590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Répondre des rêves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 918, pp.964-976</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La permanence architecturale, une médecine de campagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gestions hospitalières : la revue du management hospitalier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 620, pp.547-551</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04511547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1688,175 +1761,175 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The awakening of a city: reuse and citation in architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Universidade NOVA de Lisboa. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Historiography of the Cities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.302-325, 2025, 978-989-35191-5-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05296809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derrière l'écran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Centre national des Arts Plastiques. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chaque homme est un soleil - Regards de personnes détenues sur la collection vidéo du Centre National des Arts Plastiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LOCO, pp.81-83, 2020, 978-2-84314-022-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04511453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1866,91 +1939,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le peintre, le conteur et l'architecte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04515739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1960,167 +2033,167 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lire les villes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le réveil d'une ville : remploi et citation en architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId39"/>
+      <w:footerReference w:type="default" r:id="rId40"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2188,51 +2261,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="920B3504"/>
+    <w:nsid w:val="92FA474B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2419,51 +2492,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hugomartin1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-5451-4476" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516604v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064208v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064162v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064248v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516536v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064189v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516580v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15dhm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792849v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792825v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792708v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511688v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792746v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511670v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792759v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792865v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511606v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/dkp-2023-2004" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511618v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511570v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vst.159.0005" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511590v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511641v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511547v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296809v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511453v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515739v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792884v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792784v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hugomartin1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-5451-4476" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516625v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516604v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064208v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064162v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516536v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064248v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516580v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15dhm" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064189v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792849v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792825v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792708v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511688v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792746v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511670v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792759v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792865v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511606v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/dkp-2023-2004" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511618v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511570v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vst.159.0005" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511590v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511641v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511547v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296809v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511453v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515739v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792884v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792784v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>