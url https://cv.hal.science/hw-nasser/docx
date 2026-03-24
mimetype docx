--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1389,274 +1389,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03715993v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNA Chaperones Hfq and ProQ Play a Key Role in the Virulence of the Plant Pathogenic Bacterium Dickeya dadantii</w:t>
+                <w:t xml:space="preserve">Design and comparative characterization of RecA variants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Leonard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Camille Villard</w:t>
+                <w:t xml:space="preserve">Elsa del Val</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Nasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hafid Abaibou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Reverchon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Hommais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.687484⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-00589-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03336963v1</w:t>
+                <w:t xml:space="preserve">hal-03414386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and comparative characterization of RecA variants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elsa del Val</w:t>
+                <w:t xml:space="preserve">RNA Chaperones Hfq and ProQ Play a Key Role in the Virulence of the Plant Pathogenic Bacterium Dickeya dadantii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Leonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Villard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Nasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Reverchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hommais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.687484. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-00589-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.687484⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03414386v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03336963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of the Discriminator Sequence in the Supercoiling Sensitivity of Bacterial Promoters</w:t>
               </w:r>
@@ -2164,291 +2164,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03091721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherent Domains of Transcription Coordinate Gene Expression During Bacterial Growth and Adaptation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Georgi Muskhelishvili</w:t>
+                <w:t xml:space="preserve">Bacterial genome architecture shapes global transcriptional regulation by DNA supercoiling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal El houdaigui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Forquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sam Meyer</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hindré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Nasser</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms7120694⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 47 (11), pp.5648-5657. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkz300⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02412664v1</w:t>
+                <w:t xml:space="preserve">hal-02127001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial genome architecture shapes global transcriptional regulation by DNA supercoiling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bilal El houdaigui</w:t>
+                <w:t xml:space="preserve">Coherent Domains of Transcription Coordinate Gene Expression During Bacterial Growth and Adaptation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgi Muskhelishvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Forquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dominique Schneider</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Reverchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sam Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Nasser</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 47 (11), pp.5648-5657. </w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (12), pp.694. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gkz300⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms7120694⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02127001v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02412664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA Supercoiling: an Ancestral Regulator of Gene Expression in Pathogenic Bacteria?</w:t>
               </w:r>
@@ -2692,351 +2692,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02430175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">APERO: a genome-wide approach for identifying bacterial small RNAs from RNA-Seq data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">The phytopathogenic nature of Dickeya aquatica 174/2 and the dynamic early evolution of Dickeya pathogenicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Duprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najwa Taïb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Leonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Florence Hommais</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Garin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Flandrois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkz485⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (8), pp.2809-2835. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.14627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02152104v1</w:t>
+                <w:t xml:space="preserve">hal-02099020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The phytopathogenic nature of Dickeya aquatica 174/2 and the dynamic early evolution of Dickeya pathogenicity</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">APERO: a genome-wide approach for identifying bacterial small RNAs from RNA-Seq data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Leonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tiffany Garin</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sam Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Flandrois</w:t>
+                <w:t xml:space="preserve">Stéphan Lacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Nasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Hommais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 21 (8), pp.2809-2835. </w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 47 (15), pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.14627⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkz485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02099020v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02152104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RecA and DNA recombination: a review of molecular mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa del Val</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Nasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hafid Abaibou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Reverchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3537,51 +3537,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant-phytopathogen interactions: bacterial responses to environmental and plant stimuli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Leonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Hommais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3922,77 +3922,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptional start site turnover in the evolution of bacterial paralogous genes - the pelE-pelD virulence genes in Dickeya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Nasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Leonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Brochier-Armanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4395,278 +4395,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01997030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Novel Components Influencing Colonization Factor Antigen I Expression in Enterotoxigenic Escherichia coli</w:t>
+                <w:t xml:space="preserve">Upstream binding of idling RNA polymerase modulates transcription initiation from a nearby promoter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Haines</w:t>
+                <w:t xml:space="preserve">V. Gerganova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Gautheron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">William Nasser</w:t>
+                <w:t xml:space="preserve">S. Maurer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Renauld-Mongenie</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L. Stoliar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Japaridze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dietler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0141469⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 290 (13), pp.8095-8109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M114.628131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02001315v1</w:t>
+                <w:t xml:space="preserve">hal-02001313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Upstream binding of idling RNA polymerase modulates transcription initiation from a nearby promoter</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of Novel Components Influencing Colonization Factor Antigen I Expression in Enterotoxigenic Escherichia coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Stoliar</w:t>
+                <w:t xml:space="preserve">S. Haines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Japaridze</w:t>
+                <w:t xml:space="preserve">S. Gautheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Nasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Dietler</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G. Renauld-Mongenie</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 290 (13), pp.8095-8109. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (10), pp.e0141469. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.M114.628131⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0141469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02001313v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02001315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chromosomal &amp;quot;stress-response&amp;quot; domains govern the spatiotemporal expression of the bacterial virulence program</w:t>
               </w:r>
@@ -4782,51 +4782,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IscR Regulates Synthesis of Colonization Factor Antigen I Fimbriae in Response to Iron Starvation in Enterotoxigenic Escherichia coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Haines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Arnaud-Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5100,255 +5100,255 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01997032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dickeya ecology, environment sensing and regulation of virulence programme</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vfm a new quorum sensing system controls the virulence of Dickeya dadantii.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Nasser</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Dorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Wawrzyniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique van Gijsegem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Groleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environ Microbiol Rep</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (3), pp.865-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.12049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01997073v1</w:t>
+                <w:t xml:space="preserve">pasteur-01001772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vfm a new quorum sensing system controls the virulence of Dickeya dadantii.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dickeya ecology, environment sensing and regulation of virulence programme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Reverchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Nasser</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Environ Microbiol Rep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 5 (5), pp.622-36</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01001772v1</w:t>
+                <w:t xml:space="preserve">hal-01997073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The nucleoid-associated protein Fis directly modulates the synthesis of cellulose, an essential component of pellicle-biofilms in the phytopathogenic bacterium Dickeya dadantii.</w:t>
               </w:r>
@@ -6361,260 +6361,260 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Reverchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Gaubert</w:t>
+                <w:t xml:space="preserve">S. Gaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvan Y. Kraepiel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">William Nasser</w:t>
+                <w:t xml:space="preserve">Y. Kraepiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Simond-Cote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 10 (3), pp.545-559. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2008, 10 (3), pp.545-59</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02663304v1</w:t>
+                <w:t xml:space="preserve">hal-01997046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The GacA global regulator is required for the appropriate expression of Erwinia chrysanthemi 3937 pathogenicity genes during plant infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Lebeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Reverchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Gaubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Gaubert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">E. Simond-Cote</w:t>
+                <w:t xml:space="preserve">Yvan Y. Kraepiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Nasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 10 (3), pp.545-59</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2008, 10 (3), pp.545-559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1462-2920.2007.01473.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01997046v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PecS is a global regulator of the symptomatic phase in the phytopathogenic bacterium Erwinia chrysanthemi 3937</w:t>
               </w:r>
@@ -6719,226 +6719,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01997038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of two essential virulence modulating signals at the Erwinia chrysanthemi pel gene promoters: a role for Fis in the growth-phase regulation.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New insights into the regulatory mechanisms of the LuxR family of quorum sensing regulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Nasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Reverchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 387 (2), pp.381-90</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00529444v1</w:t>
+                <w:t xml:space="preserve">hal-01997054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the regulatory mechanisms of the LuxR family of quorum sensing regulators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integration of two essential virulence modulating signals at the Erwinia chrysanthemi pel gene promoters: a role for Fis in the growth-phase regulation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgi Muskhelishvili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Nasser</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Reverchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 66 (6), pp.1491-505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2958.2007.06010.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01997054v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00529444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The DNA nucleoid-associated protein Fis co-ordinates the expression of the main virulence genes in the phytopathogenic bacterium Erwinia chrysanthemi</w:t>
               </w:r>
@@ -9306,230 +9306,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01997064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pecS: a locus controlling pectinase, cellulase and blue pigment production in Erwinia chrysanthemi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Specific interactions of Erwinia chrysanthemi KdgR repressor with different operators of genes involved in pectinolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Nasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Reverchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">W. Nasser</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Condemine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Robert-Baudouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mol Microbiol</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1994, 11 (6), pp.1127-39</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 236 (2), pp.427-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01997075v1</w:t>
+                <w:t xml:space="preserve">hal-01997055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific interactions of Erwinia chrysanthemi KdgR repressor with different operators of genes involved in pectinolysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">pecS: a locus controlling pectinase, cellulase and blue pigment production in Erwinia chrysanthemi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Reverchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Nasser</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Condemine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Robert-Baudouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1994, 236 (2), pp.427-40</w:t>
+              <w:t xml:space="preserve">Mol Microbiol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 11 (6), pp.1127-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01997055v1</w:t>
+                <w:t xml:space="preserve">hal-01997075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pectate lyase from Bacillus subtilis: molecular characterization of the gene, and properties of the cloned enzyme</w:t>
               </w:r>
@@ -10203,51 +10203,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple regulations control pel gene expression in Erwinia chrysanthemi are regulated by KdgR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Condemine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Dorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Hugouvieux-Cotte-Pattat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10756,51 +10756,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513129v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Soul&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Reverchon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Baude" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vauchez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Queneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom16020305" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127598v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Blonde" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Caddeo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Nasser" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Peyraud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70063" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098795v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Pineau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Forquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hommais" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf452" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829106v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgi Muskhelishvili" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Travers" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/dna4040032" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652213v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Le Berre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10050846" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541905v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Franzino" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Boubakri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomislav Cernava" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danis Abrouk" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Achouak" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xplc.2021.100272" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774489v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiny Martis Badiadka" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Villard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac679" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521146v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Droux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Meyer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2021.101446" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715992v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuejiao Jiang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00524-22" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715993v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac579" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336963v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Leonard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.687484" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414386v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa del Val" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafid Abaibou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-00589-9" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328812v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00978-21" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328900v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandre Japaridze" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne Yang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cees Dekker" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.102408" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060041v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florelle Deboudard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2020.114061" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091721v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa1227" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412664v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms7120694" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127001v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal El&#160;houdaigui" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hindr&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Schneider" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz300" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266633v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2019.07.013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430175v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Soumahoro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor&#233; Ouattara" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Niamke" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13197-019-04226-2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152104v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Lacour" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz485" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099020v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duprey" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Ta&#239;b" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Garin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Flandrois" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14627" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320683v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BST20190558" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01952846v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Alexandre Sepulchre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gouz&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA118.004615" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997048v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997063v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. G. Ouattara" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. L. Niamke" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997047v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maffert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rozand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abaibou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759780v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13611" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382768v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Renevey" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sobetzko" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liubov Stoliar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M117.780239" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320039v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadja Ouattara" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2017.05.008" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997031v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brochier-Armanet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997084v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Zghidi-Abouzid" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Herault" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rimsky" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997044v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Jiang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oger-Desfeux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hommais" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Greliche" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997030v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duprey" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Muskhelishvili" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001315v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Haines" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gautheron" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Renauld-Mongenie" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0141469" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001313v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gerganova" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maurer" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stoliar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Japaridze" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dietler" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M114.628131" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997043v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sobetzko" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00353-15" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997036v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Arnaud-Barbe" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Poncet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wawrzyniak" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00214-15" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997037v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie H&#233;rault" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997032v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997073v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01001772v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dorel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wawrzyniak" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique van Gijsegem" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Groleau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12049" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/88A9F11AE767CEE6B6A38110FF413AEA577F5120/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130681v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Prigent-Combaret" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafa Zghidi-Abouzid" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Effantin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lejeune" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863417v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zghidi-Abouzid Ouafa" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lautier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gks014" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857430v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cr&#233;pin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Barbey" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beury-Cirou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie H&#233;lias" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Taupin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0035176" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190471v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Oger-Desfeux" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pineau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique van Gijsegem" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020269" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997062v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668054v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique F. van Gijsegem" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2010.07388.x" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997045v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. D. Kepseu" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Sepulchre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.114710" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997061v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00705-10" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663304v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lebeau" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Gaubert" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Y. Kraepiel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2007.01473.x" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZRD3DL1K-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997046v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaubert" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kraepiel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Simond-Cote" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997038v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. van Gijsegem" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Castang" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ligori" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529444v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2007.06010.x" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997054v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863423v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2007.06012.x" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138078v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Alexandre Sepulchre" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2006.08.010" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K3RGLCVF-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315156v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reverchon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gouet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Nasser" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997034v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Frezza" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Estephane" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Soulere" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deshayes" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997057v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vedel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boccara" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313537v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chantegrel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dolmazon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997082v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rouanet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Rodionov" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015818v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Castang" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chantegrel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Deshayes" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Dolmazon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gouet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2004.07.088" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7G5RQD2F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997053v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997079v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Expert" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102765v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Hugouvieux-Cotte-Pattat" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Shevchik" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.184.10.2664-2673.2002" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997052v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faelen" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hugouvieux-Cotte-Pattat" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102793v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.1999.01609.x" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997051v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Bouillant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Salmond" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.1998.01022.x" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997068v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Bouillant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997028v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Castillo" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Condemine" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997066v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Praillet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert-Baudouy" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997058v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997065v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997070v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997040v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997064v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997075v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997055v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997050v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Awade" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997056v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997074v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979207v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979413v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Robert-Baudouy" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Condemine" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979410v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979406v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728706v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Andr&#233;a" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bresson" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gin&#233;vra" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vianney" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bailo" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806420v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513129v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Soul&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Reverchon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Baude" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vauchez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Queneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom16020305" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127598v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Blonde" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Caddeo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Nasser" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Peyraud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.70063" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098795v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Pineau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Forquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hommais" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf452" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829106v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgi Muskhelishvili" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Travers" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/dna4040032" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652213v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Le Berre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10050846" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541905v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Franzino" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Boubakri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomislav Cernava" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danis Abrouk" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Achouak" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xplc.2021.100272" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774489v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiny Martis Badiadka" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Villard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac679" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521146v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Droux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Meyer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2021.101446" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715992v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuejiao Jiang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.00524-22" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715993v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac579" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414386v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa del Val" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafid Abaibou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-00589-9" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336963v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Leonard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.687484" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328812v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00978-21" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328900v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandre Japaridze" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne Yang" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cees Dekker" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.102408" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060041v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florelle Deboudard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2020.114061" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091721v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaa1227" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127001v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal El&#160;houdaigui" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hindr&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Schneider" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz300" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412664v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms7120694" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266633v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2019.07.013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02430175v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Soumahoro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor&#233; Ouattara" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Niamke" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13197-019-04226-2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099020v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duprey" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Ta&#239;b" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Garin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Flandrois" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14627" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152104v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Lacour" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz485" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320683v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BST20190558" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01952846v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Alexandre Sepulchre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gouz&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.RA118.004615" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997048v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997063v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. G. Ouattara" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. L. Niamke" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997047v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maffert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rozand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abaibou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759780v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13611" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382768v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Renevey" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sobetzko" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liubov Stoliar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M117.780239" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320039v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadja Ouattara" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2017.05.008" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997031v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brochier-Armanet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997084v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Zghidi-Abouzid" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Herault" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rimsky" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997044v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Jiang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oger-Desfeux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hommais" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Greliche" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997030v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duprey" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Muskhelishvili" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001313v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gerganova" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maurer" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stoliar" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Japaridze" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dietler" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M114.628131" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001315v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Haines" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gautheron" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Renauld-Mongenie" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0141469" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997043v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sobetzko" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00353-15" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997036v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Arnaud-Barbe" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Poncet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wawrzyniak" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00214-15" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997037v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie H&#233;rault" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997032v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01001772v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dorel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wawrzyniak" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique van Gijsegem" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Groleau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12049" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/88A9F11AE767CEE6B6A38110FF413AEA577F5120/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997073v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130681v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Prigent-Combaret" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafa Zghidi-Abouzid" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Effantin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lejeune" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863417v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zghidi-Abouzid Ouafa" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lautier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gks014" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857430v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cr&#233;pin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Barbey" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beury-Cirou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie H&#233;lias" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Taupin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0035176" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190471v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Oger-Desfeux" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Pineau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique van Gijsegem" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020269" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997062v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668054v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique F. van Gijsegem" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2010.07388.x" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997045v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. D. Kepseu" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Sepulchre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.114710" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997061v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00705-10" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997046v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lebeau" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaubert" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kraepiel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Simond-Cote" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663304v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Gaubert" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Y. Kraepiel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2007.01473.x" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZRD3DL1K-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997038v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. van Gijsegem" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Castang" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ligori" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997054v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529444v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2007.06010.x" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863423v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2007.06012.x" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138078v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Alexandre Sepulchre" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2006.08.010" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K3RGLCVF-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315156v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reverchon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gouet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Nasser" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997034v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Frezza" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Estephane" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Soulere" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deshayes" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997057v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vedel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boccara" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00313537v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chantegrel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dolmazon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997082v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rouanet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. A. Rodionov" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015818v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Castang" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chantegrel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Deshayes" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Dolmazon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gouet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2004.07.088" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7G5RQD2F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997053v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997079v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Expert" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102765v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Hugouvieux-Cotte-Pattat" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Shevchik" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.184.10.2664-2673.2002" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997052v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Faelen" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hugouvieux-Cotte-Pattat" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102793v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.1999.01609.x" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997051v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Bouillant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Salmond" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.1998.01022.x" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997068v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Bouillant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997028v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Castillo" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Condemine" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997066v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Praillet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robert-Baudouy" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997058v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997065v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997070v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997040v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997064v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997055v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997075v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997050v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Awade" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997056v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997074v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979207v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979413v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Robert-Baudouy" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Condemine" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979410v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979406v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728706v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Andr&#233;a" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bresson" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gin&#233;vra" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vianney" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bailo" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806420v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>