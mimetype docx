--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -615,195 +615,191 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (113)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (140)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NiO/TiO2 p-n Heterojunction Induced by Radiolysis for Photocatalytic Hydrogen Evolution</w:t>
+                <w:t xml:space="preserve">Radiation-induced synthesis of silver nanocomposites and their antibacterial applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Andrea Méndez-Medrano</w:t>
+                <w:t xml:space="preserve">Wenbo Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+                <w:t xml:space="preserve">Dominique Fourmy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Dragoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Luis Rodríguez López</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ruxandra Gref</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 18 (15), pp.3513. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15, pp.40570. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ma18153513⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-24235-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05362673v1</w:t>
+                <w:t xml:space="preserve">hal-05407926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave-Assisted Synthesis of Pt-Modified NaNbO 3 Nanowires for Enhanced Photocatalytic Hydrogen Production</w:t>
               </w:r>
@@ -841,972 +837,976 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela T M Xavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wagner A Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Omega</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsomega.5c08475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiation-induced synthesis of silver nanocomposites and their antibacterial applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">NiO/TiO2 p-n Heterojunction Induced by Radiolysis for Photocatalytic Hydrogen Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Andrea Méndez-Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wenbo Liu</w:t>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Fourmy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruxandra Gref</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">José Luis Rodríguez López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15, pp.40570. </w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18 (15), pp.3513. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-24235-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ma18153513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05407926v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05362673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cu‐Based MOF/TiO 2 Composite Nanomaterials for Photocatalytic Hydrogen Generation and the Role of Copper</w:t>
+                <w:t xml:space="preserve">Radiation-Induced Photoluminescence Enhancement of Zinc Oxide and Zinc Oxide- Polyvinyl Alcohol Nanocomposite: A Green and Controllable Approach for Tailor-Made Optoelectronics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alisha Khan</w:t>
+                <w:t xml:space="preserve">Cosimo Ricci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Le Pivert</w:t>
+                <w:t xml:space="preserve">Elvira Maria Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alireza Ranjbari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Diana Dragoe</w:t>
+                <w:t xml:space="preserve">Isabelle Lampre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Bahena-Uribe</w:t>
+                <w:t xml:space="preserve">Christophe Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adfm.202501736⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2025.112704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05422668v1</w:t>
+                <w:t xml:space="preserve">hal-04994805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron conductive self-assembled hybrid low-molecular weight glycolipid-nanosilver gels</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Radiation-induced photoluminescence enhancement of zinc oxide and zinc oxide- polyvinyl alcohol nanocomposite: A green and controllable approach for tailor-made optoelectronics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosimo Ricci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvira Maria Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lampre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lionel Porcar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Horizons</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D5MH00105F⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 202 (15), pp.112704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2025.112704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05028948v2</w:t>
+                <w:t xml:space="preserve">hal-05367354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiation-induced photoluminescence enhancement of zinc oxide and zinc oxide- polyvinyl alcohol nanocomposite: A green and controllable approach for tailor-made optoelectronics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elvira Maria Bauer</w:t>
+                <w:t xml:space="preserve">Microwaveassisted synthesis of ZnO/BiNbO₄ heterojunctions for enhanced hydrogen production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Kuznetsova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Lampre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Priscila Hasse Palharim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Helena Claudino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Javier Sáez Acuña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karina Frin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2025.112704⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (26), pp.15706-15719. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d5nr01637a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05367354v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05362658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiation-Induced Photoluminescence Enhancement of Zinc Oxide and Zinc Oxide- Polyvinyl Alcohol Nanocomposite: A Green and Controllable Approach for Tailor-Made Optoelectronics</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cu‐Based MOF/TiO 2 Composite Nanomaterials for Photocatalytic Hydrogen Generation and the Role of Copper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Humbert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Alisha Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Le Pivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alireza Ranjbari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bahena-Uribe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2025.112704⟩</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202501736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04994805v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwaveassisted synthesis of ZnO/BiNbO₄ heterojunctions for enhanced hydrogen production</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electron conductive self-assembled hybrid low-molecular weight glycolipid-nanosilver gels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Helena Claudino</w:t>
+                <w:t xml:space="preserve">Korin Gasia Ozkaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Javier Sáez Acuña</w:t>
+                <w:t xml:space="preserve">Othmane Darouich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lampre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karina Frin</w:t>
+                <w:t xml:space="preserve">Lionel Porcar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (26), pp.15706-15719. </w:t>
+              <w:t xml:space="preserve">Materials Horizons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (17), pp.6977-6991. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d5nr01637a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D5MH00105F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05362658v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05028948v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cu-based MOFs/TiO 2 Chitosan Beads for Green Photocatalytic H 2 Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Le Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alisha Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1870,77 +1870,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Platinum carbonyl Chini clusters as catalysts for photocatalytic H2 generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleksander Senderowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Andrea Méndez-Medrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lampre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorota Rutkowska-Zbik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1987,130 +1987,130 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cu‐Based MOF/TiO 2 Composite Nanomaterials for Photocatalytic Hydrogen Generation and the Role of Copper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alisha Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Le Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alireza Ranjbari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Dragoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bahena-Uribe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Functional Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.2501736. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/adfm.202501736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05367358v1</w:t>
@@ -2121,51 +2121,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semiconducting overoxidized polypyrrole nano‐particles for photocatalytic water splitting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Girlie Eunice Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2249,684 +2249,684 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04976967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human Serum Albumin in the presence of Small Platinum Nanoparticles</w:t>
+                <w:t xml:space="preserve">Organic donor-acceptor-donor trimers nanoparticles stabilized by amphiphilic block copolymers for photocatalytic generation of H$_2$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaomin Yang</w:t>
+                <w:t xml:space="preserve">Thiago Guimarães</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisha Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erika Porcel</w:t>
+                <w:t xml:space="preserve">Jean‐louis Bobet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Marichal</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eric Cloutet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pharmaceutical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.xphs.2024.02.002⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 45 (18), pp.2400395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/marc.202400395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04476809v1</w:t>
+                <w:t xml:space="preserve">hal-04645571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced Photocatalytic Activity of Surface-Modified TiO2 with Bimetallic AuPd Nanoalloys for Hydrogen Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Andrea Méndez-Medrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bahena-Uribe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Dragoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Clavaguéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solar RRL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 8 (13), pp.2400106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/solr.202400106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04679858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Metallic Nanostructures Using Ionizing Radiation and Their Applications</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Human Serum Albumin in the presence of Small Platinum Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaomin Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Porcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Marichal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Gonzalez Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Khitous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma17020364⟩</w:t>
+              <w:t xml:space="preserve">Journal of Pharmaceutical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.xphs.2024.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04388642v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antibacterial and Photocatalytic Properties of ZnO Nanostructure Decorated Coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souad Abou Zeid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bastide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Le Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Rossano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coatings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14 (1), pp.41. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/coatings14010041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04447912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic donor-acceptor-donor trimers nanoparticles stabilized by amphiphilic block copolymers for photocatalytic generation of H$_2$</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Synthesis of Metallic Nanostructures Using Ionizing Radiation and Their Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Cloutet</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lampre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 45 (18), pp.2400395. </w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (2), pp.364. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/marc.202400395⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ma17020364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04645571v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04388642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning the Aggregates of Thiophene‐based Trimers by Methyl Side‐chain Engineering for Photocatalytic Hydrogen Evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kunran Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3144,16360 +3144,21303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05367366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-small Platinum-based coordination nanoparticles for radiotherapy</w:t>
+                <w:t xml:space="preserve">Radiolysis-Assisted Direct Growth of Gold-Based Electrocatalysts for Glycerol Oxidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Riya George</w:t>
+                <w:t xml:space="preserve">Nazym Tuleushova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Fétiveau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Erika Porcel</w:t>
+                <w:t xml:space="preserve">Aisara Amanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farah Savina</w:t>
+                <w:t xml:space="preserve">Ibrahim Abdellah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Bosson</w:t>
+                <w:t xml:space="preserve">Mireille Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 4 (21), pp.5314-5323. </w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (11), pp.1713. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D3MA00516J⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/nano13111713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04303895v1</w:t>
+                <w:t xml:space="preserve">hal-04171655v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pt Atomically Dispersed in Black TiO 2− x /Cu x O with Chiral‐Like Nanostructure for Visible‐Light H 2 Generation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Organic Conjugated Trimers with Donor–Acceptor–Donor Structures for Photocatalytic Hydrogen Generation Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Vallan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anh Thy Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gediminas Jonusauskas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solar RRL</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/solr.202200929⟩</w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.2211730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202211730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04234825v1</w:t>
+                <w:t xml:space="preserve">hal-03951365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photocatalytic Synthesis of Hydrogen Peroxide from Molecular Oxygen and Water</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patricia Garcia-Munoz</w:t>
+                <w:t xml:space="preserve">Pt Atomically Dispersed in Black TiO 2− x /Cu x O with Chiral‐Like Nanostructure for Visible‐Light H 2 Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingwei Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Paineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Valenzuela</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topics in current chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41061-023-00423-y⟩</w:t>
+              <w:t xml:space="preserve">Solar RRL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/solr.202200929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04243075v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly Dispersed Ni–Pt Bimetallic Cocatalyst: The Synergetic Effect Yields Pt-Like Activity in Photocatalytic Hydrogen Evolution</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Diana Dragoe</w:t>
+                <w:t xml:space="preserve">Unraveling the effect of low Cu2O loading on P25 TiO2 and its self-reduction during methanol photoreforming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Plascencia-Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elim Albiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghazzal Mohamed Nawfal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (36), pp.42637-42647. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 158, pp.111541. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.3c08842⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.inoche.2023.111541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303906v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloidal Silver Nanoparticles Obtained via Radiolysis: Synthesis Optimization and Antibacterial Properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ludivine Houel-Renault</w:t>
+                <w:t xml:space="preserve">Antibacterial and Photocatalytic Properties of ZnO Nanostructure Decorated Coatings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souad Abou Zeid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bastide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Le Pivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Rossano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pharmaceutics15071787⟩</w:t>
+              <w:t xml:space="preserve">Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/coatings14010041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04250715v1</w:t>
+                <w:t xml:space="preserve">hal-04369326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A PEDOT-Pt-TiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; hybrid material synthesized by the casting method for photocatalytic hydrogen generation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Onur Cavdar</w:t>
+                <w:t xml:space="preserve">Photocatalytic Synthesis of Hydrogen Peroxide from Molecular Oxygen and Water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Garcia-Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Valenzuela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Wegstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Schanz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Girlie Eunice Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Natural Sciences : Nanoscience and Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2043-6262/ad095c⟩</w:t>
+              <w:t xml:space="preserve">Topics in current chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 381 (4), pp.15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41061-023-00423-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04347866v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04243075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling the effect of low Cu2O loading on P25 TiO2 and its self-reduction during methanol photoreforming</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Tuning the Aggregates of Thiophene-based Trimers by Methyl Side-chain Engineering for Photocatalytic Hydrogen Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kunran Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Grazon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Vallan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.inoche.2023.111541⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202315333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04250710v2</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Superior photocatalytic activity of polypyrrole nanostructures prepared by radiolysis in water and dichloromethane</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Romuald Saint-Martin</w:t>
+                <w:t xml:space="preserve">Ultra-small Platinum-based coordination nanoparticles for radiotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riya George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Fétiveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Porcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Savina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiation Physics and Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.radphyschem.2022.110079⟩</w:t>
+              <w:t xml:space="preserve">Materials Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4 (21), pp.5314-5323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D3MA00516J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294251v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated Polymer Polypyrrole Nanostructures: Synthesis and Photocatalytic Applications</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Highly Dispersed Ni–Pt Bimetallic Cocatalyst: The Synergetic Effect Yields Pt-Like Activity in Photocatalytic Hydrogen Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Haghi-Ashtiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topics in current chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41061-022-00388-4⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (36), pp.42637-42647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.3c08842⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294247v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Superior photocatalytic activity of polypyrrole nanostructures prepared by radiolysis in water and dichloromethane</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pt Atomically Dispersed in Black TiO 2− x /Cu x O with Chiral‐Like Nanostructure for Visible‐Light H 2 Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingwei Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Paineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiation Physics and Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.radphyschem.2022.110079⟩</w:t>
+              <w:t xml:space="preserve">Solar RRL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/solr.202200929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03723953v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionalization of Gold Nanoparticles with Ru-porphyrin and their Selectivity in the Oligomerization of Alkynes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Leoni</w:t>
+                <w:t xml:space="preserve">Colloidal Silver Nanoparticles Obtained via Radiolysis: Synthesis Optimization and Antibacterial Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Menéndez-Miranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenbo Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesus Alfredo Godinez-Leon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aisara Amanova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Houel-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma15031207⟩</w:t>
+              <w:t xml:space="preserve">Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (7), pp.1787. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmaceutics15071787⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04057254v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionalization of Gold Nanoparticles with Ru-Porphyrin and Their Selectivity in the Oligomerization of Alkynes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Unraveling the effect of low Cu2O loading on P25 TiO2 and its self-reduction during methanol photoreforming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Plascencia-Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elim Albiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alessandro Leoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma15031207⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 158, pp.111541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.inoche.2023.111541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294188v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250710v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated Polymer Polypyrrole Nanostructures: Synthesis and Photocatalytic Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A PEDOT-Pt-TiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; hybrid material synthesized by the casting method for photocatalytic hydrogen generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Kobylański</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Tercjak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Onur Cavdar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topics in current chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41061-022-00388-4⟩</w:t>
+              <w:t xml:space="preserve">Advances in Natural Sciences : Nanoscience and Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (4), pp.045017. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2043-6262/ad095c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03723945v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04347866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionalization of Gold Nanoparticles with Ru-Porphyrin and Their Selectivity in the Oligomerization of Alkynes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Superior photocatalytic activity of polypyrrole nanostructures prepared by radiolysis in water and dichloromethane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yamina Chouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Limosani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Fatiha Belkhadem-Mokhtari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pietro Tagliatesta</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elvira Maria Bauer</w:t>
+                <w:t xml:space="preserve">Souad Abou-Zeid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandro Leoni</w:t>
+                <w:t xml:space="preserve">Romuald Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Radiation Physics and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 195, pp.110079. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.radphyschem.2022.110079⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ma15031207⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04294252v1</w:t>
+                <w:t xml:space="preserve">hal-03723953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly Promoted Photocatalytic Hydrogen Generation by Multiple Electron Transfer Pathways</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Conjugated Polymer Polypyrrole Nanostructures: Synthesis and Photocatalytic Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2020.119457⟩</w:t>
+              <w:t xml:space="preserve">Topics in current chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 380 (5), pp.32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41061-022-00388-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03092690v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellulose Nanocrystals in Spherical Titania-Sol Microdroplet: From Dynamic Self-Assembly to Nanostructured TiO x /C Microsphere Synthesis</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Superior photocatalytic activity of polypyrrole nanostructures prepared by radiolysis in water and dichloromethane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yamina Chouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatiha Belkhadem-Mokhtari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souad Abou-Zeid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c01865⟩</w:t>
+              <w:t xml:space="preserve">Radiation Physics and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 195, pp.110079. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.radphyschem.2022.110079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294254v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellulose Nanocrystals in Spherical Titania-Sol Microdroplet: From Dynamic Self-Assembly to Nanostructured TiO x /C Microsphere Synthesis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Pharmacokinetics derived from PET imaging of inspiring radio-enhancer platinum nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaomin Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vu Long Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Savina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c01865⟩</w:t>
+              <w:t xml:space="preserve">Nanomedicine: Nanotechnology, Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 46 (5), pp.102603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nano.2022.102603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367479v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03862108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoparticules métalliques et rayonnements ionisants</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Functionalization of Gold Nanoparticles with Ru-porphyrin and their Selectivity in the Oligomerization of Alkynes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Limosani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Tagliatesta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.M. Elvira Maria Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Leoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15, pp.1207-1219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma15031207⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03431884v1</w:t>
+                <w:t xml:space="preserve">hal-04057254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly Promoted Photocatalytic Hydrogen Generation by Multiple Electron Transfer Pathways</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Conjugated Polymer Polypyrrole Nanostructures: Synthesis and Photocatalytic Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2020.119457⟩</w:t>
+              <w:t xml:space="preserve">Topics in current chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 380 (5), pp.32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41061-022-00388-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294258v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03723945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellulose Nanocrystals in Spherical Titania-Sol Microdroplet: From Dynamic Self-Assembly to Nanostructured TiO x /C Microsphere Synthesis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Functionalization of Gold Nanoparticles with Ru-Porphyrin and Their Selectivity in the Oligomerization of Alkynes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Limosani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Tagliatesta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvira Maria Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Leoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c01865⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (3), pp.1207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma15031207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437347v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly Promoted Photocatalytic Hydrogen Generation by Multiple Electron Transfer Pathways</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+                <w:t xml:space="preserve">Pharmacokinetics derived from PET imaging of inspiring radio-enhancer platinum nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaomin Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vu Long Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Savina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2020.119457⟩</w:t>
+              <w:t xml:space="preserve">Nanomedicine: Nanotechnology, Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 46, pp.102603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nano.2022.102603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437345v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterojunction of CuO nanoclusters with TiO 2 for photo-oxidation of organic compounds and for hydrogen production</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Functionalization of Gold Nanoparticles with Ru-Porphyrin and Their Selectivity in the Oligomerization of Alkynes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Bahena Uribe</w:t>
+                <w:t xml:space="preserve">Francesca Limosani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Tagliatesta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvira Maria Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Leoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0015277⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (3), pp.1207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma15031207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03092686v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A soft-chemistry assisted strong metal–support interaction on a designed plasmonic core–shell photocatalyst for enhanced photocatalytic hydrogen production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Getaneh Diress Gesesse</w:t>
+                <w:t xml:space="preserve">Highly Promoted Photocatalytic Hydrogen Generation by Multiple Electron Transfer Pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9NR09891G⟩</w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 281, pp.119457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2020.119457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02521511v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03092690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly active composite TiO2-polypyrrole nanostructures for water and air depollution under visible light irradiation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cellulose Nanocrystals in Spherical Titania-Sol Microdroplet: From Dynamic Self-Assembly to Nanostructured TiO x /C Microsphere Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Paineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jece.2020.104178⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (17), pp.6925-6933. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c01865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294312v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterojunction of CuO nanoclusters with TiO2 for photo-oxidation of organic compounds and for hydrogen production</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Daniel Bahena Uribe</w:t>
+                <w:t xml:space="preserve">Cellulose Nanocrystals in Spherical Titania-Sol Microdroplet: From Dynamic Self-Assembly to Nanostructured TiO x /C Microsphere Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Paineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0015277⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (17), pp.6925-6933. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c01865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294309v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polypyrrole nanostructures modified with mono- and bimetallic nanoparticles for photocatalytic H2 generation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nanoparticules métalliques et rayonnements ionisants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lampre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.124−131</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437340v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polypyrrole nanostructures modified with mono- and bimetallic nanoparticles for photocatalytic H 2 generation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Highly Promoted Photocatalytic Hydrogen Generation by Multiple Electron Transfer Pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Dragoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Beaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurence Ramos</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9TA11088G⟩</w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 281, pp.119457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2020.119457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294269v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and NMR study of trimethylphosphine gold( i )-appended calix[8]arenes as precursors of gold nanoparticles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Erika Porcel</w:t>
+                <w:t xml:space="preserve">Highly Promoted Photocatalytic Hydrogen Generation by Multiple Electron Transfer Pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Dragoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antonio Muñoz</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9QI01475F⟩</w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 281, pp.119457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2020.119457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437323v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A sol–gel biotemplating route with cellulose nanocrystals to design a photocatalyst for improving hydrogen generation</w:t>
+                <w:t xml:space="preserve">Cellulose Nanocrystals in Spherical Titania-Sol Microdroplet: From Dynamic Self-Assembly to Nanostructured TiO x /C Microsphere Synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Paineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9TA12665A⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (17), pp.6925-6933. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.1c01865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437313v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visible light-driven simultaneous water oxidation and quinone reduction by a nano-structured conjugated polymer without co-catalysts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Heterojunction of CuO nanoclusters with TiO 2 for photo-oxidation of organic compounds and for hydrogen production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Guadalupe Méndez-Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewa Kowalska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bunsho Ohtani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bahena Uribe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d0sc02122a⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 153 (3), pp.034705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0015277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294314v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03092686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly active composite TiO2-polypyrrole nanostructures for water and air depollution under visible light irradiation</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
+                <w:t xml:space="preserve">A soft-chemistry assisted strong metal–support interaction on a designed plasmonic core–shell photocatalyst for enhanced photocatalytic hydrogen production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Getaneh Diress Gesesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bor Kae Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shih-Hsuan Tai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Beaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jece.2020.104178⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (13), pp.7011-7023. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9NR09891G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03092681v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02521511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mathematical approach to deal with nanoparticle polydispersity in surface enhanced Raman spectroscopy to quantify antineoplastic agents</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Highly active composite TiO2-polypyrrole nanostructures for water and air depollution under visible light irradiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Kobylanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenpeng Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121040⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (5), pp.104178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jece.2020.104178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02557279v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03092681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Facile One-Pot Synthesis of Versatile PEGylated Platinum Nanoflowers and Their Application in Radiation Therapy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Farah Savina</w:t>
+                <w:t xml:space="preserve">Visible light-driven simultaneous water oxidation and quinone reduction by a nano-structured conjugated polymer without co-catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jully Patel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Mendes Marinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Winfried Leibl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms21051619⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (28), pp.7324-7328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0sc02122a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03320934v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterojunction of CuO nanoclusters with TiO 2 for photo-oxidation of organic compounds and for hydrogen production</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
+                <w:t xml:space="preserve">A Facile One-Pot Synthesis of Versatile PEGylated Platinum Nanoflowers and Their Application in Radiation Therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaomin Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Salado-Leza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Porcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César González-Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Savina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0015277⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (5), pp.1619. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms21051619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437339v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03320934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A sol–gel biotemplating route with cellulose nanocrystals to design a photocatalyst for improving hydrogen generation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Abdelghani Laachachi</w:t>
+                <w:t xml:space="preserve">A mathematical approach to deal with nanoparticle polydispersity in surface enhanced Raman spectroscopy to quantify antineoplastic agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dowek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minh Mai Lê</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9TA12665A⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 217, pp.121040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294319v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02557279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Green One-Step Synthesis of Medical Nanoagents for Advanced Radiation Therapy&amp;lt;/p&amp;gt;</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Synthesis and NMR study of trimethylphosphine gold( i )-appended calix[8]arenes as precursors of gold nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Salado-Leza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Porcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marta Bolsa-Ferruz</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology, Science and Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (4), pp.953-960. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9QI01475F⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2147/NSA.S257392⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03320096v1</w:t>
+                <w:t xml:space="preserve">hal-03437323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and NMR study of trimethylphosphine gold(I)-appended calix[8]arenes as precursors of gold nanoparticles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Priyanka Ray</w:t>
+                <w:t xml:space="preserve">A sol–gel biotemplating route with cellulose nanocrystals to design a photocatalyst for improving hydrogen generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Paineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Martini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yannick Coppel</w:t>
+                <w:t xml:space="preserve">Abdelghani Laachachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9QI01475F⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (21), pp.10779-10786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9TA12665A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437321v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;p&amp;gt;Green One-Step Synthesis of Medical Nanoagents for Advanced Radiation Therapy&amp;lt;/p&amp;gt;</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marta Bolsa-Ferruz</w:t>
+                <w:t xml:space="preserve">Polypyrrole nanostructures modified with mono- and bimetallic nanoparticles for photocatalytic H 2 generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bahena Uribe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology, Science and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2147/NSA.S257392⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (1), pp.268-277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9TA11088G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03437349v1</w:t>
+                <w:t xml:space="preserve">hal-04294269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Facile One-Pot Synthesis of Versatile PEGylated Platinum Nanoflowers and Their Application in Radiation Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaomin Yang</w:t>
+                <w:t xml:space="preserve">Heterojunction of CuO nanoclusters with TiO 2 for photo-oxidation of organic compounds and for hydrogen production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Guadalupe Méndez-Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewa Kowalska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Salado-Leza</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Farah Savina</w:t>
+                <w:t xml:space="preserve">Bunsho Ohtani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bahena Uribe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms21051619⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 153 (3), pp.034705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0015277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437343v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly active composite TiO2-polypyrrole nanostructures for water and air depollution under visible light irradiation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Polypyrrole nanostructures modified with mono- and bimetallic nanoparticles for photocatalytic H2 generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bahena Uribe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jece.2020.104178⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (1), pp.268-277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9TA11088G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437337v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mathematical approach to deal with nanoparticle polydispersity in surface enhanced Raman spectroscopy to quantify antineoplastic agents</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Heterojunction of CuO nanoclusters with TiO2 for photo-oxidation of organic compounds and for hydrogen production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Guadalupe Méndez-Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewa Kowalska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bunsho Ohtani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bahena Uribe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121040⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 153 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0015277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437402v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visible light-driven simultaneous water oxidation and quinone reduction by a nano-structured conjugated polymer without co-catalysts</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Highly active composite TiO2-polypyrrole nanostructures for water and air depollution under visible light irradiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Mendes Marinho</w:t>
+                <w:t xml:space="preserve">Marek Kobylanski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Winfried Leibl</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Zhenpeng Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d0sc02122a⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (5), pp.104178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jece.2020.104178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437404v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Green One-Step Synthesis of Medical Nanoagents for Advanced Radiation Therapy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marta Bolsa-Ferruz</w:t>
+                <w:t xml:space="preserve">Synthesis and NMR study of trimethylphosphine gold(I)-appended calix[8]arenes as precursors of gold nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Abdellah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priyanka Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Martini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Coppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology, Science and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2147/NSA.S257392⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (4), pp.953-960. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9QI01475F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437342v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gold(I)-Silver(I)-calix[8]arene complexes, precursors of bimetallic alloyed Au-Ag nanoparticles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ibrahim Abdellah</w:t>
+                <w:t xml:space="preserve">A sol–gel biotemplating route with cellulose nanocrystals to design a photocatalyst for improving hydrogen generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Paineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Martini</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Diana Dragoe</w:t>
+                <w:t xml:space="preserve">Abdelghani Laachachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0NA00111B⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (21), pp.10779-10786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9TA12665A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02565496v2</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visible light-driven simultaneous water oxidation and quinone reduction by a nano-structured conjugated polymer without co-catalysts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">A Facile One-Pot Synthesis of Versatile PEGylated Platinum Nanoflowers and Their Application in Radiation Therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaomin Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Salado-Leza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Porcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">César González-Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Savina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d0sc02122a⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (5), pp.1619. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms21051619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03437332v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polypyrrole nanostructures modified with mono- and bimetallic nanoparticles for photocatalytic H 2 generation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Ramos</w:t>
+                <w:t xml:space="preserve">&amp;lt;p&amp;gt;Green One-Step Synthesis of Medical Nanoagents for Advanced Radiation Therapy&amp;lt;/p&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Salado Leza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Porcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaomin Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenka Stefancikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Bolsa-Ferruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9TA11088G⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology, Science and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Volume 13, pp.61-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2147/NSA.S257392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294329v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radio-Enhancing Properties of Bimetallic Au:Pt Nanoparticles: Experimental and Theoretical Evidence</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Green One-Step Synthesis of Medical Nanoagents for Advanced Radiation Therapy&amp;lt;/p&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Salado Leza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Porcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antonio Muñoz</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaomin Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenka Stefancikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Bolsa-Ferruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms20225648⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology, Science and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Volume 13, pp.61-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2147/NSA.S257392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02399023v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03320096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photocatalytic degradation of organic pollutant with polypyrrole nanostructures under UV and visible light</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Highly active composite TiO2-polypyrrole nanostructures for water and air depollution under visible light irradiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Samy Remita</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Kobylanski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenpeng Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2018.10.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (5), pp.104178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jece.2020.104178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04294337v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of Fungal Growth Using Modified TiO 2 with Core@Shell Structure of Ag@CuO Clusters</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gold(I)-Silver(I)-calix[8]arene complexes, precursors of bimetallic alloyed Au-Ag nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kunlei Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bunsho Ohtani</w:t>
+                <w:t xml:space="preserve">Marie Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Abdellah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Martini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Fossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsabm.9b00707⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0NA00111B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294331v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02565496v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hexacyano Ferrate (III) Reduction by Electron Transfer Induced by Plasmonic Catalysis on Gold Nanoparticles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruno Palpant</w:t>
+                <w:t xml:space="preserve">Visible light-driven simultaneous water oxidation and quinone reduction by a nano-structured conjugated polymer without co-catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jully Patel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Mendes Marinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Winfried Leibl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma12183012⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (28), pp.7324-7328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0sc02122a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02316679v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hexacyano Ferrate (III) Reduction by Electron Transfer Induced by Plasmonic Catalysis on Gold Nanoparticles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruno Palpant</w:t>
+                <w:t xml:space="preserve">Green One-Step Synthesis of Medical Nanoagents for Advanced Radiation Therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Salado Leza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Porcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaomin Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenka Stefancikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Bolsa-Ferruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma12183012⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology, Science and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Volume 13, pp.61-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2147/NSA.S257392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03658244v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Photogenerated Charge Carriers and Photocatalytic Activity of Biotemplated Mesoporous TiO 2 Films with a Chiral Nematic Structure</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">A mathematical approach to deal with nanoparticle polydispersity in surface enhanced Raman spectroscopy to quantify antineoplastic agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dowek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minh Mai Lê</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.9b01465⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 217, pp.121040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02323197v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective modification of a native protein in a patient tissue homogenate using palladium nanoparticles</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">A mathematical approach to deal with nanoparticle polydispersity in surface enhanced Raman spectroscopy to quantify antineoplastic agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dowek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minh Mai Lê</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Yen-Nicolay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9cc07803g⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 217, pp.121040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03009700v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of Fungal Growth Using Modified TiO 2 with Core@Shell Structure of Ag@CuO Clusters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bunsho Ohtani</w:t>
+                <w:t xml:space="preserve">Polypyrrole nanostructures modified with mono- and bimetallic nanoparticles for photocatalytic H 2 generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bahena Uribe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsabm.9b00707⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (1), pp.268-277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9TA11088G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02399047v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective modification of a native protein in a patient tissue homogenate using palladium nanoparticles</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Visible light-driven simultaneous water oxidation and quinone reduction by a nano-structured conjugated polymer without co-catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jully Patel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Mendes Marinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Winfried Leibl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Yen-Nicolay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9CC07803G⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (28), pp.7324-7328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0sc02122a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294328v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03437332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen Production from Glycerol Photoreforming on TiO2/HKUST-1 Composites: Effect of Preparation Method</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
+                <w:t xml:space="preserve">Photocatalytic degradation of organic pollutant with polypyrrole nanostructures under UV and visible light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dita Floresyona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henri Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh-Tuân Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Catalysts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/catal9040338⟩</w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 242, pp.284-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2018.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02399064v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photocatalytic degradation of organic pollutant with polypyrrole nanostructures under UV and visible light</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Samy Remita</w:t>
+                <w:t xml:space="preserve">Radio-Enhancing Properties of Bimetallic Au:Pt Nanoparticles: Experimental and Theoretical Evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Salado-Leza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Porcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2018.10.002⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (22), pp.5648. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms20225648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04216406v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Surface Plasmon Resonance of Gold Nanoparticles for the Enhancement of Second Harmonic Generation of Nonlinear Chromophores</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Dumur</w:t>
+                <w:t xml:space="preserve">Inhibition of Fungal Growth Using Modified TiO 2 with Core@Shell Structure of Ag@CuO Clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Guadalupe Méndez-Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewa Kowalska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Endo-Kimura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kunlei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bunsho Ohtani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/inorganics7050064⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (12), pp.5626-5633. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsabm.9b00707⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02399058v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmonic catalysis for the Suzuki–Miyaura cross-coupling reaction using palladium nanoflowers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Diana Dragoe</w:t>
+                <w:t xml:space="preserve">Selective modification of a native protein in a patient tissue homogenate using palladium nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Peramo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaëlle Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Yen-Nicolay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C8NJ06370B⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55, pp.15121 - 15124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9cc07803g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02399070v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilisation of small mono- and bimetallic gold–silver nanoparticles using calix[8]arene derivatives</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+                <w:t xml:space="preserve">Enhanced Photogenerated Charge Carriers and Photocatalytic Activity of Biotemplated Mesoporous TiO 2 Films with a Chiral Nematic Structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Getaneh Diress Gesesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chunyu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Paineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Habibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C8NJ02451K⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31 (13), pp.4851-4863. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.9b01465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02399078v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoparticules d’or pour susciter des rencontres entre science et société</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hydrogen Production from Glycerol Photoreforming on TiO2/HKUST-1 Composites: Effect of Preparation Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabián Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elim Albiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvador Alfaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Luna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Catalysts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (4), pp.338. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/catal9040338⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02337278v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visible-light-induced reduction of Cr(VI) by PDPB-ZnO nanohybrids and its photo-electrochemical response</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Enhanced Photogenerated Charge Carriers and Photocatalytic Activity of Biotemplated Mesoporous TiO 2 Films with a Chiral Nematic Structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Getaneh Diress Gesesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chunyu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Paineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Habibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2018.08.034⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31 (13), pp.4851-4863. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.9b01465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02399077v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmonic core–shell nanostructure as an optical photoactive nanolens for enhanced light harvesting and hydrogen production</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Hexacyano Ferrate (III) Reduction by Electron Transfer Induced by Plasmonic Catalysis on Gold Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iyad Sarhid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lampre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Palpant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C8NR07475E⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (18), pp.3012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma12183012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01979489v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swollen hexagonal liquid crystals as smart nanoreactors: implementation in materials chemistry for energy applications</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Inhibition of Fungal Growth Using Modified TiO 2 with Core@Shell Structure of Ag@CuO Clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Guadalupe Méndez-Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewa Kowalska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Endo-Kimura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kunlei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bunsho Ohtani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c7nr08457a⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Bio Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsabm.9b00707⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01747450v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photocatalytic properties of BiOCl-TiO2 composites for phenol photodegradation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hexacyano Ferrate (III) Reduction by Electron Transfer Induced by Plasmonic Catalysis on Gold Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iyad Sarhid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lampre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Palpant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jece.2018.01.061⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (18), pp.3012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma12183012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02399084v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02316679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photocatalytic Hydrogen Evolution Using Ni–Pd/TiO 2 : Correlation of Light Absorption, Charge-Carrier Dynamics, and Quantum Efficiency</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ana Luna</w:t>
+                <w:t xml:space="preserve">Hexacyano Ferrate (III) Reduction by Electron Transfer Induced by Plasmonic Catalysis on Gold Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iyad Sarhid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lampre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Dragoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Beaunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ewa Kowalska</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Palpant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b01167⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (18), pp.3012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma12183012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01652005v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03658244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in Electrocatalysis for Energy Conversion and Synthesis of Organic Molecules</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Selective modification of a native protein in a patient tissue homogenate using palladium nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Peramo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaëlle Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Yen-Nicolay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPhysChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cphc.201700447⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55 (100), pp.15121-15124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9CC07803G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01671655v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly active poly(3-hexylthiophene) nanostructures for photocatalysis under solar light</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jeremie Mathurin</w:t>
+                <w:t xml:space="preserve">Hydrogen Production from Glycerol Photoreforming on TiO2/HKUST-1 Composites: Effect of Preparation Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabián Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elim Albiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvador Alfaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Luna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2017.02.069⟩</w:t>
+              <w:t xml:space="preserve">Catalysts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (4), pp.338. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/catal9040338⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01553454v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Platinum nanoparticles: an exquisite tool to overcome radioresistance</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matthieu M. Refregiers</w:t>
+                <w:t xml:space="preserve">Photocatalytic degradation of organic pollutant with polypyrrole nanostructures under UV and visible light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dita Floresyona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henri Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh-Tuân Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12645-017-0028-y⟩</w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 242, pp.284-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2018.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01566483v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving proton therapy by metal-containing nanoparticles: nanoscale insights</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lenka Stefancikova</w:t>
+                <w:t xml:space="preserve">The Role of Surface Plasmon Resonance of Gold Nanoparticles for the Enhancement of Second Harmonic Generation of Nonlinear Chromophores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anu Singh Bisht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khuyen Hoang-Thi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ledoux-Rak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dumur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Nanomedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2147/IJN.S99410⟩</w:t>
+              <w:t xml:space="preserve">Inorganics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (5), pp.64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/inorganics7050064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01410052v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-pot synthesis of reduced graphene oxide supported gold-based nanomaterials as robust nanocatalysts for glucose electrooxidation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+                <w:t xml:space="preserve">Plasmonic catalysis for the Suzuki–Miyaura cross-coupling reaction using palladium nanoflowers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iyad Sarhid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Abdellah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Martini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Huc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2016.06.169⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 43 (11), pp.4349-4355. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8NJ06370B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01548379v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergetic effect of Ni and Au nanoparticles synthesized on titania particles for efficient photocatalytic hydrogen production</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ewa Kowalska</w:t>
+                <w:t xml:space="preserve">Radio-Enhancing Properties of Bimetallic Au:Pt Nanoparticles: Experimental and Theoretical Evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Salado-Leza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Traore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Porcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2016.03.008⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (22), pp.5648. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms20225648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01548348v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au@Pt Core–Shell Mesoporous Nanoballs and Nanoparticles as Efficient Electrocatalysts toward Formic Acid and Glucose Oxidation</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stabilisation of small mono- and bimetallic gold–silver nanoparticles using calix[8]arene derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priyanka Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Martini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Abdellah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b09417⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 42 (17), pp.14128-14137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8NJ02451K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01491215v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scattering of electrically excited surface plasmon polaritons by gold nanoparticles studied by optical interferometry with a scanning tunneling microscope</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Wafa Abidi</w:t>
+                <w:t xml:space="preserve">Plasmonic core–shell nanostructure as an optical photoactive nanolens for enhanced light harvesting and hydrogen production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Getaneh Diress Gesesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Le Neel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenpeng Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bachelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.92.045438⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (43), pp.20140-20146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8NR07475E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01430910v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01979489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conducting polymer nanostructures for photocatalysis under visible</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId286" w:history="1">
+                <w:t xml:space="preserve">Visible-light-induced reduction of Cr(VI) by PDPB-ZnO nanohybrids and its photo-electrochemical response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Srabanti Ghosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajendra Basu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nmat4220⟩</w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 239, pp.362-372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2018.08.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02979988v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband Spectral Signature of the Ultrafast Transient Optical Response of Gold Nanorods</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Nanoparticules d’or pour susciter des rencontres entre science et société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Fajerwerg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Palpant</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pluchery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 425, pp.29-32</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01263297v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02337278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conducting polymer nanofibers with controlled diameters synthesized in hexagonal mesophases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId286" w:history="1">
+                <w:t xml:space="preserve">Swollen hexagonal liquid crystals as smart nanoreactors: implementation in materials chemistry for energy applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Srabanti Ghosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c5nj00826c⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10, pp.5793-5819. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c7nr08457a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01224129v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01747450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visible-light active conducting polymer nanostructures with superior photocatalytic activity</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Photocatalytic properties of BiOCl-TiO2 composites for phenol photodegradation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalia Sánchez-Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Guadalupe Méndez Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Escobar-Barrios</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep18002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (2), pp.1601-1612. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jece.2018.01.061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01250170v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02399084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PEDOT nanostructures synthesized in hexagonal mesophases</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ariane Deniset-Besseau</w:t>
+                <w:t xml:space="preserve">Photocatalytic Hydrogen Evolution Using Ni–Pd/TiO 2 : Correlation of Light Absorption, Charge-Carrier Dynamics, and Quantum Efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Luna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kunlei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewa Kowalska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C3NJ01349A⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121 (26), pp.14302 - 14311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b01167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01117164v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstrative experiments about gold nanoparticles and nanofilms: an introduction to nanoscience</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Advances in Electrocatalysis for Energy Conversion and Synthesis of Organic Molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaovi Holade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Servat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tingry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teko W. Napporn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gold Bulletin : The journal of gold science, technology and applications </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13404-013-0122-9⟩</w:t>
+              <w:t xml:space="preserve">ChemPhysChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (19), pp.2573 - 2605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cphc.201700447⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01238956v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01671655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modification of TiO2 by bimetallic Au–Cu nanoparticles for wastewater treatment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Miguel José-Yacaman</w:t>
+                <w:t xml:space="preserve">Highly active poly(3-hexylthiophene) nanostructures for photocatalysis under solar light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dita Floresyona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Goubard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henri Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lampre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C3TA11684K⟩</w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 209, pp.23-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2017.02.069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01121563v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01553454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Keeping an eye on gold</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Platinum nanoparticles: an exquisite tool to overcome radioresistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sha Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Porcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Marco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu M. Refregiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gold Bulletin : The journal of gold science, technology and applications </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13404-013-0131-8⟩</w:t>
+              <w:t xml:space="preserve">Cancer Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12645-017-0028-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03562584v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01566483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facile synthesis of palladium nanowires by a soft templating method</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Improving proton therapy by metal-containing nanoparticles: nanoscale insights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Schlathölter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Eustache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Porcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Salado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenka Stefancikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c2nj40342k⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Nanomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (9), pp.1549-1556. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2147/IJN.S99410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00760633v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01410052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the porosity of bimetallic nanostructures by a soft templating approach</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
+                <w:t xml:space="preserve">One-pot synthesis of reduced graphene oxide supported gold-based nanomaterials as robust nanocatalysts for glucose electrooxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Srabanti Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaovi Holade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Servat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Beaunier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dieudonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adfm.201200666⟩</w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 212, pp.864 - 875. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2016.06.169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00762379v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01548379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the promoting effect of Au on CO oxidation kinetics of Au-Pt bimetallic nanoparticles supported on SiO2: An electronic effect?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Synergetic effect of Ni and Au nanoparticles synthesized on titania particles for efficient photocatalytic hydrogen production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana L. Luna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekaterina Novoseltceva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Essyllt Louarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewa Kowalska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Catalysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 191, pp.18 - 28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2016.03.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00687283v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01548348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gold nanoparticles confined in lamellar mesophases</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H. Remita</w:t>
+                <w:t xml:space="preserve">Scattering of electrically excited surface plasmon polaritons by gold nanoparticles studied by optical interferometry with a scanning tunneling microscope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rogez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Comtet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Le Moal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Abidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c1ra00259g⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 92 (23), pp.45438 - 45438. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.92.045438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04883238v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01430910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination chemistry approach for the end-to-end assembly of gold nanorods</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Au@Pt Core–Shell Mesoporous Nanoballs and Nanoparticles as Efficient Electrocatalysts toward Formic Acid and Glucose Oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaovi Holade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Lehoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kouakou Boniface Kokoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teko W. Napporn</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2010.05.050⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 119, pp.27529-27539. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b09417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02665342v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01491215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-Pot Radiolytic Synthesis of Gold Nanorods and Their Optical Properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+                <w:t xml:space="preserve">Conducting polymer nanofibers with controlled diameters synthesized in hexagonal mesophases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Srabanti Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Deniset-Besseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp104819c⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 39, pp.8311-8320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c5nj00826c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00833023v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palladium Nanowires Synthesized in Hexagonal Mesophases: Application in Ethanol Electrooxidation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
+                <w:t xml:space="preserve">Visible-light active conducting polymer nanostructures with superior photocatalytic activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Srabanti Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Amoin Kouame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Louis Nadjo</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Goubard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/cm803492j⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.18002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep18002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00514226v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01250170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bimetallic Palladium-Gold Nanostructures: Application in Ethanol Oxidation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Broadband Spectral Signature of the Ultrafast Transient Optical Response of Gold Nanorods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoli Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Periasamy R. Selvakannan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Palpant</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/cm901364w⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 119 (13), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b00131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00514225v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01263297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Ultrathin Hexagonal Palladium Nanosheets</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
+                <w:t xml:space="preserve">Conducting polymer nanostructures for photocatalysis under visible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Srabanti Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Amoin Kouame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Etcheberry</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/cm9021134⟩</w:t>
+              <w:t xml:space="preserve">Nature Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.505-511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nmat4220⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00514224v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02979988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au-Fe system: Application in electro-catalysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patricia Kooyman</w:t>
+                <w:t xml:space="preserve">PEDOT nanostructures synthesized in hexagonal mesophases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Srabanti Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Deniset-Besseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gold bulletin : a quarterly review of research on gold and its applications in industry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/BF03216587⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 38 (3), pp.1106-1115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C3NJ01349A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04896779v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01117164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiolytic reduction of Fe(II) in 2-propanol</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modification of TiO2 by bimetallic Au–Cu nanoparticles for wastewater treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zibin Hai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia El Kolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bahena Uribe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel José-Yacaman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cplett.2006.09.055⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (36), pp.10829-10835. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C3TA11684K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00127108v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Demonstrative experiments about gold nanoparticles and nanofilms: an introduction to nanoscience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pluchery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Schaming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gold Bulletin : The journal of gold science, technology and applications </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46 (4), pp.319-327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13404-013-0122-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01238956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keeping an eye on gold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pluchery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-François Brevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gold Bulletin : The journal of gold science, technology and applications </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46 (4), pp.211-212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13404-013-0131-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03562584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Facile synthesis of palladium nanowires by a soft templating method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prem Siril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Lehoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 36 (10), pp.2135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c2nj40342k⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00760633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuning the porosity of bimetallic nanostructures by a soft templating approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Lehoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bahena Uribe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dieudonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 22 (23), pp.4900. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.201200666⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00762379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the promoting effect of Au on CO oxidation kinetics of Au-Pt bimetallic nanoparticles supported on SiO2: An electronic effect?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel P. Doherty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Krafft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Méthivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Casale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 287, pp.102-113</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00687283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gold nanoparticles confined in lamellar mesophases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Abidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pansu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Krishnaswamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1 (3), pp.434-439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c1ra00259g⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04883238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">One-Pot Radiolytic Synthesis of Gold Nanorods and Their Optical Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Abidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. R. Selvakannan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanick Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lampre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 114 (35), pp.4794-14803. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp104819c⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00833023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coordination chemistry approach for the end-to-end assembly of gold nanorods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.R. Selvakannan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dumur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Péchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 349, pp.93-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2010.05.050⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Palladium Nanowires Synthesized in Hexagonal Mesophases: Application in Ethanol Electrooxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faygal Ksar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geetarani Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bineta Keita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Nadjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 21, pp.1612-1617. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cm803492j⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00514226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bimetallic Palladium-Gold Nanostructures: Application in Ethanol Oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faycal Ksar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bineta Keita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Nadjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 21, pp.3677-3683. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cm901364w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00514225v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthesis of Ultrathin Hexagonal Palladium Nanosheets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prem F. Siril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Archirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Etcheberry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 21, pp.5170-5175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cm9021134⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00514224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Palladium nanoballs synthesized in hexagonal mesophases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ksar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Audonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Keita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 112, pp.10740-10744. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp801703z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00333505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au-Fe system: Application in electro-catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malaknaz Mirdamadi-Esfahani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehran Mostafavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bineta Keita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Nadjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Kooyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gold bulletin : a quarterly review of research on gold and its applications in industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 41 (2), pp.98-104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/BF03216587⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04896779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthesis of porous platinum nanoballs in soft templates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pansu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Prouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 19 (21), pp.5045-5048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cm071672s⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00186970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthesis of single-crystalline Platinum nanorods within a &amp;quot;soft&amp;quot; crystalline surfactant-Pt(II) complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rema Krishnaswamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Impéror-Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Davidson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ChemPhysChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 7 (7), pp.1510-1513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cphc.200600127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00101611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Activity evaluation of C based electrodes loaded with Pt nanoparticles prepared in different radiolytic conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.F. Ciril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mbomekalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Keita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Nadjo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Solid State Electrochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 10, pp.506-511</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00088125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radiolytic reduction of Fe(II) in 2-propanol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G.R. Dey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehran Mostafavi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 431 (1-3) (1-3), pp.83-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cplett.2006.09.055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00127108v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radiolytic synthesis and optical properties of ultrasmall stabilized ZnS nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.H. Souici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Keghouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques A. Delaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mostafavi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 422, pp.25-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cplett.2006.02.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00020422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bimetallic Au-Pd and Ag-Pd Clusters Synthesised by $\gamma $ or Electron Beam Radiolysis and Study of the Reactivity/Structure Relationships in the Selective Hydrogenation of Buta-1,3-Diene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Redjala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Apostolescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mostafavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Thomazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 61 (6), pp.789-797. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2516/ogst:2006019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02005899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthesis of single-crystalline platinum nanorods within a soft crystalline surfactant-PtII complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rema Krishnaswamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Impéror-Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Davidson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ChemPhysChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 7 (7), pp.1510-1513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cphc.200600127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From self assembly of Platinum nanoparticles to nanostructured materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Apolstolescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tokumoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Prouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 1 (10), pp.964-967</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00126539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Existence and Stability of New Nanoreactors: Highly Swollen Hexagonal Liquid Crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.P. dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.S. Tokumoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bourgaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 21 (10), pp.4362-4369</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00116823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Highly swollen liquid crystals as new reactors for the synthesis of nanomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tokumoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pena dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 17, pp.1505-1514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cm0484495⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00077832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Highly swollen liquid crystals as new reactors for the synthesis of nanomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.S. Tokumoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.P. dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chem. Mat.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 17 (6), pp.1505-1514</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00126542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Existence and stability of new nanoreactors : highly swollen hexagonal liquid crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Pena dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.S. Tokumoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bourgaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 21, pp.4362-4369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la047092g⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00077923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparative study of metal clusters induced in aqueous solutions by gamma-rays, electron or C6+ ion beam irradiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Lampre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mostafavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Balanzat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bouffard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radiation Physics and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 72(5), pp.575-586</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00126096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From self-assembly of platinum nanoparticles to nanostructured materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Apostolescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tokumoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Prouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 1(10), pp.964-967. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/smll.200500011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00133474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Structural and chemical transformations induced by laser impact on TiO2 and Nb2O5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Goubard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dauzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Niazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rahim Munir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 58 (4), pp.679-684. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0022-3697(96)00196-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03469543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (37)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (49)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photocatalytic performance of HKUST-1/TiO2 towards hydrogen generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alisha Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Le Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Dragoe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alireza Ranjbari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bahena Uribe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPEA12: 12th European Conference on Solar Chemistry and Photocatalysis: Energy and Environmental Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Belfast, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05422729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HKUST-1/TiO2 immobilization into chitosan beads for Hydrogen generation by photocatalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Le Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alisha Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPEA12: 12th European Conference on Solar Chemistry and Photocatalysis: Energy and Environmental Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Belfast, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05422693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface Modification of Photocatalysts with Bimetallic Nanoparticles for Water Treatment and Hydrogen Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mendez Medrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mendez Medrano M.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rodriguez Lopez J.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Miller Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Samy REMITA, Jun 2023, Bastia, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Modification of Photocatalysts with Bimetallic Nanoparticles for Hydrogen Generation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Engineering of silver-gold electrocatalysts directly grown on gas diffusion electrodes for the selective electrooxidation of glycerol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Tingry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazym Tuleushova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rihab Boukil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaovi Holade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMRC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MRS et Société Mexicaine des Matériaux, Aug 2023, Cancun, Mexico</w:t>
+              <w:t xml:space="preserve">ElecNano10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04250723v1</w:t>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04851789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated polymer nanostructures for application in photocatalysis.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Performance of HKUST–1/TiO2 Composite towards Hydrogen Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisha Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trombay Symposium on Radiation &amp; Photochemistry TSRP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, Mumbay, India</w:t>
+              <w:t xml:space="preserve">7th International Conference on SemiConductor Photochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Strasbourg (67), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294346v1</w:t>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light: : Water treatment and water splitting</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Photocatalytic Performance of HKUST–1/TiO2 Composite towards Hydrogen Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisha Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st SENERGYLAB Workshop on Recent Advances in Sensors and Energy Driven Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pierre Henri Aubert, Dec 2022, Cergy, France</w:t>
+              <w:t xml:space="preserve">7th Journée Internationale des Carburants Solaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04250725v1</w:t>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated polymer nanostructures for application in photocatalysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Surface Modification of Photocatalysts with Bimetallic Nanoparticles for Hydrogen Generation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Mendez Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guadalupe Mendez Medranomaria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bahena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trombay Symposium on Radiation &amp; Photochemistry TSRP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Mumbay, India</w:t>
+              <w:t xml:space="preserve">IMRC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MRS et Société Mexicaine des Matériaux, Aug 2023, Cancun, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058724v1</w:t>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Modification of Photocatalysts with Bimetallic Nanoparticles for Water Treatment and Hydrogen Generation.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Conjugated polymer nanostructures for application in photocatalysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMN, International Meeting on NanoAlloys</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Leuven, Belgium</w:t>
+              <w:t xml:space="preserve">Trombay Symposium on Radiation &amp; Photochemistry TSRP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Mumbay, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294358v1</w:t>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Modification of TiO2 with Plasmonic Nanoparticles for photocatalytic applications.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Colbeau Justin</w:t>
+                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light: : Water treatment and water splitting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Plasmonique active</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Nantes, France</w:t>
+              <w:t xml:space="preserve">1st SENERGYLAB Workshop on Recent Advances in Sensors and Energy Driven Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pierre Henri Aubert, Dec 2022, Cergy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058723v1</w:t>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancement of photocatalytic degradation of organic pollutants by using TiO2@Montmorillonite nanocomposites</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Des Nanoparticules multimodales pour optimiser la radiothérapie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaomin Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vu Long Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Kereselidze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Truillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress on Green Chemistry, Photocatalysis and Environment, ICGCPE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Constantine, Algeria</w:t>
+              <w:t xml:space="preserve">Workshop Nanoparticules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Clermont - Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04261304v1</w:t>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04430725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gold-based nanocatalysts for glycerol electro-oxidation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Conjugated polymer nanostructures for application in photocatalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">72nd Annual Meeting of the International Society of Electrochemistry 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Jeju, South Korea</w:t>
+              <w:t xml:space="preserve">Trombay Symposium on Radiation &amp; Photochemistry TSRP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Mumbay, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03772392v1</w:t>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Modification of Photocatalysts with Bimetallic Nanoparticles for Water Treatment and Hydrogen Generation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. L. Rodriguez Lopez</w:t>
+                <w:t xml:space="preserve">Gold-based nanocatalysts for glycerol electro-oxidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazym Tuleushova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Abdellah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoavi Holade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMN, International Meeting on NanoAlloys</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Leuven, Belgium</w:t>
+              <w:t xml:space="preserve">72nd Annual Meeting of the International Society of Electrochemistry 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Jeju, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058719v1</w:t>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03772392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Jully Patel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Aukauloo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Winfried Leibl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Solar Fuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Saint Jacut de la Mer, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04058720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Modification of TiO2 with Plasmonic Nanoparticles for photocatalytic applications. .</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Surface Modification of Photocatalysts with Bimetallic Nanoparticles for Water Treatment and Hydrogen Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. G. Mendez Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bahena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. L. Rodriguez Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées plénières GDR Plasmonique active</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, nantes, France</w:t>
+              <w:t xml:space="preserve">IMN, International Meeting on NanoAlloys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294349v1</w:t>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Enhancement of photocatalytic degradation of organic pollutants by using TiO2@Montmorillonite nanocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yamina Chouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatiha Belkhadem-Mokhtari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souad Abou Zeid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées plénière du GDR Solar Fuel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Saint Jacut de la Mer, France</w:t>
+              <w:t xml:space="preserve">International Congress on Green Chemistry, Photocatalysis and Environment, ICGCPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Constantine, Algeria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294353v1</w:t>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04261304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobile Charge-Carriers in Photoactive Materials followed by Time Resolved Microwave Conductivity</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t>
+                <w:t xml:space="preserve">Surface Modification of TiO2 with Plasmonic Nanoparticles for photocatalytic applications.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. L. Mendez Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Colbeau Justin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th Momentom Workshop Materials for Energy: Characterization and Operando Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Saclay, France</w:t>
+              <w:t xml:space="preserve">GDR Plasmonique active</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04281313v1</w:t>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge-carrier dynamics in photoactive TiO2 plasmonic core–shell nanostructures and photonic films followed by TRMC</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. N. Ghazzal</w:t>
+                <w:t xml:space="preserve">Surface Modification of Photocatalysts with Bimetallic Nanoparticles for Water Treatment and Hydrogen Generation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Momentom Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Orsay, France</w:t>
+              <w:t xml:space="preserve">IMN, International Meeting on NanoAlloys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058350v1</w:t>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Surface Modification of TiO2 with Plasmonic Nanoparticles for photocatalytic applications. .</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Material Research Congress, IMRC, MRS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Cancun, Mexico</w:t>
+              <w:t xml:space="preserve">Journées plénières GDR Plasmonique active</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058344v1</w:t>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">C'Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Dijon, France</w:t>
+              <w:t xml:space="preserve">Journées plénière du GDR Solar Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Saint Jacut de la Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058348v1</w:t>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId386" w:history="1">
+                <w:t xml:space="preserve">Charge-carrier dynamics in photoactive TiO2 plasmonic core–shell nanostructures and photonic films followed by TRMC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Colbeau-Justin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Diress Gesesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. N. Ghazzal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Radiation &amp; Radioisotope Researches</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Jeongeup-si, Corée., Unknown Region</w:t>
+              <w:t xml:space="preserve">2nd International Momentom Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058343v1</w:t>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light (Plenary lecture)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId386" w:history="1">
+                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Floresyona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mendes Marinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ghosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Solar Energy Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Kobe, Japan</w:t>
+              <w:t xml:space="preserve">International Material Research Congress, IMRC, MRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Cancun, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058336v1</w:t>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmonic catalysis for the Suzuki–Miyaura cross-coupling reaction using palladium nanoflowers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Diana Dragoe</w:t>
+                <w:t xml:space="preserve">Mono- and bimetallic Gold-Silver nanoparticles stabilized by calix[8]arenes: radiolytic synthesis, characterizations and applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId558" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Martini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Abdellah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Huc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Workshop on Metallic Nano-Objects, MNO 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">3rd World Chemistry Conference and Exhibition (WCCE-2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294343v1</w:t>
+            <w:hyperlink r:id="rId556" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mobile Charge-Carriers in Photoactive Materials followed by Time Resolved Microwave Conductivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Advanced Sciences, ICAS,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Hourgada, Egypte, Unknown Region</w:t>
+              <w:t xml:space="preserve">5th Momentom Workshop Materials for Energy: Characterization and Operando Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058345v1</w:t>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04281313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId386" w:history="1">
+                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId553" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Floresyona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Mendes Marinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ghosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SP7 - 7th International Conference on Semiconductor Photochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Milano, Italy</w:t>
+              <w:t xml:space="preserve">International Symposium on Radiation &amp; Radioisotope Researches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Jeongeup-si, Corée., Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058342v1</w:t>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoparticles and radiolysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light (Plenary lecture)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Xiaojiao Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Floresyona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mendes Marinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées annuelles du GDR NanoOperando</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Amiens, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Solar Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Kobe, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294366v1</w:t>
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge-carrier dynamics in photoactive TiO2 plasmonic core–shell nanostructures and photonic films followed by TRMC</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Plasmonic catalysis for the Suzuki–Miyaura cross-coupling reaction using palladium nanoflowers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iyad Sarhid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Abdellah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Martini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Huc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dragoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 24th International Conference on Semiconductor Photocatalysis &amp; Solar Energy Conversion (SPASEC-24)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Niagara Falls, Canada</w:t>
+              <w:t xml:space="preserve">4th International Workshop on Metallic Nano-Objects, MNO 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058334v1</w:t>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoparticles and radiolysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId386" w:history="1">
+                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Remita</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Floresyona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mendes Marinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR NanoOperando</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Amiens, France</w:t>
+              <w:t xml:space="preserve">C'Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058347v1</w:t>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photocatalyst designed in core-shell or three-dimensional nanostructurefor enhanced photon-to-conversion efficiency for Hydrogen production</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Colbeau-Justin</w:t>
+                <w:t xml:space="preserve">Nanoparticles and radiolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Advances in Functional Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Los angeles, CA, United States</w:t>
+              <w:t xml:space="preserve">Journées annuelles du GDR NanoOperando</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04485232v1</w:t>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Floresyona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mendes Marinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès C'Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Dijon, France</w:t>
+              <w:t xml:space="preserve">International Conference on Advanced Sciences, ICAS,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Hourgada, Egypte, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId484" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04294361v1</w:t>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiolytic synthesis of Gold-Silver bimetallic nanoparticles stabilized by calix[8]arenes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Huc</w:t>
+                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Floresyona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mendes Marinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ghosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Workshop on Metallic Nano-Objects, MNO 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">SP7 - 7th International Conference on Semiconductor Photochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Milano, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04264756v1</w:t>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying Mobile Charge-Carriers in Photocatalytic Particles by Time Resolved Microwave Conductivity: Recent Developments</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Charge-carrier dynamics in photoactive TiO2 plasmonic core–shell nanostructures and photonic films followed by TRMC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Colbeau-Justin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Diress Gesesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. N. Ghazzal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Forum on New Materials (CIMTEC 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Pérouse, Italy</w:t>
+              <w:t xml:space="preserve">The 24th International Conference on Semiconductor Photocatalysis &amp; Solar Energy Conversion (SPASEC-24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Niagara Falls, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04130668v1</w:t>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmonic catalysis by gold nanoparticles (Key note)</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId386" w:history="1">
+                <w:t xml:space="preserve">Nanoparticles and radiolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Remita</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gold 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">GDR NanoOperando</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId490" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04130655v1</w:t>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Developments on Studies of Mobile Charge-Carriers in Photocatalytic Particles by Time Resolved Microwave Conductivity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hynd Remita</w:t>
+                <w:t xml:space="preserve">Photocatalyst designed in core-shell or three-dimensional nanostructurefor enhanced photon-to-conversion efficiency for Hydrogen production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. N. Ghazzal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Colbeau-Justin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Nanomaterials for Environmental Purification and Energy Conversion (SNEPEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Sapporo, Japan</w:t>
+              <w:t xml:space="preserve">International Conference on Advances in Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Los angeles, CA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04130667v1</w:t>
+            <w:hyperlink r:id="rId571" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04485232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light. Plenary session.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Nanomaterials and Nanotechnology (Nanomaterials 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Londres, Unknown Region</w:t>
+              <w:t xml:space="preserve">Congrès C'Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04130650v1</w:t>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04294361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesoporous TiO2 with chiral nematic structure obtained from sol-gel mineralisation of cellulose nanocrystal for environmental applications</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Radiolytic synthesis of Gold-Silver bimetallic nanoparticles stabilized by calix[8]arenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Lampre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Martini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Abdellah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Huc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Conference on Photochemical Conversion and Storage of Solar Energy (IPS-22)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Hefei, China</w:t>
+              <w:t xml:space="preserve">4th International Workshop on Metallic Nano-Objects, MNO 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04281307v1</w:t>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04264756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light (Key Note)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recent Developments on Studies of Mobile Charge-Carriers in Photocatalytic Particles by Time Resolved Microwave Conductivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Herissan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. Luna Barrón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId578" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.G. Méndez Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SNEPEC - Symposium on Nanomaterials for Environmental Purification and Energy Conversion</w:t>
+              <w:t xml:space="preserve">Symposium on Nanomaterials for Environmental Purification and Energy Conversion (SNEPEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Sapporo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04130646v1</w:t>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04130667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Plasmonic catalysis by gold nanoparticles (Key note)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId580" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Sarhid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Lampre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. N. Ghazzal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Colbeau-Justin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gold 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId579" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04130655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Studying Mobile Charge-Carriers in Photocatalytic Particles by Time Resolved Microwave Conductivity: Recent Developments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Herissan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. Luna Barrón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId578" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.G. Méndez Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th Forum on New Materials (CIMTEC 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Pérouse, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04130668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light. Plenary session.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Nanomaterials and Nanotechnology (Nanomaterials 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Londres, Unknown Region</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04130650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mesoporous TiO2 with chiral nematic structure obtained from sol-gel mineralisation of cellulose nanocrystal for environmental applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Getaneh Diress Gesesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li C.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colbeau-Justin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22nd International Conference on Photochemical Conversion and Storage of Solar Energy (IPS-22)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Hefei, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04281307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Radiolytic synthesis of Gold-Silver bimetallic nanoparticles stabilized by calix[8]arenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lampre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Martini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Abdellah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Abdellah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Meeting on Nanoalloys (IMN 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04264738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conjugated Polymer Nanostructures for Photocatalysis under Visible-Light (Key Note)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Floresyona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mendes Marinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SNEPEC - Symposium on Nanomaterials for Environmental Purification and Energy Conversion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Sapporo, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04130646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swollen Liquid crystals as templates for synthesis of nanomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Prouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on Radiation a Photochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2006, Pune, India</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00105736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanostructured metal synthesized in Swollen Liquid Crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Prouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2006, pp.vol. 1, 38-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00089202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Metal clusters and Nanomaterials induced by radiolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Miller Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, La Londe les Maures, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00107134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthesis of nanostructured metals in swollen lyotropic hexagonal mesophases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Apolstolescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tokumoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Prouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, p. 417-424</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00125250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthesis of nanomaterials in highly swollen liquid crystals. Organic/Inorganic Hybrid Materials-2004</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tokumoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. P. dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Kooyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005, Vol. 847, p. 107-118</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00125149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId594" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'accélérateur d'électrons picoseconde ELYSE à Orsay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Belloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId597" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Monard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mostafavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Lampre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6e Colloque sur les Sources Cohérentes et Incohérentes UV, VUV et X. Applications et Développements Récents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2002, Saint-Pierre d'Oléron, France. pp.243-245, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jp4:20030635⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId594" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00024913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'accelerateur du projet ELYSE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Marignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Belloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain H. Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-C. Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journees d'etudes sur la chimie sous rayonnements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2000, Houffalize, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00008978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper-Based Metal-Organic Framework (MOF) Nanobelt Composites for Photocatalytic Green Hydrogen Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Md Faiz Alam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Le Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alisha Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19516,113 +24459,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EU4MOFs Meeting: Bringing Academia and Industry Together</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Krakow, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId603" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05423229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper-Based Metal-Organic Framework (MOF) Nanobelt Composites for Photocatalytic Green Hydrogen Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId604" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Md Faiz Alam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Le Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alisha Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19641,1146 +24584,2363 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9èmes journées scientifiques du GDR Solar Fuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05423303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HKUST-1/TiO2 immobilization into chitosan beads for Hydrogen generation by photocatalysis Marie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Le Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alisha Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EU4MOFs Meeting: Bringing Academia and Industry Together</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Krakow, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05423324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HKUST-1/TiO2 immobilization into chitosan beads for Hydrogen generation by photocatalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Le Pivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alisha Khan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPEA12: 12th European Conference on Solar Chemistry and Photocatalysis: Energy and Environmental Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Belfast, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId607" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05423185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hydrogen Production by Photocatalysis under Solar Light: Development of Nanocomposites based on Metal Organic Frameworks (MOFs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Le Pivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisha Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th Journée Internationale des Carburants Solaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photocatalytic Performance of HKUST–1/TiO2 Composite towards Hydrogen Generation,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisha Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Green Chemistry Postgraduate Summer School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Venice, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Porous Composite Nanomaterials based on MOFs for Green Hydrogen Production by Photocatalysis,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisha Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Momentom Crongress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hydrogen Production by Photocatalysis under Solar Light: Development of Nanocomposites based on Metal Organic Frameworks (MOFs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Le Pivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisha Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th International Conference on SemiConductor Photochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Porous Composite Nanomaterials based on MOFs for green Hydrogen Production by Photocatalysis,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisha Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recent Advances in Sensors and Energy Driven Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Cergy Pontoise, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId613" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Porous Composite Nanomaterials based on MOFs for green Hydrogen Production by Photocatalysis,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisha Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Conference on Solar Chemistry and Photocatalysis: Environmental Applications, Torino,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Turin, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId613" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Porous Composite Nanomaterials based on MOFs for green Hydrogen Production by Photocatalysis,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisha Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR Solar Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Frejus (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variation of TiO2 Surface Properties for the Enhancement of Hydrogen Production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Line Risal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pasternak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Brodie-Linder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd International MOMEMTOM Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId619" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New TiO2/MxOy Nanocrystal for the Photocatalytic Decomposition of Organic Compounds by Visible Light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pasternak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Line Risal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th MOMEMTOM Workshop: Characterization and Operando Studies, Synchrotron Soleil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId619" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New TiO2/MxOy Nanocrystal for the Photocatalytic Decomposition of Organic Compounds by Visible Light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pasternak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Line Risal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hynd Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Beaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd International MOMEMTOM Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04525559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Énergies « nouvelles » et société</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Schembri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MSH Paris-Saclay Éditions, pp.184, 2021, Actes, 978-2-490369-07-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.52983/AXHC1128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03394500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Design and Fabrication of Porous Metallic Electrocatalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaovi Holade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lehoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boniface Kokoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teko W. Napporn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thandavarayan Maiyalagan; Viswanathan S. Saji. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrocatalysts for Low Temperature Fuel Cells: Fundamentals and Recent Trends</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley-VCH, pp.511-531, 2017, 9783527341320 (print) ; 9783527803873 (online). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9783527803873.ch18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04776027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId627" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthesis of nanomaterials in highly swollen liquid crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tokumoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Surendran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. P. dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Kooyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Materials Research Society. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Materials Research Society Symposium Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Materials Research Society, Vol. 847, pp. 107-118., 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId627" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00089171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Packaging with two-color visual effect for decoration or identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pluchery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Schaming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : 3325195. ICPO_TEMIC. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04496586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoparticules à libération pH dépendante pour l’incorporation de principes actifs, leur procédé de préparation et leurs utilisations thérapeutiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Salzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Menendez Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. S. Ural</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : FR2004103. ICPO_TEMIC. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04058738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoparticules « cage » pour l’incorporation d’antibiotiques</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">France, Patent n° : BFF 19P0443 - SMI/IF. ICPO_TEMIC; ICPO_GAMMA-X. 2019</w:t>
+                <w:t xml:space="preserve">Synthèse par chimie verte de nanoparticules pour la radiothérapie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId636" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. E. Salado Leza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Remita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId637" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Porcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId638" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lacombe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : FR1900008. ICPO_TEMIC. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04496569v1</w:t>
+            <w:hyperlink r:id="rId635" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04058736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse par chimie verte de nanoparticules pour la radiothérapie</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">France, Patent n° : FR1900008. ICPO_TEMIC. 2019</w:t>
+                <w:t xml:space="preserve">Nanoparticules « cage » pour l’incorporation d’antibiotiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruxandra Gref</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId631" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Salzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId640" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Menendez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId634" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId641" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Merve Ural</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : BFF 19P0443 - SMI/IF. ICPO_TEMIC; ICPO_GAMMA-X. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId520" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058736v1</w:t>
+            <w:hyperlink r:id="rId639" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04496569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse par « chimie verte » de nanoparticules composites biocompatibles à bases de nanoparticules de platine et de Metal Organic Frameworks (MOFs) pour la radiothérapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Porcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gref</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : xx. ICPO_TEMIC. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04058737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20790,144 +26950,144 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supramolecular silver nanoparticle hydrogels with controlled nanoparticle size and order</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Korin Gasia Ozkaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hynd Remita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lampre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId644" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niki Baccile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05080276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId527"/>
+      <w:footerReference w:type="default" r:id="rId645"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -21074,51 +27234,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hynd.remita@universite-paris-saclay.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fun-mooc.fr/courses/course-v1:ParisSaclay+71006+session01/about" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/journal/09263373/281/supp/C" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05362673v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Andrea M&#233;ndez-Medrano" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojiao Yuan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Dragoe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colbeau-Justin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Rodr&#237;guez L&#243;pez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma18153513" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05407946v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos R S Vicente" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila H Palharim" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela T M Xavier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner A Carvalho" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hynd Remita" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.5c08475" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05407926v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbo Liu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fourmy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxandra Gref" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-24235-w" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422668v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisha Khan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Pivert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Ranjbari" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bahena-Uribe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202501736" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028948v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korin Gasia Ozkaya" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane Darouich" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lampre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Porcar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5MH00105F" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367354v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosimo Ricci" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Maria Bauer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Humbert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2025.112704" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04994805v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05362658v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kuznetsova" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Hasse Palharim" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Helena Claudino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Javier S&#225;ez Acu&#241;a" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Frin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5nr01637a" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05362588v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Beno&#238;t" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Deschamps" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.5c02179" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05362702v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksander Senderowski" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Rutkowska-Zbik" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5c00212" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367358v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976967v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girlie Eunice Lopez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet&#8208;dung Duong" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Remita" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202407364" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476809v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaomin Yang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Porcel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marichal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Gonzalez Vargas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Khitous" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xphs.2024.02.002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679858v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Clavagu&#233;ra" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202400106" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388642v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17020364" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447912v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Abou Zeid" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Perez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bastide" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rossano" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings14010041" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645571v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Guimar&#227;es" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Bobet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cloutet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202400395" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310158v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunran Yang" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Grazon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Wang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Vallan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202315333" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367366v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mouchet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Deparis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingwei Li" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Paineau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202402211" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04303895v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riya George" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile F&#233;tiveau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Savina" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bosson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3MA00516J" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234825v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nawfal Ghazzal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202200929" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243075v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Garcia-Munoz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Valenzuela" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Wegstein" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Schanz" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41061-023-00423-y" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04303906v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Haghi-Ashtiani" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c08842" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04250715v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Men&#233;ndez-Miranda" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Alfredo Godinez-Leon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisara Amanova" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Houel-Renault" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15071787" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347866v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Kobyla&#324;ski" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Tercjak" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onur Cavdar" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2043-6262/ad095c" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250710v2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Plascencia-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elim Albiter" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2023.111541" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294251v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina Chouli" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Belkhadem-Mokhtari" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Abou-Zeid" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Saint-Martin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2022.110079" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294247v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41061-022-00388-4" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723953v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057254v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Limosani" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tagliatesta" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Elvira Maria Bauer" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leoni" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15031207" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294188v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Limosani" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Tagliatesta" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Leoni" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723945v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294252v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092690v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Beaunier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2020.119457" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294254v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c01865" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367479v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431884v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294258v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437347v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437345v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092686v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Guadalupe M&#233;ndez-Medrano" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Kowalska" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bunsho Ohtani" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bahena Uribe" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0015277" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521511v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getaneh Diress Gesesse" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bor Kae Chang" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shih-Hsuan Tai" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NR09891G" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294312v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Kobylanski" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenpeng Cui" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Li" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2020.104178" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294309v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437340v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ramos" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9TA11088G" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294269v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437323v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Salado-Leza" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Traore" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Mu&#241;oz" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9QI01475F" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437313v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Laachachi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9TA12665A" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294314v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jully Patel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mendes Marinho" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winfried Leibl" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0sc02122a" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092681v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557279v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dowek" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minh Mai L&#234;" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Rohmer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Legrand" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121040" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320934v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Gonz&#225;lez-Vargas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21051619" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437339v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294319v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320096v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Salado Leza" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Stefancikova" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Bolsa-Ferruz" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/NSA.S257392" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437321v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Abdellah" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyanka Ray" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Martini" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coppel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437349v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437343v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437337v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437402v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437404v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437342v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565496v2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Clement" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fossard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NA00111B" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437332v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294329v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399023v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20225648" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294337v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dita Floresyona" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Aubert" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Tu&#226;n Bui" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.10.002" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3TFB63C-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294331v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Endo-Kimura" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunlei Wang" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.9b00707" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316679v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyad Sarhid" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Palpant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12183012" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03658244v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323197v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunyu Li" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Habibi" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.9b01465" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009700v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Peramo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Dumas" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Yen-Nicolay" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc07803g" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399047v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294328v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CC07803G" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399064v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabi&#225;n Mart&#237;nez" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Alfaro" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Luna" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal9040338" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04216406v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399058v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anu Singh Bisht" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khuyen Hoang-Thi" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ledoux-Rak" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumur" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics7050064" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399070v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NJ06370B" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399078v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NJ02451K" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337278v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Fajerwerg" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pluchery" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399077v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srabanti Ghosh" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra Basu" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.08.034" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979489v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Neel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bachelier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NR07475E" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01747450v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7nr08457a" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399084v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia S&#225;nchez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Guadalupe M&#233;ndez Medrano" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Escobar-Barrios" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2018.01.061" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652005v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b01167" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01671655v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaovi Holade" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Servat" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tingry" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teko W. Napporn" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201700447" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553454v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Goubard" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Mathurin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2017.02.069" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X38K1F36-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01566483v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sha Li" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Marco" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu M. Refregiers" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12645-017-0028-y" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410052v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schlath&#246;lter" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Eustache" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Salado" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IJN.S99410" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01548379v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.06.169" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1ZSM30BL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01548348v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana L. Luna" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Novoseltceva" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essyllt Louarn" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2016.03.008" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491215v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lehoux" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouakou Boniface Kokoh" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b09417" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430910v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rogez" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Comtet" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Moal" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Abidi" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.045438" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979988v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Amoin Kouame" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dazzi" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat4220" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263297v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoli Wang" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Guillet" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Periasamy R. Selvakannan" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b00131" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224129v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Deniset-Besseau" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nj00826c" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250170v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep18002" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117164v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3NJ01349A" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238956v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Schaming" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13404-013-0122-9" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121563v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zibin Hai" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia El Kolli" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jos&#233;-Yacaman" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3TA11684K" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562584v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Brevet" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13404-013-0131-8" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760633v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prem Siril" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2nj40342k" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762379v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201200666" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00687283v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel P. Doherty" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Krafft" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe M&#233;thivier" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Casale" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883238v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Abidi" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pansu" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Krishnaswamy" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beaunier" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Remita" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1ra00259g" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665342v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Selvakannan" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Dumas" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2010.05.050" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00833023v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. R. Selvakannan" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanick Guillet" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp104819c" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00514226v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faygal Ksar" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geetarani Surendran" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bineta Keita" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Nadjo" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm803492j" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00514225v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faycal Ksar" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm901364w" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00514224v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prem F. Siril" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Archirel" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Etcheberry" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm9021134" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896779v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malaknaz Mirdamadi-Esfahani" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehran Mostafavi" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Kooyman" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03216587" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00127108v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Dey" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2006.09.055" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J2J0FJV7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469543v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dauzon" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mansour" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Niazi" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahim Munir" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-3697(96)00196-5" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9FBB925P-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422729v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422693v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250724v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mendez Medrano" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Yuan" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mendez Medrano M." TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rodriguez Lopez J." TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250723v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Mendez Medrano" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guadalupe Mendez Medranomaria" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bahena" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294346v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250725v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058724v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294358v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058723v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Mendez Medrano" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colbeau Justin" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04261304v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03772392v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazym Tuleushova" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Abdellah" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cornu" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoavi Holade" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058719v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xiaojiao Yuan" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. Mendez Medrano" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bahena" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Rodriguez Lopez" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058720v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jully Patel" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aukauloo" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Winfried Leibl" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294349v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294353v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04281313v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058350v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colbeau-Justin" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Li" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Diress Gesesse" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. N. Ghazzal" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058344v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Floresyona" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mendes Marinho" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ghosh" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058348v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058343v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058336v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Floresyona" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294343v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058345v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058342v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294366v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058334v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058347v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485232v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Wang" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294361v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04264756v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130668v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Herissan" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Luna Barr&#243;n" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. M&#233;ndez Medrano" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130655v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sarhid" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lampre" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130667v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130650v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04281307v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li C." TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130646v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04264738v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423229v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Faiz Alam" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423303v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423324v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423185v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03394500v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schembri" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52983/AXHC1128" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776027v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface Kokoh" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527803873.ch18" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04496586v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058738v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gref" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Salzano" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Menendez Miranda" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Ural" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Li" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04496569v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Menendez" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Merve Ural" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058736v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. E. Salado Leza" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Porcel" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacombe" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058737v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080276v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niki Baccile" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hynd.remita@universite-paris-saclay.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fun-mooc.fr/courses/course-v1:ParisSaclay+71006+session01/about" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/journal/09263373/281/supp/C" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05407926v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbo Liu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fourmy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Dragoe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hynd Remita" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxandra Gref" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-24235-w" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05407946v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos R S Vicente" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila H Palharim" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela T M Xavier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner A Carvalho" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.5c08475" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05362673v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Andrea M&#233;ndez-Medrano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojiao Yuan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colbeau-Justin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Rodr&#237;guez L&#243;pez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma18153513" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04994805v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosimo Ricci" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvira Maria Bauer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lampre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Humbert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2025.112704" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367354v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05362658v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kuznetsova" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Hasse Palharim" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Helena Claudino" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Javier S&#225;ez Acu&#241;a" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Frin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5nr01637a" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422668v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alisha Khan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Pivert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Ranjbari" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bahena-Uribe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202501736" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028948v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Korin Gasia Ozkaya" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane Darouich" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Porcar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5MH00105F" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05362588v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Beno&#238;t" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Deschamps" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.5c02179" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05362702v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksander Senderowski" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Rutkowska-Zbik" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5c00212" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367358v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976967v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girlie Eunice Lopez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet&#8208;dung Duong" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Remita" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202407364" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645571v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Guimar&#227;es" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Bobet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cloutet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202400395" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679858v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Clavagu&#233;ra" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202400106" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476809v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaomin Yang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Porcel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marichal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Gonzalez Vargas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Khitous" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xphs.2024.02.002" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447912v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Abou Zeid" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Perez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bastide" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rossano" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings14010041" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388642v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17020364" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310158v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunran Yang" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Grazon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Wang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Vallan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202315333" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367366v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mouchet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Deparis" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingwei Li" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Paineau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202402211" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04171655v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazym Tuleushova" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisara Amanova" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Abdellah" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Benoit" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13111713" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951365v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Thy Bui" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gediminas Jonusauskas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202211730" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234825v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nawfal Ghazzal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/solr.202200929" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04250712v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Plascencia-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elim Albiter" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazzal Mohamed Nawfal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inoche.2023.111541" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369326v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243075v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Garcia-Munoz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Valenzuela" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Wegstein" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Schanz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41061-023-00423-y" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305387v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04303895v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riya George" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile F&#233;tiveau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Savina" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bosson" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3MA00516J" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04303906v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Haghi-Ashtiani" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.3c08842" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294243v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04250715v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Men&#233;ndez-Miranda" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Alfredo Godinez-Leon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Houel-Renault" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15071787" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250710v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347866v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Kobyla&#324;ski" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Tercjak" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onur Cavdar" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2043-6262/ad095c" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723953v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina Chouli" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Belkhadem-Mokhtari" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Abou-Zeid" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Saint-Martin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2022.110079" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294247v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41061-022-00388-4" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294251v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03862108v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu Long Tran" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Denis" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2022.102603" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057254v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Limosani" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tagliatesta" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Elvira Maria Bauer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leoni" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15031207" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723945v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294188v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Limosani" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Tagliatesta" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Leoni" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294244v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294252v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092690v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Beaunier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2020.119457" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294254v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.1c01865" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367479v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431884v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294258v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437345v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437347v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092686v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Guadalupe M&#233;ndez-Medrano" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Kowalska" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bunsho Ohtani" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bahena Uribe" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0015277" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521511v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getaneh Diress Gesesse" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bor Kae Chang" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shih-Hsuan Tai" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NR09891G" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092681v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Kobylanski" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenpeng Cui" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Li" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2020.104178" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294314v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jully Patel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mendes Marinho" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Winfried Leibl" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0sc02122a" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320934v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Salado-Leza" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Gonz&#225;lez-Vargas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21051619" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557279v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dowek" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minh Mai L&#234;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Rohmer" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Legrand" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121040" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437323v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Traore" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Mu&#241;oz" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9QI01475F" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437313v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Laachachi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9TA12665A" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294269v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Ramos" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9TA11088G" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437339v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437340v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294309v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294312v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437321v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyanka Ray" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Martini" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coppel" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294319v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437343v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437349v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Salado Leza" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Stefancikova" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Bolsa-Ferruz" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/NSA.S257392" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03320096v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437337v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565496v2" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Clement" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Fossard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NA00111B" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437404v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437342v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294318v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437402v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294329v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03437332v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294337v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dita Floresyona" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Aubert" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Tu&#226;n Bui" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.10.002" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3TFB63C-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399023v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20225648" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294331v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Endo-Kimura" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunlei Wang" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsabm.9b00707" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009700v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Peramo" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Dumas" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Yen-Nicolay" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc07803g" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323197v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunyu Li" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Habibi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.9b01465" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294341v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabi&#225;n Mart&#237;nez" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Alfaro" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Luna" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal9040338" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294334v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294333v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyad Sarhid" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Palpant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12183012" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399047v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316679v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03658244v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294328v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CC07803G" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399064v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04216406v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399058v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anu Singh Bisht" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khuyen Hoang-Thi" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ledoux-Rak" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumur" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics7050064" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399070v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huc" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NJ06370B" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294327v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399078v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NJ02451K" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979489v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Neel" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bachelier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NR07475E" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399077v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srabanti Ghosh" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendra Basu" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.08.034" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337278v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Fajerwerg" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pluchery" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01747450v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7nr08457a" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399084v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia S&#225;nchez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Guadalupe M&#233;ndez Medrano" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Escobar-Barrios" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2018.01.061" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652005v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b01167" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01671655v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaovi Holade" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Servat" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tingry" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teko W. Napporn" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201700447" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01553454v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Goubard" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Mathurin" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2017.02.069" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X38K1F36-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01566483v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sha Li" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Marco" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu M. Refregiers" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12645-017-0028-y" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01410052v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schlath&#246;lter" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Eustache" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Salado" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/IJN.S99410" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01548379v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.06.169" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1ZSM30BL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01548348v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana L. Luna" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Novoseltceva" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essyllt Louarn" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2016.03.008" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430910v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rogez" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Comtet" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Moal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Abidi" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.045438" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491215v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lehoux" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouakou Boniface Kokoh" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b09417" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224129v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dazzi" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Deniset-Besseau" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nj00826c" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250170v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Amoin Kouame" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep18002" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263297v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoli Wang" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Guillet" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Periasamy R. Selvakannan" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b00131" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979988v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat4220" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117164v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3NJ01349A" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121563v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zibin Hai" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia El Kolli" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Jos&#233;-Yacaman" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3TA11684K" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01238956v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Schaming" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13404-013-0122-9" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03562584v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Brevet" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13404-013-0131-8" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760633v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prem Siril" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2nj40342k" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762379v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.201200666" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00687283v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel P. Doherty" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Krafft" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe M&#233;thivier" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Casale" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883238v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Abidi" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pansu" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Krishnaswamy" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beaunier" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Remita" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1ra00259g" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00833023v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. R. Selvakannan" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanick Guillet" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp104819c" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665342v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Selvakannan" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Dumas" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;choux" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2010.05.050" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00514226v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faygal Ksar" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geetarani Surendran" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bineta Keita" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Nadjo" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm803492j" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00514225v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faycal Ksar" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm901364w" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00514224v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prem F. Siril" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Archirel" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Etcheberry" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm9021134" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333505v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Surendran" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ksar" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Audonnet" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Keita" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp801703z" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896779v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malaknaz Mirdamadi-Esfahani" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehran Mostafavi" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Kooyman" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03216587" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186970v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ramos" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Prouzet" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm071672s" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00101611v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rema Krishnaswamy" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Imp&#233;ror-Clerc" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Even" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Davidson" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.200600127" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00088125v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.F. Ciril" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mbomekalle" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nadjo" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00127108v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Dey" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2006.09.055" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J2J0FJV7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020422v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.H. Souici" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Keghouche" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques A. Delaire" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mostafavi" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2006.02.013" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJNV7235-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005899v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Redjala" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Apostolescu" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thomazeau" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst:2006019" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944538v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126539v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Apolstolescu" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tokumoto" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116823v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.P. dos Santos" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Tokumoto" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourgaux" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077832v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pena dos Santos" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm0484495" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-QX3CW02H-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126542v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077923v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la047092g" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-6BLZT530-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126096v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lampre" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Balanzat" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouffard" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133474v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.200500011" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FJTC71GN-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469543v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dauzon" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mansour" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Niazi" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahim Munir" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-3697(96)00196-5" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9FBB925P-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422729v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422693v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250724v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mendez Medrano" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Yuan" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mendez Medrano M." TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rodriguez Lopez J." TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851789v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab Boukil" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525494v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525483v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250723v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Mendez Medrano" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guadalupe Mendez Medranomaria" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bahena" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294346v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250725v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430725v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lacombe" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Kereselidze" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Truillet" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058724v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03772392v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Abdellah" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cornu" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoavi Holade" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058720v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jully Patel" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aukauloo" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Winfried Leibl" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058719v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xiaojiao Yuan" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. Mendez Medrano" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bahena" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Rodriguez Lopez" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04261304v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058723v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Mendez Medrano" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colbeau Justin" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294358v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294349v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294353v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058350v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colbeau-Justin" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Li" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Diress Gesesse" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. N. Ghazzal" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058344v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Floresyona" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mendes Marinho" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ghosh" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058349v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martini" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Huc" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04281313v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058343v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058336v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Floresyona" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294343v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058348v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294366v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058345v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058342v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058334v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058347v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485232v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Wang" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294361v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04264756v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130667v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Herissan" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Luna Barr&#243;n" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. M&#233;ndez Medrano" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130655v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sarhid" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130668v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130650v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04281307v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li C." TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04264738v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130646v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105736v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089202v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107134v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125250v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125149v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. P. dos Santos" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kooyman" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024913v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Belloni" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gaillard" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Monard" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:20030635" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00008978v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Marignier" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain H. Fuchs" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Bourdon" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423229v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Faiz Alam" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423303v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423324v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423185v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526274v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526265v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526261v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526280v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526245v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526218v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526228v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525539v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Line Risal" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pasternak" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Brodie-Linder" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525547v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525559v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03394500v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schembri" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52983/AXHC1128" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776027v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boniface Kokoh" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527803873.ch18" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089171v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04496586v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058738v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gref" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Salzano" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Menendez Miranda" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. S. Ural" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Li" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058736v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. E. Salado Leza" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Porcel" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacombe" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04496569v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Menendez" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Merve Ural" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058737v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080276v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niki Baccile" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>