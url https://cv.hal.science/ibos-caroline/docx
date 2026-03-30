--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -351,165 +351,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03198102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genre et travail : une approche politique</w:t>
+                <w:t xml:space="preserve">Genre et travail une question politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude "Genre, Institut des hautes études pour la science et la technologie", Musée des Arts et Métiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude de l’Institut des hautes études pour la science et la technologie, Musée des Arts et métiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03163396v1</w:t>
+                <w:t xml:space="preserve">hal-03198695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genre et travail une question politique</w:t>
+                <w:t xml:space="preserve">Genre et travail : une approche politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude de l’Institut des hautes études pour la science et la technologie, Musée des Arts et métiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude "Genre, Institut des hautes études pour la science et la technologie", Musée des Arts et Métiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03198695v1</w:t>
+                <w:t xml:space="preserve">hal-03163396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Care</w:t>
               </w:r>
@@ -627,536 +627,536 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03163499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le travail du care : éthique et politique de la dépendance</w:t>
+                <w:t xml:space="preserve">Les gardes à domicile : une valorisation par la pratique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence dans la semaine d’étude de Vie féminine « Pour une société du soin partagé », Namur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Namur, Belgique</w:t>
+              <w:t xml:space="preserve">Colloque "Petite enfance, Regards croisés", DRESS, Ministère des Affaires Sociales et de la Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03198205v1</w:t>
+                <w:t xml:space="preserve">hal-03198299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Documentary film as critical space: performing cultural globalization in Mondovino</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les gardes à domicile : une valorisation par la pratique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Véronique Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32 nd EGOS Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Naples, Italy</w:t>
+              <w:t xml:space="preserve">Colloque "Petite enfance, Regards croisés"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DRESS, Ministère des Affaires Sociales et de la Santé, 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01490271v1</w:t>
+                <w:t xml:space="preserve">hal-03163231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crises économiques, migrations féminines et nouvelles formes de domesticités</w:t>
+                <w:t xml:space="preserve">La fabrique des déchets : une question éthique et politique au croisement des dominations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence à l’Académie d’été d’Études sur le genre, "Le travail des femmes en temps de crise"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Rennes 2,, 2016, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude GIS Genre, Maison des sciences sociales Paris-Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03163109v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03163184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’art, un laboratoire pour le care ? Une enquête à partir de travaux d’artistes féministes</w:t>
+                <w:t xml:space="preserve">Crises économiques, migrations féminines et nouvelles formes de domesticités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international, "L’éthique du care : nouvelles questions, nouvelles frontières"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LEGS, Paris, 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Conférence à l’Académie d’été d’Études sur le genre, "Le travail des femmes en temps de crise"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Rennes 2,, 2016, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03163065v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03163109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les gardes à domicile : une valorisation par la pratique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Documentary film as critical space: performing cultural globalization in Mondovino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Debenedetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Perret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque "Petite enfance, Regards croisés"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DRESS, Ministère des Affaires Sociales et de la Santé, 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">32 nd EGOS Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03163231v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01490271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fabrique des déchets : une question éthique et politique au croisement des dominations</w:t>
+                <w:t xml:space="preserve">Le travail du care : éthique et politique de la dépendance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude GIS Genre, Maison des sciences sociales Paris-Nord</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Conférence dans la semaine d’étude de Vie féminine « Pour une société du soin partagé », Namur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Namur, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03163184v1</w:t>
+                <w:t xml:space="preserve">hal-03198205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les gardes à domicile : une valorisation par la pratique</w:t>
+                <w:t xml:space="preserve">L’art, un laboratoire pour le care ? Une enquête à partir de travaux d’artistes féministes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque "Petite enfance, Regards croisés", DRESS, Ministère des Affaires Sociales et de la Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international, "L’éthique du care : nouvelles questions, nouvelles frontières"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LEGS, Paris, 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03198299v1</w:t>
+                <w:t xml:space="preserve">hal-03163065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conciliation vie privée/vie professionnelle : le cas des femmes artistes</w:t>
               </w:r>
@@ -1274,648 +1274,648 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03163302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Métiers du care et division du travail</w:t>
+                <w:t xml:space="preserve">Performance politique et créations ordinaires des ouvrières mobilisées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de recherche "S’approprier le care : entre subversion, inclusion et régulation sociale"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, sous la direction de Rozenn Le Berre et Alice Lancelle, Université de Lille, Centre d’éthique médicale, 2015, Lille, France</w:t>
+              <w:t xml:space="preserve">Colloque international "Art, genre et restructurations industrielles. Pratiques artistiques et mobilisations ouvrières", dans le cadre de l’ANR ABRIR, « L’art pour repenser les mutations critiques des organisations »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACTE, Université Paris-Panthéon-Sorbonne, Université Paris-Dauphine-CNRS, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03162743v1</w:t>
+                <w:t xml:space="preserve">hal-03162792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La production de l’enfant et la place des rapports de sexe dans les approches intersectionnelles</w:t>
+                <w:t xml:space="preserve">Le travail domestique : les enjeux d’une délégation sans fin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « La production de l’enfant », Haute Ecole du travail social et de la santé, Lausanne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Lausanne, Suisse</w:t>
+              <w:t xml:space="preserve">Journée d’étude "Féminisme et travail domestique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRISSO, Université Paris-Dauphine,, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03187069v1</w:t>
+                <w:t xml:space="preserve">hal-03163057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le travail domestique : les enjeux d’une délégation sans fin</w:t>
+                <w:t xml:space="preserve">Métiers du care et division du travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude "Féminisme et travail domestique"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IRISSO, Université Paris-Dauphine,, 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire de recherche "S’approprier le care : entre subversion, inclusion et régulation sociale"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, sous la direction de Rozenn Le Berre et Alice Lancelle, Université de Lille, Centre d’éthique médicale, 2015, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03163057v1</w:t>
+                <w:t xml:space="preserve">hal-03162743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voir l’invisibilité sociale</w:t>
+                <w:t xml:space="preserve">La production de l’enfant et la place des rapports de sexe dans les approches intersectionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire "Esthétique et sciences sociales"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, sous la direction de Françoise Parfait et Jacinto Lageira, Institut ACTE, Université Paris 1 Panthéon- Sorbonne, 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international « La production de l’enfant », Haute Ecole du travail social et de la santé, Lausanne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03162769v1</w:t>
+                <w:t xml:space="preserve">hal-03187069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance politique et créations ordinaires des ouvrières mobilisées</w:t>
+                <w:t xml:space="preserve">Voir l’invisibilité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international "Art, genre et restructurations industrielles. Pratiques artistiques et mobilisations ouvrières", dans le cadre de l’ANR ABRIR, « L’art pour repenser les mutations critiques des organisations »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACTE, Université Paris-Panthéon-Sorbonne, Université Paris-Dauphine-CNRS, 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire "Esthétique et sciences sociales"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, sous la direction de Françoise Parfait et Jacinto Lageira, Institut ACTE, Université Paris 1 Panthéon- Sorbonne, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03162792v1</w:t>
+                <w:t xml:space="preserve">hal-03162769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Art et care : croisements de regards, croisements de pratiques</w:t>
+                <w:t xml:space="preserve">Les artistes féministes et l’éthique du care, 1968-2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque International "Art&amp;Care", Université Paris 1-Panthéon-Sorbonne / Institut ACTE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Congrès International des Études de Genre en France, ENS Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03180090v1</w:t>
+                <w:t xml:space="preserve">hal-03180050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’intersectionnalité en pratique : genre, classe, race</w:t>
+                <w:t xml:space="preserve">L’artiste comme travailleur du care, subversion des “métiers modestes“ et des “professions prétentieuses“</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire "Genre et sexualité : enquêtes et méthodes d’enquête", EHESS, Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international "Art&amp;Services", Salines d’Arc-et-Senans – Cité des utopies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Arc-et-Senans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03180017v1</w:t>
+                <w:t xml:space="preserve">hal-03179659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les artistes féministes et l’éthique du care, 1968-2013</w:t>
+                <w:t xml:space="preserve">L’intersectionnalité en pratique : genre, classe, race</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès International des Études de Genre en France, ENS Lyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Lyon, France</w:t>
+              <w:t xml:space="preserve">Séminaire "Genre et sexualité : enquêtes et méthodes d’enquête", EHESS, Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03180050v1</w:t>
+                <w:t xml:space="preserve">hal-03180017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’artiste comme travailleur du care, subversion des “métiers modestes“ et des “professions prétentieuses“</w:t>
+                <w:t xml:space="preserve">Art et care : croisements de regards, croisements de pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international "Art&amp;Services", Salines d’Arc-et-Senans – Cité des utopies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Arc-et-Senans, France</w:t>
+              <w:t xml:space="preserve">Colloque International "Art&amp;Care", Université Paris 1-Panthéon-Sorbonne / Institut ACTE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03179659v1</w:t>
+                <w:t xml:space="preserve">hal-03180090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genre et néolibéralisme</w:t>
               </w:r>
@@ -2554,165 +2554,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03102006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La masculinité disqualifiée des chiffonniers, au croisement du genre et de la subordination sociale (1830-1880)</w:t>
+                <w:t xml:space="preserve">”Lundi matin, après la Révolution qui s’occupera des poubelles ?”. Mierle Laderman Ukeles et l’art comme laboratoire du care</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
+              <w:t xml:space="preserve">Cahiers du Genre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03117480v1</w:t>
+                <w:t xml:space="preserve">hal-03117456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">”Lundi matin, après la Révolution qui s’occupera des poubelles ?”. Mierle Laderman Ukeles et l’art comme laboratoire du care</w:t>
+                <w:t xml:space="preserve">La masculinité disqualifiée des chiffonniers, au croisement du genre et de la subordination sociale (1830-1880)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers du Genre</w:t>
+              <w:t xml:space="preserve">Travail, genre et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03117456v1</w:t>
+                <w:t xml:space="preserve">hal-03117480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le care, catégorie des sciences sociales : un état des travaux</w:t>
               </w:r>
@@ -3950,51 +3950,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7DD41393"/>
+    <w:nsid w:val="CD4C20F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4181,51 +4181,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ibos-caroline" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3700-5422" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/158875958" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05122292v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clyde Plumauzille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibos Caroline" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03198102v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Caseau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ibos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163396v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03198695v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163452v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163499v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03198205v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490271v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Debenedetti" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Perret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163109v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163065v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163231v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163184v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03198299v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03198167v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163302v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03162743v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03187069v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163057v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03162769v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03162792v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03180090v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03180017v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03180050v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03179659v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03180032v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03180065v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03179761v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855694v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jobard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Amilhat Szary" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gallot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Gu&#233;nif-Souilamas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.114.0173" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077783v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Damamme" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efthymia Makridou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.072.0005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333707v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms1.274.0195" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102006v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Claire" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.16440" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03117480v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03117456v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03117467v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03192751v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02020942v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Schmidt" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mourey" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bobadilla" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.033.0045" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401570v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03128955v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03495880v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036192v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaille" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Aubry" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03216809v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Molinier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Paperman" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcb.paper.2019.01" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03131187v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03140085v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03140114v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03140126v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ibos-caroline" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3700-5422" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/158875958" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05122292v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clyde Plumauzille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibos Caroline" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03198102v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Caseau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ibos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03198695v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163396v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163452v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163499v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03198299v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163231v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163184v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163109v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490271v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Debenedetti" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Perret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03198205v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163065v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03198167v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163302v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03162792v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03163057v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03162743v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03187069v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03162769v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03180050v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03179659v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03180017v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03180090v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03180032v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03180065v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03179761v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855694v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jobard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Amilhat Szary" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Gallot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Gu&#233;nif-Souilamas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/commu.114.0173" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077783v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Damamme" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efthymia Makridou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.072.0005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04333707v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms1.274.0195" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102006v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Claire" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.16440" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03117456v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03117480v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03117467v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03192751v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02020942v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Schmidt" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mourey" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bobadilla" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.033.0045" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401570v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03128955v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03495880v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036192v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaille" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Aubry" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03216809v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Molinier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Paperman" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lcb.paper.2019.01" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03131187v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03140085v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03140114v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03140126v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>