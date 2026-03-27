--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -106,295 +106,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence and Characteristics of Sleep Apnea in Intensive Care Unit Survivors After SARS-CoV-2 Pneumonia</w:t>
+                <w:t xml:space="preserve">Interactive Voice Response Service to Improve High School Students Covid-19 Literacy in Burkina Faso: A Usability Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ibrahim Traore</w:t>
+                <w:t xml:space="preserve">Michel J. Some</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Eberst</w:t>
+                <w:t xml:space="preserve">Ismaila Ouedraogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fréderic Claudé</w:t>
+                <w:t xml:space="preserve">Roland Benedikter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Laurent</w:t>
+                <w:t xml:space="preserve">Rasmane Yameogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelia Meurisse</w:t>
+                <w:t xml:space="preserve">Ghislain Atemezing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature and Science of Sleep</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 14 (4), pp.2213-2225. </w:t>
+              <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Advances in Informatics, Management and Technology in Healthcare, 295, pp.454-457. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2147/NSS.S377946⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/shti220763⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05097752v1</w:t>
+                <w:t xml:space="preserve">hal-03722162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactive Voice Response Service to Improve High School Students Covid-19 Literacy in Burkina Faso: A Usability Study</w:t>
+                <w:t xml:space="preserve">Prevalence and Characteristics of Sleep Apnea in Intensive Care Unit Survivors After SARS-CoV-2 Pneumonia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel J. Some</w:t>
+                <w:t xml:space="preserve">Ibrahim Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ismaila Ouedraogo</w:t>
+                <w:t xml:space="preserve">Guillaume Eberst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Benedikter</w:t>
+                <w:t xml:space="preserve">Fréderic Claudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rasmane Yameogo</w:t>
+                <w:t xml:space="preserve">Lucie Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghislain Atemezing</w:t>
+                <w:t xml:space="preserve">Aurelia Meurisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Advances in Informatics, Management and Technology in Healthcare, 295, pp.454-457. </w:t>
+              <w:t xml:space="preserve">Nature and Science of Sleep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (4), pp.2213-2225. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/shti220763⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2147/NSS.S377946⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03722162v1</w:t>
+                <w:t xml:space="preserve">hal-05097752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -406,329 +406,329 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRACT : A Transformer and Statistical Framework for Anomaly Detection in Multivariate Non-stationary Time Series</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A Multi-LLM Agent System for Modular Ontology Population: A Case Study on ADHD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yassine Belmabrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Imen Megdiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Rahman H. Tawil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Marquet-Doléac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 18th International Conference on Agents and Artificial Intelligence</w:t>
+              <w:t xml:space="preserve">International Conference on Agents and Artificial Intelligence (ICAART 2026)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2026, Marbella, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05403848v1</w:t>
+                <w:t xml:space="preserve">hal-05427201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multi-LLM Agent System for Modular Ontology Population: A Case Study on ADHD</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">TRACT : A Transformer and Statistical Framework for Anomaly Detection in Multivariate Non-stationary Time Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Megdiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Marquet-Doléac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdel-Rahman H. Tawil</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Agents and Artificial Intelligence (ICAART 2026)</w:t>
+              <w:t xml:space="preserve">the 18th International Conference on Agents and Artificial Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2026, Marbella, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05427201v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05403848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Hybrid Deep Learning and Ontology-Based Framework for Contextual Hyperactivity Detection in Children with ADHD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Megdiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Marquet-Doléac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Conference on Model and Data Engineering (MEDI 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, CAIRE, Egypt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -753,90 +753,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Semantic Framework for the Contextual Interpretation of ADHD Symptom Manifestations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel-Rahman H. Tawil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Vlachos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Megdiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Marquet-Doléac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -887,90 +887,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inférence bayésienne pour l'estimation des paramètres des erreurs de reconstruction à l'aide d'une distribution gamma multivariée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Megdiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Marquet-Doléac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXe Colloque Francophone de Traitement du Signal et des Images (GRETSI’25)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, STRASBOURG, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1008,77 +1008,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A cross-validation approach for classifying physical activity intensity: a case study in children with attention deficit/hyperactivity disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Traoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Megdiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Marquet-Doleac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th ACS/IEEE International Conference on Computer Systems and Applications (AICCSA 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Dec 2023, Giza, Egypt. pp.1-8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1125,51 +1125,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A machine learning technique for device non-wear detection in children with ADHD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Traoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Megdiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Marquet-Doleac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1510,51 +1510,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097752v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Traore" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Eberst" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Claud&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Laurent" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Meurisse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/NSS.S377946" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722162v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel J. Some" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismaila Ouedraogo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Benedikter" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmane Yameogo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Atemezing" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/shti220763" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403848v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Megdiche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Marquet-Dol&#233;ac" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Chaari" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427201v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Belmabrouk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Rahman H. Tawil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403795v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403830v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Vlachos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marquet-Dol&#233;ac" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3731443.3771356" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403949v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414203v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Traor&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marquet-Doleac" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA59173.2023.10479317" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338230v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Cha&#226;ri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144308v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. M. J. Some" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Teguera" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Traore" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Yameogo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayo Diallo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722162v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel J. Some" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismaila Ouedraogo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Benedikter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasmane Yameogo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Atemezing" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/shti220763" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05097752v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Traore" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Eberst" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Claud&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Laurent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Meurisse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/NSS.S377946" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427201v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Belmabrouk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Megdiche" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Rahman H. Tawil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Marquet-Dol&#233;ac" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403848v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Chaari" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403795v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403830v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Vlachos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marquet-Dol&#233;ac" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3731443.3771356" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403949v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414203v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Traor&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marquet-Doleac" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA59173.2023.10479317" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338230v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Cha&#226;ri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144308v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. M. J. Some" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Teguera" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Traore" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Yameogo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayo Diallo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>