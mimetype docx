--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Isabelle Chrisment </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Supervised Latent Representations of Network Flows and Application to Darknet Traffic Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Zakroum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Ghogho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.90749-90765. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3263206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Network Telescopes and Inferring Anomalous Traffic Through the Prediction of Probing Rates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Zakroum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Ghogho</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2022.3183497⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03933462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Assessment of Process Mining for Supporting IoT Predictive Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Hemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Abderrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (1), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2020.3038172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03019862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitigating TCP Protocol Misuse With Programmable Data Planes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Laraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihabur Rahman Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (1), pp.760-774. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2021.3054528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03480222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empowering Mobile Crowdsourcing Apps with User Privacy Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Meftah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rouvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.15. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpdc.2020.07.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparent and Service-Agnostic Monitoring of Encrypted Web Traffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Brissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16 (3), pp.842-856. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2019.2933155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316644v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed Monitoring Strategy for Detecting Version Number Attacks in RPL-Based Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (2), pp.472 - 486. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2017.2705290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Taxonomy of Attacks in RPL-based Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of network security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (3), pp.459 - 473. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6633/IJNS.201605.18(3).07⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitigation of Topological Inconsistency Attacks in RPL based Low Power Lossy Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anuj Sehgal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Schönwälder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Network Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nem.1898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Pedophile Activity in Different P2P Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Latapy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Magnien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Special Issue on Contemporary Developments in Child Protection, 3 (3), pp.314-325. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/socsci3030314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01052773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and mitigation of localized attacks in a widely deployed P2P network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer-to-Peer Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Special Issue on Experimental Evaluation of Peer-to-Peer Applications, 6 (2), pp.155-174. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12083-012-0137-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00786438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Group Key Management in MANETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of network security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Volume 6 (Numéro 1), pp. 67-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00167843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobility-Awareness in Group Key Management Protocols within MANETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 61 (9-10), pp.1151-1173. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF03219886⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00105923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion efficace de la sécurité des communications de groupe pour le service SSM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vijay Varadharajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Schaff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 23 (9), pp.1107-1135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (80)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Taxonomy Vulnerability Classification with Hierarchically Finetuned Language Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Terranova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Rekbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">To appear at DIMVA 2026 - Conference on Detection of Intrusions and Malware and Vulnerability Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2026, Chania, Crete, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable and Generalizable RL Agents for Attack Path Discovery via Continuous Invariant Spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Terranova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 28th International Symposium on Research in Attacks, Intrusions and Defenses (RAID)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Gold Coast, Australia. pp.440-457, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RAID67961.2025.00029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TATA: Benchmark NIDS Test Sets Assessment and Targeted Augmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Anser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daishi Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESORICS 2025 - 30th European Symposium on Research in Computer Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05148383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfiguration of Distributed Cooperative Microgrid Control Systems via Deep Reinforcement Learning to Mitigate Synchronization Attacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Kpoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingxiao Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Degila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE International Conference on Communications, Control, and Computing Technologies for Smart Grids (SmartGridComm)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, North York, Canada. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SmartGridComm65349.2025.11204592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05349594v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SDN-Based Reconfiguration of Distributed and Cooperative Microgrid Control Systems for Mitigating Synchronization Attacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Kpoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Degila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Cyber Security and Resilience (CSR 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, London, France. pp.789-794, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSR61664.2024.10679389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated Machine Learning Configuration to Learn Intrusion Detectors on Attack-Free Datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Anser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 49th Conference on Local Computer Networks (LCN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Normandy, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCN60385.2024.10639690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SDN-based Mitigation of Synchronization Attacks on Distributed and Cooperative Controls in Microgrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Kpoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Degila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2024-2024 IEEE Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Seoul, South Korea. pp.1-3, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS59830.2024.10575853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging Deep Reinforcement Learning for Cyber-Attack Paths Prediction: Formulation, Generalization, and Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Terranova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 27th International Symposium on Research in Attacks, Intrusions and Defenses (RAID 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Padua, Italy. pp.1-16, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3678890.3678902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auto-tuning of Hyper-parameters for Detecting Network Intrusions via Meta-learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Anser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2023 - IEEE/IFIP Network Operations and Management Symposium (NOMS) - AnNet workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE; IFIP, May 2023, Miami, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS56928.2023.10154381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04180417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting Multi-Step Attacks: A Modular Approach for Programmable Data Plane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Laraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihabur Rahman Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS2022 - IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ensemble Learning-Based Architecture for Security Detection in IoT Infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Hemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Abderrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNSM 2021 - 17th International Conference on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Izmir (Virtual), Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03460779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Process Mining Tool for Supporting IoT Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Hemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2020 - IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Process Mining Approach for Supporting IoT Predictive Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Hemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2020 - IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defeating Protocol Abuse with P4: Application to Explicit Congestion Notification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Laraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihabur Rahman Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IFIP Networking Conference (Networking)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02993199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encrypted HTTP/2 Traffic Monitoring: Standing the Test of Time and Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Brissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WIFS2020 - IEEE International Workshop on Information Forensics and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, New-York/Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WIFS49906.2020.9360895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03032578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capturing Privacy-preserving User Contexts with IndoorHash</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Meftah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rouvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DAIS 2020 - 20th IFIP International Conference on Distributed Applications and Interoperable Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Valletta, Malta. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-50323-9_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting a Stealthy Attack in Distributed Control for Microgrids using Machine Learning Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingxiao Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd IEEE International Conference on Industrial Cyber-Physical Systems (ICPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Tampere (online), Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02980115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of Synchronization Attacks on Distributed and Cooperative Control in Microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingxiao Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IM 2019 - The 16th IFIP/IEEE Symposium on Integrated Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FOUGERE: User-Centric Location Privacy in Mobile Crowdsourcing Apps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Meftah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rouvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DAIS 2019 - 19th IFIP International Conference on Distributed Applications and Interoperable Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Kongens Lyngby, Denmark. pp.116-132, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-22496-7_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing Nearby Peer-to-Peer Mobile Apps at Large</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Meftah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rouvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOBILESoft 2019 - 6th IEEE/ACM International Conference on Mobile Software Engineering and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passive Monitoring of HTTPS Service Use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Brissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNSM'18 - 14th International Conference on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rome, Italy. pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943936v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AndroFleet: Testing WiFi Peer-to-Peer Mobile Apps in the Large</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Meftah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rouvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASE 2017 - 32nd IEEE/ACM International Conference on Automated Software Engineering </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Urbana-Champaign, Illinois, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01574466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation and Evaluation of a Controller-Based Forwarding Scheme for NDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Silverston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AINA 2017 - IEEE 31st International Conference on Advanced Information Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Mar 2017, Taipei, Taiwan. pp.144 - 151, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AINA.2017.83⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving SNI-based HTTPS Security Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M. Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second IEEE International Workshop on Security Testing and Monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE International Conference on Distributed Computing Systems (ICDCS), Jun 2016, Nara, Japan. pp.6, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCSW.2016.21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green Growth in NDN: Deployment of Content Stores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Silverston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LANMAN 2016 - IEEE International Symposium on Local and Metropolitan Area Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jun 2016, Rome, Italy. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LANMAN.2016.7548850⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01405820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the RPL Protocol for Supporting Passive Monitoring in the Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anuj Sehgal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Schönwälder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Smartphone Application Usage Logs with Declared Sociological Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vassili Rivron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Irfan Khan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Charneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SocialCom 2016 - 9th IEEE International Conference on Social Computing and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2016, Atlanta, United States. pp.266-273, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BDCloud-SocialCom-SustainCom.2016.49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01378795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting Version Number Attacks in RPL-based Networks using a Distributed Monitoring Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP/In Assoc. with ACM SIGCOMM International Conference on Network and Service Management (CNSM'16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montreal, Canada. pp.9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01399432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-Level Framework to Identify HTTPS Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M. Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE/IFIP, Apr 2016, Istanbul, Turkey. p240-248, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS.2016.7502818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01273160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Croissance Verte dans NDN: Déploiement des Content Stores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Silverston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2016 - 18èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRCS: protocole de routage pour CCN basé sur SDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Silverston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2015 — 17èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Beaune, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the Anonymous I2P Network's Design Choices Against Performance and Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICISSP 2015 - Proceedings of the 1st International Conference on Information Systems Security and Privacy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SciTePress, Feb 2015, Angers, France. pp.46-55, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005226600460055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01238453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refining smartphone usage analysis by combining crowdsensing and survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vassili Rivron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Irfan Khan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Charneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PerCom Workshops 2015 - 2nd IEEE International Workshop on Crowd Assisted Sensing Pervasive Systems and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, St Louis, United States. pp.366-371, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PERCOMW.2015.7134065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01154975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Study of RPL DODAG Version Attacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anuj Sehgal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Schönwälder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IFIP International Conference on Autonomous Infrastructure, Management and Security (AIMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Brno, Czech Republic. pp.92-104, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-43862-6_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de risques appliquée aux réseaux RPL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anuj Sehgal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Conférence sur la Sécurité des Architectures Réseaux et des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Saint-Germain-Au-Mont-d'Or, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addressing DODAG inconsistency attacks in RPL networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anuj Sehgal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Schönwälder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Information Infrastructure and Networking Symposium (GIIS), 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Montreal, QC, Canada. pp.1 - 8, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GIIS.2014.6934253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Anonymous P2P File-Sharing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE P2P 2013 - Poster Session</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and Security for the Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Autonomous Infrastructure (AIMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Barcelona, Spain. pp.37-40, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-38998-6_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00876216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Content Availability in the I2P Anonymous File-Sharing Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 4th International Symposium on Cyberspace Safety and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Melbourne, Australia. pp.77-92, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-35362-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I2P's Usage Characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traffic Monitoring and Analysis - TMA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bird's Eye View on the I2P Anonymous File-sharing Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 6th International Conference on Network and System Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Wu Yi Shan, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Content Pollution Quantification in Large P2P networks : a Measurement Study on KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Montassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">P2P 2011 - 11th IEEE International Conference on Peer-to-Peer Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Communications Society, Aug 2011, Kyoto, Japan. pp.30-33, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/P2P.2011.6038658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00619965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When KAD meets BitTorrent - Building a Stronger P2P Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HotP2P 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Anchorage, ALASKA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00595086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection d'attaques dans les réseaux pair à pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Montassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Workshop du Groupement d'Intérêt Scientifique «Surveillance, Sûreté, Sécurité des Grands Systèmes» (GIS-3SGS'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02611044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BitTorrent's Mainline DHT Security Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NTMS - 4th IFIP International Conference on New Technologies, Mobility and Security - 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TELECOM ParisTECH, CNRS/LIMOS Laboratory, LIP6, Feb 2011, Paris, France. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NTMS.2011.5721044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00577043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection de pairs suspects dans le réseau pair à pair KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAR-SSI 2011 - 6ème conférence sur la Sécurité des Architectures Réseaux et Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2011, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00596677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and Controlling Content Access in KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Communications - ICC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2010, Capetown, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00490347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient DHT attack mitigation through peers' ID distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seventh International Workshop on Hot Topics in Peer-to-Peer Systems - HotP2P 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE International Parallel &amp; Distributed Processing Symposium, Apr 2010, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00490509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Sybil Attacks Protection Schemes in KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Autonomous Infrastructure, Management and Security - AIMS 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Twente, Jun 2009, Enschede, Netherlands. pp.70-82, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-02627-0_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00405381v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UML Modeling and Formal Verification of Secure Group Communication Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Saqui-Sannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Villemur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Fontan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara del Socorro Mota Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second IEEE International workshop UML and Formal Methods - UML&amp;FM'2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00447668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une architecture de honeypots distribués pour superviser le réseau P2P KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Conférence Internationale sur Les NOuvelles TEchnologies de la REpartition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Québec à Montréal, Jun 2009, Montréal, Canada. pp.76-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00405771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un mécanisme de révocation distribué et adaptatif pour les réseaux pair-à-pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JDIR 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Villeneuve d'Ascq, France. pp.87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed and Adaptive Revocation Mechanism for P2P networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICN 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Cancun, Mexico. pp. 290-295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision de la procédure de renumérotation IPv6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JTR 2008 - IPv6: Réalité et Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00338200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring the Neighbor Discovery Protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Second International Workshop on IPv6 Today - Technology and Deployment - IPv6TD 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Guadeloupe/French Caribbean, Guadeloupe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00153558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Management Platform for Tracking Cyber Predators in Peer-to-Peer Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu State</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Second International Conference on Internet Monitoring and Protection - ICIMP 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Santa Clara, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00153620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the security of VoIP Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humberto Abdelnur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu State</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Popi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Tenth IFIP/IEEE International Symposium on Integrated Network Management - IM 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Communication Society, May 2007, Munich, Germany. pp.373-382</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00148363v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage Multicast et Mobilité IPv6 dans la plate-forme pair-à-pair JDukeBox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Conférence Internationale sur les NOuvelles TEchnologies de la REpartition - NOTERE'2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Toulouse/France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Monitoring Approach for Safe IPv6 Renumbering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPv6 Today - Technology and Deployment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Bucharest/Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00106170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Group Key Management Protocol in MANETs using the Multipoint Relaying Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Networking - ICN 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Ile maurice, pp.64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00090141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Verification of Key Management Architecture for Hierarchical Group Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Chridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vigneron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sécurité et Architecture des Réseaux - SAR 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Seignosse/France, pp.381-397</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00090165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Clustering for Multicast Key Distribution in MANETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NETWORKING 2005: 4th International IFIP-TC6 Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Waterloo/Canada, p. 138-153, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/b136094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité et Multicast Ipv6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Delove</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Journées Réseaux - JRES 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Marseille/France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte de la mobilité dans le protocole de gestion de clé de groupe BALADE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Conference on Security and Network Architectures - SAR 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Batz sur Mer/France, pp.263-274</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balade : diffusion multicast sécurisée d'un flux multimédia multi-sources séquentielles dans un environnement ad hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bruneton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Francophone sur l'Ingénierie des Protocoles - CFIP 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Bordeaux/France, pp.531--546</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Enhanced Hybrid Key Management Protocol for Secure Multicast in Ad Hoc Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International IFIP-TC6 Networking conference - NETWORKING 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Athènes, Grèce, pp.725-742</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes d'Authentification pour les Communications de Groupes : Taxonomie et Evaluation dans un environnement Ad Hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Conférence sur la Sécurité et Architectures Réseaux - SAR'2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, La Londe, Côte d'Azur, France, pp.197-208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00107781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension de l'architecture active AMAM pour le support des services de sécurité multicast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassen Sallay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Francophone sur la Gestion de Réseaux Et de Services - GRES'2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2003, Fortaleza, Ceara, Brésil, 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00107646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context Driven Access Control to SNMP MIB objects in multi-homed environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu State</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14 th IEEE International workshop on Distributed Systems: Operations and Management - DSOM'2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Heidelberg, Germany, 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00107661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S-SSM : Sécurisation d'une architecture SSM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Francophone sur l'Ingénierie des Protocoles - CFIP'2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Montréal, Canada, 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils pour l'expérimentation des technologies de l'informatique ambiante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ciarletta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès DNAC : De Nouvelles Architectures pour les communications - DNAC'2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2002, Paris, France, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Secure SSM Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Networks - ICON'2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Singapore, 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espaces Virtuels Privés Intelligents : VPSS (Virtual Private Smart Space)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ciarletta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Ait Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème rencontre francophone sur Sécurité et Architecture Réseaux - SAR'2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2002, Marrakech, Maroc, 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal Specifications, TTCN and executable test cases for main IPv6 protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelghani Benharref</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Dssouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zineb Berbich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Communication Software Engineering - IWCSE'2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2002, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Group communication Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Schaff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 6th IEEE Symposium on Computers and Communications - ISCC'01</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2001, Hammamet, Tunisia, 9 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Group Key Management Protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Schaff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Methods, Models and Architectures for Computer Networks Security International Workshop - MMM-ACNS'2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2001, St Petersburg, Russia, 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secure Multicasting Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Schaff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Computer Congres 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2000, Trente, Italie, 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baal : Sécurisation des communications de groupes dynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Schaff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Francophone sur l'Ingénierie des Protocoles - CFIP 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Toulouse, France, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration du support IPv6 dans l'environnement de supervision de réseaux actif ANAIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane d'Alu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chelius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Francophone sur l'Ingénierie des Protocoles - CFIP 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Toulouse, France, 16 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision et contrôle dans les réseaux actifs : Une nécessité à la mise en oeuvre et au déploiement dans les réseaux de télécommunication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu State</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Colloque Francophone sur la Gestion de Réseaux et Services - GRES'99</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Montréal, Canada, 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00098822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Reinforcement Learning for Automated Cyber-Attack Path Prediction in Communication Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Terranova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geilo Winter School 2024 - Graphs and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Geilo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fighting against paedophile activities in the KAD P2P network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in the Analysis of Online Paedophile Activity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Paris, France. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00405636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un mécanisme de révocation orienté services pour les réseaux P2P</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESCOM 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Saint-Jean-Cap-Ferrat, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00338389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TMA 2019 - Proceedings of the 3rd Network Traffic Measurement and Analysis Conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Tabourier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keun-Woo Lim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network Traffic Measurement and Analysis Conference, TMA 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France. IEEE, 2019, 978-3-903176-17-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing the Dynamics of Networks and Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alva Couch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Waldburger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, LNCS-6734, 2011, Lecture Notes in Computer Science, 978-3-642-21483-7. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-21484-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00628157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faiblesses de l'identification dans les espaces numériques ouverts de partage de contenus : le cas des réseaux pair-à-pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Paul Pinte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement, préservation et diffusion des identités numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès - Lavoisier, 2014, Traité des sciences et techniques de l'information</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01052851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key Management in Ad-Hoc Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hakima Chaouchi and Maryline Laurent-Maknavicius. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless and Mobile Networks Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Ltd and John Wiley &amp; Sons Inc, pp.525-563, 2009, 978-1848211179. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9780470611883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00434423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de clés dans les réseaux ad hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermes science. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La sécurité dans les réseaux sans fil et mobiles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, volume 3, Lavoisier, pp.139-181, 2007, Réseaux et Télécoms IC2, 978-2-7462-1699-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00167822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infrastructures pour le multimédia : ALF et les réseaux actifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Andrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">W; Dabbous. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sytèmes multimédia communicants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermes, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIB (Management Information Base) pour IPv6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Cizault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPv6: Théorie et pratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, O'Reilly, 325 p, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00098857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HTTPS Traffic Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01392838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NDPMon: ARPwatch pour IPv6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00337578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision IPv6 - Applications Spécifiques - NDPMon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00170761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Network Encapsulation Protocol (ANEP) Extension for IPv6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane d'Alu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilités de la DHT de BitTorrent & Identification des comportements malveillants dans KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2011, pp.49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00644151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection et quantification de la pollution dans le réseau P2P KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Montassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2011, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00644174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HAMACK: a Honeynet Architecture against MAlicious Contents in KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6994, INRIA. 2009, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00406477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPv4 to IPv6 Transition Engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] RT-0344, INRIA. 2007, pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00169993v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPv6 Neighbor Discovery Protocol based OS fingerprinting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] RT-0345, INRIA. 2007, pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00169990v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPv6 Renumbering - Security and Monitoring. D3.1 - Monitoring Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] 2007, pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00170636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPv6 Renumbering - Security and Monitoring. D1.1 - Scenarios and avoidance procedures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] 2006, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPv6 Renumbering - Security and Monitoring. D2.1 - Rules rewriting. D2.2 NetConf integration.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] 2006, pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPv6 Renumbering - Security and Monitoring. D1.2 - Functional Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] 2006, pp.21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L4.3 : Identification et mise en oeuvre des outils de simulation et vérification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Bouabdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Saqui-Sannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara del Socorro Mota Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2006, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L4.1 : Validation fonctionnelle de l'architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Fontan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Saqui-Sannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara del Socorro Mota Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation de BALADE Protocole de gestion de clés de groupe dans les réseaux ad hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RR-5896, INRIA. 2006, pp.71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00071372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L3.2 : Etat de l'art des protocoles de gestion des clés dans les communications de groupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Bouabdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hani Ragab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Livrable L3.2, 2005, pp.47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L3.1 : Rapport sur l'analyse des algorithmes de cryptographie multicast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Adib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Bouabdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hani Ragab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Livrable L3.1, 2005, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L3.3 : Définition d'un protocole de gestion de clé de groupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Bouabdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hani Ragab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Livrable L3.3, 2005, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffusion multicast sécurisée dans un environnement Ad-Hoc (1 vers n séquentiel)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RR-5310, INRIA. 2004, pp.47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00070690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etat de l'art des protocoles d'authentification dans les communications de groupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Bouabdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Challal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] A04-R-250 || bouabdallah04b, 2004, 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L4.02 : Sécurité et Réseaux Ad Hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Raffo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] A04-R-045 || bouassida04a, INRIA. 2004, 35 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formalisation et test d'IPv6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelghani Benharref</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zineb Berbich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Dssouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] A03-R-465 || benharref03a, 2003, 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context Driven Access Control to SNMP MIB objects in multi-homed environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu State</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Intern report] A03-R-042 || state03d, 2003, 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00107739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition de Projet MADYNES : Supervision des réseaux et services dynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Andrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Guyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Nataf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Interne] A03-R-020 || festor03a, 2003, 54 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00107736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implémentation d'un prototype du protocole Baal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Interne] A01-R-393 || lahmadi01a, 2001, 31 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux programmables 1.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RR-3913, INRIA. 2000, pp.73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00072740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailored Protocol Development Using ESTEREL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Castelluccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Dabbous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Diot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Huitema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-2374, INRIA. 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00074302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maîtrise de la dynamique dans l'Internet -- de l'adaptation des protocoles à la sécurité des services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réseaux et télécommunications [cs.NI]. Université Henri Poincaré - Nancy I, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00010870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IP Multicast Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Bouabdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécurisation des communications de groupes dynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux programmables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00098982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous CyberBattleSim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Terranova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:0b32c22ea0771c26604e38728ab090df6469c4aa;origin=https://github.com/terranovafr/C-CyberBattleSim;visit=swh:1:snp:bc5aa14f7d947bec6111c51264e58ec506eeedac;anchor=swh:1:rev:7374c32b6711bb0e9b6d5fcd94d4eacc034c07cb⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05194047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId276"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Isabelle Chrisment </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Supervised Latent Representations of Network Flows and Application to Darknet Traffic Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Zakroum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Ghogho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.90749-90765. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3263206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Network Telescopes and Inferring Anomalous Traffic Through the Prediction of Probing Rates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Zakroum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Ghogho</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2022.3183497⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03933462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative Assessment of Process Mining for Supporting IoT Predictive Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Hemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Abderrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (1), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2020.3038172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03019862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitigating TCP Protocol Misuse With Programmable Data Planes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Laraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihabur Rahman Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (1), pp.760-774. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2021.3054528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03480222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empowering Mobile Crowdsourcing Apps with User Privacy Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Meftah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rouvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Parallel and Distributed Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.15. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpdc.2020.07.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparent and Service-Agnostic Monitoring of Encrypted Web Traffic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Brissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 16 (3), pp.842-856. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2019.2933155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316644v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed Monitoring Strategy for Detecting Version Number Attacks in RPL-Based Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (2), pp.472 - 486. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSM.2017.2705290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Taxonomy of Attacks in RPL-based Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of network security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 18 (3), pp.459 - 473. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6633/IJNS.201605.18(3).07⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitigation of Topological Inconsistency Attacks in RPL based Low Power Lossy Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anuj Sehgal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Schönwälder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Network Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/nem.1898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Pedophile Activity in Different P2P Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Latapy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Magnien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Special Issue on Contemporary Developments in Child Protection, 3 (3), pp.314-325. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/socsci3030314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01052773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection and mitigation of localized attacks in a widely deployed P2P network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer-to-Peer Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Special Issue on Experimental Evaluation of Peer-to-Peer Applications, 6 (2), pp.155-174. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12083-012-0137-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00786438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Group Key Management in MANETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of network security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Volume 6 (Numéro 1), pp. 67-79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00167843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobility-Awareness in Group Key Management Protocols within MANETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 61 (9-10), pp.1151-1173. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF03219886⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00105923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion efficace de la sécurité des communications de groupe pour le service SSM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vijay Varadharajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Schaff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 23 (9), pp.1107-1135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (80)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-Taxonomy Vulnerability Classification with Hierarchically Finetuned Language Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Terranova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Rekbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">To appear at DIMVA 2026 - Conference on Detection of Intrusions and Malware and Vulnerability Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2026, Chania, Crete, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable and Generalizable RL Agents for Attack Path Discovery via Continuous Invariant Spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Terranova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 28th International Symposium on Research in Attacks, Intrusions and Defenses (RAID)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Gold Coast, Australia. pp.440-457, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RAID67961.2025.00029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05182437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TATA: Benchmark NIDS Test Sets Assessment and Targeted Augmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Anser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daishi Kondo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESORICS 2025 - 30th European Symposium on Research in Computer Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05148383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfiguration of Distributed Cooperative Microgrid Control Systems via Deep Reinforcement Learning to Mitigate Synchronization Attacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Kpoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingxiao Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Degila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE International Conference on Communications, Control, and Computing Technologies for Smart Grids (SmartGridComm)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, North York, Canada. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SmartGridComm65349.2025.11204592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05349594v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SDN-Based Reconfiguration of Distributed and Cooperative Microgrid Control Systems for Mitigating Synchronization Attacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Kpoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Degila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Cyber Security and Resilience (CSR 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, London, France. pp.789-794, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSR61664.2024.10679389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automated Machine Learning Configuration to Learn Intrusion Detectors on Attack-Free Datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Anser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE 49th Conference on Local Computer Networks (LCN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Normandy, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LCN60385.2024.10639690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SDN-based Mitigation of Synchronization Attacks on Distributed and Cooperative Controls in Microgrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Kpoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Degila</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2024-2024 IEEE Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Seoul, South Korea. pp.1-3, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS59830.2024.10575853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leveraging Deep Reinforcement Learning for Cyber-Attack Paths Prediction: Formulation, Generalization, and Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Terranova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 27th International Symposium on Research in Attacks, Intrusions and Defenses (RAID 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Padua, Italy. pp.1-16, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3678890.3678902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auto-tuning of Hyper-parameters for Detecting Network Intrusions via Meta-learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Anser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2023 - IEEE/IFIP Network Operations and Management Symposium (NOMS) - AnNet workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE; IFIP, May 2023, Miami, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS56928.2023.10154381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04180417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting Multi-Step Attacks: A Modular Approach for Programmable Data Plane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Laraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihabur Rahman Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS2022 - IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Ensemble Learning-Based Architecture for Security Detection in IoT Infrastructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Hemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Abderrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNSM 2021 - 17th International Conference on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Izmir (Virtual), Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03460779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Process Mining Approach for Supporting IoT Predictive Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Hemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2020 - IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defeating Protocol Abuse with P4: Application to Explicit Congestion Notification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abir Laraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihabur Rahman Chowdhury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raouf Boutaba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 IFIP Networking Conference (Networking)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02993199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Process Mining Tool for Supporting IoT Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Hemmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOMS 2020 - IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encrypted HTTP/2 Traffic Monitoring: Standing the Test of Time and Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Brissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WIFS2020 - IEEE International Workshop on Information Forensics and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, New-York/Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WIFS49906.2020.9360895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03032578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capturing Privacy-preserving User Contexts with IndoorHash</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Meftah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rouvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DAIS 2020 - 20th IFIP International Conference on Distributed Applications and Interoperable Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Valletta, Malta. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-50323-9_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting a Stealthy Attack in Distributed Control for Microgrids using Machine Learning Algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingxiao Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd IEEE International Conference on Industrial Cyber-Physical Systems (ICPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Tampere (online), Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02980115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing Nearby Peer-to-Peer Mobile Apps at Large</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Meftah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rouvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOBILESoft 2019 - 6th IEEE/ACM International Conference on Mobile Software Engineering and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of Synchronization Attacks on Distributed and Cooperative Control in Microgrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingxiao Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IM 2019 - The 16th IFIP/IEEE Symposium on Integrated Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FOUGERE: User-Centric Location Privacy in Mobile Crowdsourcing Apps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Meftah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rouvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DAIS 2019 - 19th IFIP International Conference on Distributed Applications and Interoperable Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Kongens Lyngby, Denmark. pp.116-132, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-22496-7_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passive Monitoring of HTTPS Service Use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Olivier Brissaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Francois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bettan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNSM'18 - 14th International Conference on Network and Service Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rome, Italy. pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01943936v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation and Evaluation of a Controller-Based Forwarding Scheme for NDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Silverston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AINA 2017 - IEEE 31st International Conference on Advanced Information Networking and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Mar 2017, Taipei, Taiwan. pp.144 - 151, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AINA.2017.83⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01616234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AndroFleet: Testing WiFi Peer-to-Peer Mobile Apps in the Large</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lakhdar Meftah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Rouvoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASE 2017 - 32nd IEEE/ACM International Conference on Automated Software Engineering </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Urbana-Champaign, Illinois, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01574466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green Growth in NDN: Deployment of Content Stores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Silverston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LANMAN 2016 - IEEE International Symposium on Local and Metropolitan Area Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Jun 2016, Rome, Italy. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LANMAN.2016.7548850⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01405820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the RPL Protocol for Supporting Passive Monitoring in the Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anuj Sehgal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Schönwälder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01247297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Smartphone Application Usage Logs with Declared Sociological Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vassili Rivron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Irfan Khan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Charneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SocialCom 2016 - 9th IEEE International Conference on Social Computing and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Oct 2016, Atlanta, United States. pp.266-273, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BDCloud-SocialCom-SustainCom.2016.49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01378795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting Version Number Attacks in RPL-based Networks using a Distributed Monitoring Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP/In Assoc. with ACM SIGCOMM International Conference on Network and Service Management (CNSM'16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montreal, Canada. pp.9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01399432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-Level Framework to Identify HTTPS Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M. Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/IFIP Network Operations and Management Symposium (NOMS 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE/IFIP, Apr 2016, Istanbul, Turkey. p240-248, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NOMS.2016.7502818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01273160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Croissance Verte dans NDN: Déploiement des Content Stores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Silverston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2016 - 18èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving SNI-based HTTPS Security Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M. Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second IEEE International Workshop on Security Testing and Monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE International Conference on Distributed Computing Systems (ICDCS), Jun 2016, Nara, Japan. pp.6, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDCSW.2016.21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01349710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRCS: protocole de routage pour CCN basé sur SDN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Silverston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALGOTEL 2015 — 17èmes Rencontres Francophones sur les Aspects Algorithmiques des Télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Beaune, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01147508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the Anonymous I2P Network's Design Choices Against Performance and Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICISSP 2015 - Proceedings of the 1st International Conference on Information Systems Security and Privacy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SciTePress, Feb 2015, Angers, France. pp.46-55, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0005226600460055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01238453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refining smartphone usage analysis by combining crowdsensing and survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vassili Rivron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Irfan Khan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Charneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PerCom Workshops 2015 - 2nd IEEE International Workshop on Crowd Assisted Sensing Pervasive Systems and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, St Louis, United States. pp.366-371, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/PERCOMW.2015.7134065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01154975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Study of RPL DODAG Version Attacks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anuj Sehgal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Schönwälder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th IFIP International Conference on Autonomous Infrastructure, Management and Security (AIMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Brno, Czech Republic. pp.92-104, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-662-43862-6_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de risques appliquée aux réseaux RPL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anuj Sehgal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Conférence sur la Sécurité des Architectures Réseaux et des Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Saint-Germain-Au-Mont-d'Or, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01091008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addressing DODAG inconsistency attacks in RPL networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anuj Sehgal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Schönwälder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Information Infrastructure and Networking Symposium (GIIS), 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Montreal, QC, Canada. pp.1 - 8, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/GIIS.2014.6934253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01090986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Anonymous P2P File-Sharing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE P2P 2013 - Poster Session</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00915618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and Security for the Internet of Things</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthéa Mayzaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Autonomous Infrastructure (AIMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Barcelona, Spain. pp.37-40, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-38998-6_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00876216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Content Availability in the I2P Anonymous File-Sharing Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 4th International Symposium on Cyberspace Safety and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Melbourne, Australia. pp.77-92, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-35362-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I2P's Usage Characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traffic Monitoring and Analysis - TMA 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bird's Eye View on the I2P Anonymous File-sharing Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 6th International Conference on Network and System Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Wu Yi Shan, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Content Pollution Quantification in Large P2P networks : a Measurement Study on KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Montassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">P2P 2011 - 11th IEEE International Conference on Peer-to-Peer Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Communications Society, Aug 2011, Kyoto, Japan. pp.30-33, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/P2P.2011.6038658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00619965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection d'attaques dans les réseaux pair à pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Montassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Workshop du Groupement d'Intérêt Scientifique «Surveillance, Sûreté, Sécurité des Grands Systèmes» (GIS-3SGS'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02611044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When KAD meets BitTorrent - Building a Stronger P2P Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HotP2P 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Anchorage, ALASKA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00595086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BitTorrent's Mainline DHT Security Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NTMS - 4th IFIP International Conference on New Technologies, Mobility and Security - 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TELECOM ParisTECH, CNRS/LIMOS Laboratory, LIP6, Feb 2011, Paris, France. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/NTMS.2011.5721044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00577043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection de pairs suspects dans le réseau pair à pair KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Hénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SAR-SSI 2011 - 6ème conférence sur la Sécurité des Architectures Réseaux et Systèmes d'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2011, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00596677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient DHT attack mitigation through peers' ID distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seventh International Workshop on Hot Topics in Peer-to-Peer Systems - HotP2P 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE International Parallel &amp; Distributed Processing Symposium, Apr 2010, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00490509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and Controlling Content Access in KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Communications - ICC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, May 2010, Capetown, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00490347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UML Modeling and Formal Verification of Secure Group Communication Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Saqui-Sannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Villemur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Fontan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara del Socorro Mota Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second IEEE International workshop UML and Formal Methods - UML&amp;FM'2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00447668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une architecture de honeypots distribués pour superviser le réseau P2P KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Conférence Internationale sur Les NOuvelles TEchnologies de la REpartition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Québec à Montréal, Jun 2009, Montréal, Canada. pp.76-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00405771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Sybil Attacks Protection Schemes in KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Autonomous Infrastructure, Management and Security - AIMS 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Twente, Jun 2009, Enschede, Netherlands. pp.70-82, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-02627-0_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00405381v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un mécanisme de révocation distribué et adaptatif pour les réseaux pair-à-pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JDIR 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Villeneuve d'Ascq, France. pp.87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Distributed and Adaptive Revocation Mechanism for P2P networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICN 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Cancun, Mexico. pp. 290-295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00323990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision de la procédure de renumérotation IPv6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JTR 2008 - IPv6: Réalité et Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00338200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring the Neighbor Discovery Protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Second International Workshop on IPv6 Today - Technology and Deployment - IPv6TD 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Guadeloupe/French Caribbean, Guadeloupe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00153558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Management Platform for Tracking Cyber Predators in Peer-to-Peer Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu State</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Second International Conference on Internet Monitoring and Protection - ICIMP 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Santa Clara, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00153620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the security of VoIP Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humberto Abdelnur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu State</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Popi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Tenth IFIP/IEEE International Symposium on Integrated Network Management - IM 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE Communication Society, May 2007, Munich, Germany. pp.373-382</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00148363v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Couplage Multicast et Mobilité IPv6 dans la plate-forme pair-à-pair JDukeBox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Delove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Conférence Internationale sur les NOuvelles TEchnologies de la REpartition - NOTERE'2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Toulouse/France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Monitoring Approach for Safe IPv6 Renumbering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPv6 Today - Technology and Deployment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2006, Bucharest/Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00106170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Group Key Management Protocol in MANETs using the Multipoint Relaying Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Networking - ICN 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Ile maurice, pp.64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00090141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Verification of Key Management Architecture for Hierarchical Group Protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najah Chridi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vigneron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sécurité et Architecture des Réseaux - SAR 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Seignosse/France, pp.381-397</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00090165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Clustering for Multicast Key Distribution in MANETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NETWORKING 2005: 4th International IFIP-TC6 Networking Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Waterloo/Canada, p. 138-153, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/b136094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité et Multicast Ipv6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Delove</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Journées Réseaux - JRES 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Marseille/France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte de la mobilité dans le protocole de gestion de clé de groupe BALADE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Conference on Security and Network Architectures - SAR 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Batz sur Mer/France, pp.263-274</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balade : diffusion multicast sécurisée d'un flux multimédia multi-sources séquentielles dans un environnement ad hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bruneton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Francophone sur l'Ingénierie des Protocoles - CFIP 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Bordeaux/France, pp.531--546</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Enhanced Hybrid Key Management Protocol for Secure Multicast in Ad Hoc Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International IFIP-TC6 Networking conference - NETWORKING 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Athènes, Grèce, pp.725-742</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes d'Authentification pour les Communications de Groupes : Taxonomie et Evaluation dans un environnement Ad Hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Conférence sur la Sécurité et Architectures Réseaux - SAR'2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, La Londe, Côte d'Azur, France, pp.197-208</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00107781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context Driven Access Control to SNMP MIB objects in multi-homed environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu State</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14 th IEEE International workshop on Distributed Systems: Operations and Management - DSOM'2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Heidelberg, Germany, 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00107661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension de l'architecture active AMAM pour le support des services de sécurité multicast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassen Sallay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Francophone sur la Gestion de Réseaux Et de Services - GRES'2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2003, Fortaleza, Ceara, Brésil, 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00107646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outils pour l'expérimentation des technologies de l'informatique ambiante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ciarletta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès DNAC : De Nouvelles Architectures pour les communications - DNAC'2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2002, Paris, France, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Secure SSM Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Networks - ICON'2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Singapore, 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espaces Virtuels Privés Intelligents : VPSS (Virtual Private Smart Space)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ciarletta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Ait Ali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème rencontre francophone sur Sécurité et Architecture Réseaux - SAR'2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2002, Marrakech, Maroc, 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal Specifications, TTCN and executable test cases for main IPv6 protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelghani Benharref</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Dssouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zineb Berbich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Communication Software Engineering - IWCSE'2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2002, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S-SSM : Sécurisation d'une architecture SSM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Francophone sur l'Ingénierie des Protocoles - CFIP'2002</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2002, Montréal, Canada, 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Group communication Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Schaff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 6th IEEE Symposium on Computers and Communications - ISCC'01</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2001, Hammamet, Tunisia, 9 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Group Key Management Protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Schaff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Methods, Models and Architectures for Computer Networks Security International Workshop - MMM-ACNS'2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2001, St Petersburg, Russia, 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baal : Sécurisation des communications de groupes dynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Schaff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Francophone sur l'Ingénierie des Protocoles - CFIP 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Toulouse, France, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration du support IPv6 dans l'environnement de supervision de réseaux actif ANAIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane d'Alu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chelius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Francophone sur l'Ingénierie des Protocoles - CFIP 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2000, Toulouse, France, 16 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secure Multicasting Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Schaff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Computer Congres 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2000, Trente, Italie, 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision et contrôle dans les réseaux actifs : Une nécessité à la mise en oeuvre et au déploiement dans les réseaux de télécommunication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu State</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Colloque Francophone sur la Gestion de Réseaux et Services - GRES'99</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Montréal, Canada, 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00098822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Reinforcement Learning for Automated Cyber-Attack Path Prediction in Communication Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Terranova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geilo Winter School 2024 - Graphs and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Geilo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fighting against paedophile activities in the KAD P2P network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in the Analysis of Online Paedophile Activity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Paris, France. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00405636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un mécanisme de révocation orienté services pour les réseaux P2P</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RESCOM 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Saint-Jean-Cap-Ferrat, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00338389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TMA 2019 - Proceedings of the 3rd Network Traffic Measurement and Analysis Conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Secci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Tabourier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keun-Woo Lim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network Traffic Measurement and Analysis Conference, TMA 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France. IEEE, 2019, 978-3-903176-17-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing the Dynamics of Networks and Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alva Couch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Badonnel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Waldburger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Springer, LNCS-6734, 2011, Lecture Notes in Computer Science, 978-3-642-21483-7. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-21484-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00628157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faiblesses de l'identification dans les espaces numériques ouverts de partage de contenus : le cas des réseaux pair-à-pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Paul Pinte. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement, préservation et diffusion des identités numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermès - Lavoisier, 2014, Traité des sciences et techniques de l'information</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01052851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Key Management in Ad-Hoc Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hakima Chaouchi and Maryline Laurent-Maknavicius. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless and Mobile Networks Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISTE Ltd and John Wiley &amp; Sons Inc, pp.525-563, 2009, 978-1848211179. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9780470611883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00434423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de clés dans les réseaux ad hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermes science. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La sécurité dans les réseaux sans fil et mobiles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, volume 3, Lavoisier, pp.139-181, 2007, Réseaux et Télécoms IC2, 978-2-7462-1699-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00167822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infrastructures pour le multimédia : ALF et les réseaux actifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Andrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">W; Dabbous. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sytèmes multimédia communicants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermes, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MIB (Management Information Base) pour IPv6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gisèle Cizault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPv6: Théorie et pratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, O'Reilly, 325 p, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00098857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HTTPS Traffic Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wazen M Shbair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01392838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NDPMon: ARPwatch pour IPv6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00337578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supervision IPv6 - Applications Spécifiques - NDPMon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00170761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Network Encapsulation Protocol (ANEP) Extension for IPv6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane d'Alu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilités de la DHT de BitTorrent & Identification des comportements malveillants dans KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Timpanaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2011, pp.49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00644151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détection et quantification de la pollution dans le réseau P2P KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Montassier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Doyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rida Khatoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2011, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00644174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HAMACK: a Honeynet Architecture against MAlicious Contents in KAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Cholez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6994, INRIA. 2009, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00406477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPv6 Neighbor Discovery Protocol based OS fingerprinting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] RT-0345, INRIA. 2007, pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00169990v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPv6 Renumbering - Security and Monitoring. D3.1 - Monitoring Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] 2007, pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00170636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPv4 to IPv6 Transition Engine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] RT-0344, INRIA. 2007, pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00169993v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPv6 Renumbering - Security and Monitoring. D1.2 - Functional Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] 2006, pp.21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPv6 Renumbering - Security and Monitoring. D2.1 - Rules rewriting. D2.2 NetConf integration.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] 2006, pp.38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPv6 Renumbering - Security and Monitoring. D1.1 - Scenarios and avoidance procedures.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contract] 2006, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L4.3 : Identification et mise en oeuvre des outils de simulation et vérification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Bouabdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Saqui-Sannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara del Socorro Mota Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2006, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L4.1 : Validation fonctionnelle de l'architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Fontan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de Saqui-Sannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara del Socorro Mota Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00113244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation de BALADE Protocole de gestion de clés de groupe dans les réseaux ad hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RR-5896, INRIA. 2006, pp.71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00071372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L3.1 : Rapport sur l'analyse des algorithmes de cryptographie multicast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Adib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Bouabdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hani Ragab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Livrable L3.1, 2005, pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L3.2 : Etat de l'art des protocoles de gestion des clés dans les communications de groupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Bouabdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hani Ragab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Livrable L3.2, 2005, pp.47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L3.3 : Définition d'un protocole de gestion de clé de groupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Bouabdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hani Ragab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] Livrable L3.3, 2005, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00000602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffusion multicast sécurisée dans un environnement Ad-Hoc (1 vers n séquentiel)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RR-5310, INRIA. 2004, pp.47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00070690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etat de l'art des protocoles d'authentification dans les communications de groupe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Bouabdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yacine Challal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] A04-R-250 || bouabdallah04b, 2004, 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L4.02 : Sécurité et Réseaux Ad Hoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Guyot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Raffo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] A04-R-045 || bouassida04a, INRIA. 2004, 35 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context Driven Access Control to SNMP MIB objects in multi-homed environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radu State</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Intern report] A03-R-042 || state03d, 2003, 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00107739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formalisation et test d'IPv6</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelghani Benharref</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zineb Berbich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Salah Bouassida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Dssouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Contrat] A03-R-465 || benharref03a, 2003, 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport contrat/projet)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposition de Projet MADYNES : Supervision des réseaux et services dynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Andrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Guyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Nataf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Interne] A03-R-020 || festor03a, 2003, 54 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00107736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implémentation d'un prototype du protocole Baal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Interne] A01-R-393 || lahmadi01a, 2001, 31 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux programmables 1.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] RR-3913, INRIA. 2000, pp.73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00072740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailored Protocol Development Using ESTEREL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Castelluccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Dabbous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Diot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Huitema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-2374, INRIA. 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00074302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maîtrise de la dynamique dans l'Internet -- de l'adaptation des protocoles à la sécurité des services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réseaux et télécommunications [cs.NI]. Université Henri Poincaré - Nancy I, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00010870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IP Multicast Security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmadjid Bouabdallah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00099883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sécurisation des communications de groupes dynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghassan Chaddoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00100976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux programmables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Festor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00098982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous CyberBattleSim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franco Terranova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkader Lahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Chrisment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:0b32c22ea0771c26604e38728ab090df6469c4aa;origin=https://github.com/terranovafr/C-CyberBattleSim;visit=swh:1:snp:bc5aa14f7d947bec6111c51264e58ec506eeedac;anchor=swh:1:rev:7374c32b6711bb0e9b6d5fcd94d4eacc034c07cb⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05194047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId276"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04396021v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Zakroum" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fran&#231;ois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Ghogho" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chrisment" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3263206" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03933462v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Francois" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2022.3183497" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03019862v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Hemmer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abderrahim" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Badonnel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2020.3038172" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03480222v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Laraba" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihabur Rahman Chowdhury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Boutaba" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2021.3054528" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02910246v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Meftah" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rouvoy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2020.07.011" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02316644v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Brissaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cholez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bettan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2019.2933155" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01630840v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anth&#233;a Mayzaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2017.2705290" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01207859v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6633/IJNS.201605.18(3).07" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01207843v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anuj Sehgal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Sch&#246;nw&#228;lder" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nem.1898" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01052773v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fournier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Latapy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Magnien" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/socsci3030314" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00786438v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Festor" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Doyen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12083-012-0137-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00167843v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Salah Bouassida" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105923v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03219886" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZBSHH864-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100182v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Chaddoud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Varadharajan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Schaff" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500820v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Terranova" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Rekbi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Lahmadi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182437v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RAID67961.2025.00029" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148383v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Anser" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daishi Kondo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349594v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kpoze" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingxiao Ma" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Degila" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SmartGridComm65349.2025.11204592" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04709268v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSR61664.2024.10679389" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754391v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCN60385.2024.10639690" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04703920v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS59830.2024.10575853" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662428v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3678890.3678902" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04180417v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS56928.2023.10154381" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03689476v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03460779v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Badonnel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02625712v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02402986v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02993199v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032578v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WIFS49906.2020.9360895" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02541391v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50323-9_2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02980115v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389307v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02121311v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-22496-7_8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02059088v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01943936v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01574466v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gomez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616234v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elian Aubry" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Silverston" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AINA.2017.83" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01349710v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wazen M. Shbair" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCSW.2016.21" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405820v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LANMAN.2016.7548850" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01247297v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01378795v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili Rivron" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Irfan Khan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Charneau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BDCloud-SocialCom-SustainCom.2016.49" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01399432v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01273160v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS.2016.7502818" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304444v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147508v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01238453v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Timpanaro" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005226600460055" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01154975v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PERCOMW.2015.7134065" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01090993v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43862-6_12" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01091008v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01090986v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GIIS.2014.6934253" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00915618v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00876216v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38998-6_4" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00744922v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35362-8" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00744902v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00744919v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00619965v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montassier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Khatoun" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/P2P.2011.6038658" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00595086v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02611044v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00577043v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NTMS.2011.5721044" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00596677v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher H&#233;nard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00490347v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00490509v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00405381v2" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02627-0_6" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447668v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Saqui-Sannes" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Villemur" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fontan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara del Socorro Mota Gonzalez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00405771v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323940v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323990v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338200v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Beck" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00153558v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00153620v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu State" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00148363v2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Abdelnur" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Popi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113204v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delove" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00106170v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00090141v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00090165v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najah Chridi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vigneron" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000595v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b136094" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113641v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delove" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000597v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000596v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bruneton" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100257v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107781v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107646v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Sallay" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107661v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100800v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100934v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ciarletta" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099434v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100935v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ait Ali" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100963v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Benharref" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Dssouli" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Berbich" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100447v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100484v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099068v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099069v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099203v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane d'Alu" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chelius" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098822v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462876v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00405636v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00338389v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296177v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Secci" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Fiore" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Tabourier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keun-Woo Lim" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00628157v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alva Couch" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Waldburger" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21484-4" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01052851v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00434423v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470611883" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00167822v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099362v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Andrey" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098857v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01392838v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wazen M Shbair" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00337578v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00170761v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099228v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00644151v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00644174v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00406477v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00169993v3" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00169990v3" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00170636v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113215v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113225v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113221v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113243v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Bouabdallah" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113244v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071372v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000601v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Ragab" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000600v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Adib" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000602v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070690v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100022v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Challal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100249v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guyot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Legrand" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Raffo" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099471v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107739v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107736v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Guyard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nataf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100705v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072740v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074302v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Castelluccia" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Dabbous" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Diot" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Huitema" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00010870v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099883v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100976v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098982v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05194047v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:0b32c22ea0771c26604e38728ab090df6469c4aa;origin=https://github.com/terranovafr/C-CyberBattleSim;visit=swh:1:snp:bc5aa14f7d947bec6111c51264e58ec506eeedac;anchor=swh:1:rev:7374c32b6711bb0e9b6d5fcd94d4eacc034c07cb" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04396021v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Zakroum" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fran&#231;ois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Ghogho" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chrisment" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3263206" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03933462v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Francois" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2022.3183497" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03019862v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Hemmer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abderrahim" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Badonnel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2020.3038172" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03480222v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Laraba" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihabur Rahman Chowdhury" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouf Boutaba" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2021.3054528" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02910246v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Meftah" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rouvoy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpdc.2020.07.011" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02316644v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Brissaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cholez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bettan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2019.2933155" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01630840v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anth&#233;a Mayzaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSM.2017.2705290" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01207859v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6633/IJNS.201605.18(3).07" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01207843v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anuj Sehgal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Sch&#246;nw&#228;lder" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nem.1898" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01052773v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Fournier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Latapy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Magnien" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/socsci3030314" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00786438v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Festor" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Doyen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12083-012-0137-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00167843v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Salah Bouassida" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105923v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03219886" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZBSHH864-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100182v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Chaddoud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Varadharajan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Schaff" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500820v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Terranova" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Rekbi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Lahmadi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182437v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RAID67961.2025.00029" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148383v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Anser" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daishi Kondo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349594v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kpoze" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingxiao Ma" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Degila" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SmartGridComm65349.2025.11204592" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04709268v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSR61664.2024.10679389" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754391v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCN60385.2024.10639690" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04703920v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS59830.2024.10575853" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662428v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3678890.3678902" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04180417v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS56928.2023.10154381" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03689476v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03460779v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Badonnel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02402986v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02993199v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02625712v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032578v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WIFS49906.2020.9360895" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02541391v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50323-9_2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02980115v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02059088v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389307v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02121311v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-22496-7_8" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01943936v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616234v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elian Aubry" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Silverston" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AINA.2017.83" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01574466v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gomez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01405820v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LANMAN.2016.7548850" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01247297v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01378795v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili Rivron" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Irfan Khan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Charneau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BDCloud-SocialCom-SustainCom.2016.49" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01399432v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01273160v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wazen M. Shbair" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NOMS.2016.7502818" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304444v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01349710v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDCSW.2016.21" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147508v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01238453v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Timpanaro" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005226600460055" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01154975v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PERCOMW.2015.7134065" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01090993v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-43862-6_12" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01091008v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01090986v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GIIS.2014.6934253" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00915618v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00876216v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38998-6_4" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00744922v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35362-8" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00744902v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00744919v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00619965v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montassier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rida Khatoun" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/P2P.2011.6038658" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02611044v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00595086v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00577043v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NTMS.2011.5721044" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00596677v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher H&#233;nard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00490509v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00490347v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00447668v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Saqui-Sannes" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Villemur" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fontan" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara del Socorro Mota Gonzalez" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00405771v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00405381v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02627-0_6" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323940v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00323990v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338200v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Beck" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00153558v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00153620v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu State" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00148363v2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Humberto Abdelnur" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Popi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113204v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delove" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00106170v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00090141v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00090165v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najah Chridi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vigneron" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000595v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b136094" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113641v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delove" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000597v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000596v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bruneton" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100257v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107781v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107661v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107646v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Sallay" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100934v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ciarletta" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099434v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100935v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ait Ali" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100963v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelghani Benharref" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Dssouli" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Berbich" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100800v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100447v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100484v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099069v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099203v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane d'Alu" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chelius" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fleury" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099068v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098822v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462876v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00405636v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00338389v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296177v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Secci" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Fiore" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Tabourier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keun-Woo Lim" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00628157v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alva Couch" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Waldburger" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21484-4" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01052851v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00434423v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470611883" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00167822v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099362v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Andrey" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098857v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01392838v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wazen M Shbair" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00337578v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00170761v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099228v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00644151v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00644174v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00406477v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00169990v3" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00170636v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00169993v3" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113221v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113225v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113215v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113243v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Bouabdallah" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00113244v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071372v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000600v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Adib" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hani Ragab" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000601v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00000602v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070690v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100022v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Challal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100249v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guyot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Legrand" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Raffo" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107739v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099471v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107736v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Guyard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nataf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100705v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00072740v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074302v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Castelluccia" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Dabbous" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Diot" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Huitema" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00010870v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099883v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100976v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098982v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05194047v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:0b32c22ea0771c26604e38728ab090df6469c4aa;origin=https://github.com/terranovafr/C-CyberBattleSim;visit=swh:1:snp:bc5aa14f7d947bec6111c51264e58ec506eeedac;anchor=swh:1:rev:7374c32b6711bb0e9b6d5fcd94d4eacc034c07cb" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>