--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -303,230 +303,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05354328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les déterminants de l’innovation variétale des coopératives et unions de coopératives vinicoles françaises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Makraz</w:t>
+                <w:t xml:space="preserve">Inclusion of young people in French wine cooperatives and wine merchants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yalé Koudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iciar Pavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Antoine Saïsset</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Iciar Pavez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICA CCR Global Research Conference "Intercooperation for our common futures"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05252263v1</w:t>
+                <w:t xml:space="preserve">hal-05175638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inclusion of young people in French wine cooperatives and wine merchants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yalé Koudou</w:t>
+                <w:t xml:space="preserve">Les déterminants de l’innovation variétale des coopératives et unions de coopératives vinicoles françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Makraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Antoine Saïsset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Temri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iciar Pavez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Louis-Antoine Saïsset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICA CCR Global Research Conference "Intercooperation for our common futures"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05175638v1</w:t>
+                <w:t xml:space="preserve">hal-05252263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déterminants de l’adoption de l’innovation variétale dans les coopératives et les unions de coopératives vinicoles françaises</w:t>
               </w:r>
@@ -4678,190 +4678,190 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02278993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focus Group : note méthodologique : Projet INTERFACES</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">INNOGOUV : gouvernance, innovation et performance des coopératives vinicoles françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Antoine Saïsset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ceccaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iciar Pavez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Agropolis Fondation; Investissement d'avenir. 2019, 14 p</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Labex Entreprendre; UMR MOISA - Marchés, organisations, institutions et stratégies d'acteurs. 2019, 34 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05302027v1</w:t>
+                <w:t xml:space="preserve">hal-03144051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INNOGOUV : gouvernance, innovation et performance des coopératives vinicoles françaises</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Focus Group : note méthodologique : Projet INTERFACES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iciar Pavez</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Labex Entreprendre; UMR MOISA - Marchés, organisations, institutions et stratégies d'acteurs. 2019, 34 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zouhair Bouhsina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Agropolis Fondation; Investissement d'avenir. 2019, 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03144051v1</w:t>
+                <w:t xml:space="preserve">hal-05302027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre de rapport (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5493,51 +5493,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419118v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Makraz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Antoine Sa&#239;sset" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Temri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iciar Pavez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05354328v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yal&#233; Koudou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252263v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175638v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419093v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04302880v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04428994v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chollet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Enjolras" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168037v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalia Astruc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168185v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136448v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689441v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689414v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737464v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285025v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03142753v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03986286v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhair Bouhsina" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441506v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ceccaldi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iciar Pavez  Lizarraga" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790913v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Codron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Lubello" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cecilia Flor&#234;ncio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737568v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791313v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737084v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Demaria" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drogue" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Gal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2019.1242.41" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743263v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800716v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739039v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Moustier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805721v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Aubert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Engler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806167v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05324182v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05324002v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05246932v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis&#8208;antoine Sa&#239;sset" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apce.70013" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301963v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Blili" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Abou Nader" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Prosperi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Harbouze" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indic.2025.100944" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856271v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14229-4.p.0171" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622435v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Codron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2019.102668" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623205v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iciar Pavez Lizarraga" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618927v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645816v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S1474-7979(2013)0000024011" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506010v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Cheriet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746313v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03869400v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04627312v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wiley.com/en-us/Wine+Management+and+Marketing%2C+Volume+2%3A+Responses+of+the+Industry+to+Crises+and+New+Expectations-p-9781786308740" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394302208.ch16" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256475v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144041v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Temri" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05301982v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788005v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278993v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05302027v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144051v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786924v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787327v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788826v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789949v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02805255v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419118v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Makraz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Antoine Sa&#239;sset" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Temri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iciar Pavez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05354328v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yal&#233; Koudou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175638v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252263v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419093v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04302880v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04428994v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chollet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Enjolras" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168037v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalia Astruc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168185v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136448v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689441v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689414v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737464v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285025v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03142753v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03986286v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhair Bouhsina" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441506v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ceccaldi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iciar Pavez  Lizarraga" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790913v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Codron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Lubello" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cecilia Flor&#234;ncio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737568v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791313v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737084v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Demaria" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drogue" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Gal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2019.1242.41" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743263v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800716v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739039v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Moustier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805721v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Aubert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Engler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806167v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05324182v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05324002v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05246932v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis&#8208;antoine Sa&#239;sset" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apce.70013" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05301963v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Blili" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Abou Nader" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Prosperi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Harbouze" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indic.2025.100944" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856271v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-14229-4.p.0171" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622435v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Codron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2019.102668" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623205v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iciar Pavez Lizarraga" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618927v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645816v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S1474-7979(2013)0000024011" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506010v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Cheriet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746313v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03869400v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04627312v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wiley.com/en-us/Wine+Management+and+Marketing%2C+Volume+2%3A+Responses+of+the+Industry+to+Crises+and+New+Expectations-p-9781786308740" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394302208.ch16" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256475v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144041v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Temri" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05301982v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788005v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278993v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144051v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05302027v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786924v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787327v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788826v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789949v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02805255v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>