--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -291,343 +291,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05228460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive Effort Reduction within Group Decision Making through Aggregation and Disaggregation of Individual Preferences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Chakhar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ines Saad</w:t>
+                <w:t xml:space="preserve">C. Rosenthal-Sabroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Labib</w:t>
+                <w:t xml:space="preserve">F. Gargouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ishizaka</w:t>
+                <w:t xml:space="preserve">P.-E. Arduin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Business Information Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 425 LNBIP, pp.52--67. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2021, 425 LNBIP, pp.v-vi</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03685094v1</w:t>
+                <w:t xml:space="preserve">hal-03698665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recommender System for Online Teaching</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cognitive Effort Reduction within Group Decision Making through Aggregation and Disaggregation of Individual Preferences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chakhar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Bouzayane</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ines Saad</w:t>
+                <w:t xml:space="preserve">A. Labib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ishizaka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Business Information Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 425 LNBIP, pp.116--127. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-85977-0_9⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 425 LNBIP, pp.52--67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-85977-0_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03685093v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preface</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recommender System for Online Teaching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Gargouri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P.-E. Arduin</w:t>
+                <w:t xml:space="preserve">S. Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture Notes in Business Information Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 425 LNBIP, pp.v-vi</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2021, 425 LNBIP, pp.116--127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-85977-0_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03698665v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multicriteria approach based on rough set theory for the incremental Periodic prediction</w:t>
               </w:r>
@@ -789,1600 +789,1600 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02918374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Core Ontology of Business Processes Based on DOLCE</w:t>
+                <w:t xml:space="preserve">Dominance-based rough set approach for group decisions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Turki</w:t>
+                <w:t xml:space="preserve">Salem Chakhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Kassel</w:t>
+                <w:t xml:space="preserve">Alessio Ishizaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashraf Labib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal on Data Semantics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 5 (3), pp.165 - 177. </w:t>
+              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 251 (1), pp.206 - 224. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13740-016-0067-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejor.2015.10.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01799583v1</w:t>
+                <w:t xml:space="preserve">hal-01799582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A preference ordered classification to leader learners identification in a MOOC</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+                <w:t xml:space="preserve">A Core Ontology of Business Processes Based on DOLCE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Decision Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/12460125.2017.1252233⟩</w:t>
+              <w:t xml:space="preserve">Journal on Data Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5 (3), pp.165 - 177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13740-016-0067-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01794908v1</w:t>
+                <w:t xml:space="preserve">hal-01799583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Core Ontology of Know-How and Knowing-That for improving knowledge sharing and decision making in the digital age</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sahar Ghrab</w:t>
+                <w:t xml:space="preserve">A preference ordered classification to leader learners identification in a MOOC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Decision Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 26 (2), pp.138-151. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/12460125.2016.1252231⟩</w:t>
+              <w:t xml:space="preserve">, 2016, pp.1 - 14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/12460125.2017.1252233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01799578v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01794908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying Crucial Know-How and Knowing-That for Medical Decision Support</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Core Ontology of Know-How and Knowing-That for improving knowledge sharing and decision making in the digital age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Ghrab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sahar Ghrab</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Inès Saad</w:t>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Decision Support System Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4018/IJDSST.2016100102⟩</w:t>
+              <w:t xml:space="preserve">Journal of Decision Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (2), pp.138-151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/12460125.2016.1252231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01799585v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01799578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominance-based rough set approach for group decisions</w:t>
+                <w:t xml:space="preserve">Identifying Crucial Know-How and Knowing-That for Medical Decision Support</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salem Chakhar</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ashraf Labib</w:t>
+                <w:t xml:space="preserve">Sahar Ghrab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 251 (1), pp.206 - 224. </w:t>
+              <w:t xml:space="preserve">International Journal of Decision Support System Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (4), pp.14 - 33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejor.2015.10.060⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4018/IJDSST.2016100102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01799582v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01799585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COOP: A Core Ontology of Organization's Processes for Group Decision Making</w:t>
+                <w:t xml:space="preserve">Incorporating stakeholders’ knowledge in group decision-making</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Turki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gilles Kassel</w:t>
+                <w:t xml:space="preserve">Salem Chakhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Decision Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 23 (1), pp.55--68</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 23 (1), pp.113 - 126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/12460125.2014.865828⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01325564v1</w:t>
+                <w:t xml:space="preserve">hal-01799590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rough set-based argumentative approach to support collaborative multicriteria knowledge classification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+                <w:t xml:space="preserve">COOP: A Core Ontology of Organization's Processes for Group Decision Making</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Decision Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 23 (2), pp.167 - 189. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 23 (1), pp.55--68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/12460125.2014.888836⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01794913v1</w:t>
+                <w:t xml:space="preserve">hal-01325564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A decision support system for identifying and representing likely crucial organizational know-how and knowing that</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sahar Ghrab</w:t>
+                <w:t xml:space="preserve">Rough set-based argumentative approach to support collaborative multicriteria knowledge classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Kassel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Decision Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 23 (3), pp.266--284</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 23 (2), pp.167 - 189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/12460125.2014.888836⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01325566v1</w:t>
+                <w:t xml:space="preserve">hal-01794913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incorporating stakeholders’ knowledge in group decision-making</w:t>
+                <w:t xml:space="preserve">A decision support system for identifying and representing likely crucial organizational know-how and knowing that</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salem Chakhar</w:t>
+                <w:t xml:space="preserve">Sahar Ghrab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Decision Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 23 (1), pp.113 - 126. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 23 (3), pp.266--284</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/12460125.2014.865828⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01799590v1</w:t>
+                <w:t xml:space="preserve">hal-01325566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DRSA-Based Methodology for Group Multicriteria Classification Problems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Dominance-based rough set approach for groups in multicriteria classification problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Chakhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Decision Support Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 54 (1), pp.372--380</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2012, 54 (1), pp.372 - 380. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dss.2012.05.050⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01325581v1</w:t>
+                <w:t xml:space="preserve">hal-01799596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-criteria methodology based on majority principle for collective identification of company's valuable knowledge</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Decision Support System for Identifying Sensitive Organization's Processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Salem Chakhar</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Knowledge Management Research and Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 10, pp.380-391</w:t>
+              <w:t xml:space="preserve">Journal of Decision Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 21 (4), pp.275--290</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01799598v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Decision Support System for Identifying Sensitive Organization's Processes</w:t>
+                <w:t xml:space="preserve">DRSA-Based Methodology for Group Multicriteria Classification Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Turki</w:t>
+                <w:t xml:space="preserve">Salem Chakhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Kassel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Decision Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 21 (4), pp.275--290</w:t>
+              <w:t xml:space="preserve">Decision Support Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 54 (1), pp.372--380</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01325579v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominance-based rough set approach for groups in multicriteria classification problems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Multi-criteria methodology based on majority principle for collective identification of company's valuable knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Chakhar</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Decision Support Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Knowledge Management Research and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10, pp.380-391</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01799596v1</w:t>
+                <w:t xml:space="preserve">hal-01799598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multiagent Approach for Collective Decision Making in Knowledge Management</w:t>
+                <w:t xml:space="preserve">Measuring Immaterial Capital for Organizations Using Multicriteria Reference Point Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imène Brigui-Chtioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Group Decision and Negotiation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Business</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 16 (3), pp.263--271</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02312184v1</w:t>
+                <w:t xml:space="preserve">hal-01325583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring Immaterial Capital for Organizations Using Multicriteria Reference Point Model</w:t>
+                <w:t xml:space="preserve">A Multiagent Approach for Collective Decision Making in Knowledge Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imène Brigui-Chtioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Business</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Group Decision and Negotiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 20 (1), 19-37 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10726-010-9202-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01799603v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02312184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-agent approach for collective decision making in knowledge management</w:t>
+                <w:t xml:space="preserve">Measuring Immaterial Capital for Organizations Using Multicriteria Reference Point Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imène Brigui-Chtioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Group Decision and Negotiation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 20 (1), pp.19-37</w:t>
+              <w:t xml:space="preserve">International Journal of Business</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 16 (3), pp.263-271</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01799608v1</w:t>
+                <w:t xml:space="preserve">hal-01799603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi-agent approach for collective decision making in knowledge management</w:t>
               </w:r>
@@ -2402,246 +2402,246 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Group Decision and Negotiation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 20 (1), pp.19--37</w:t>
+              <w:t xml:space="preserve">, 2011, 20 (1), pp.19-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01325584v1</w:t>
+                <w:t xml:space="preserve">hal-01799608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring Immaterial Capital for Organizations Using Multicriteria Reference Point Model</w:t>
+                <w:t xml:space="preserve">A multi-agent approach for collective decision making in knowledge management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imène Brigui-Chtioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Business</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 16 (3), pp.263--271</w:t>
+              <w:t xml:space="preserve">Group Decision and Negotiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 20 (1), pp.19--37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01325583v1</w:t>
+                <w:t xml:space="preserve">hal-01325584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges in Capitalizing Knowledge in Innovative Product Design Process</w:t>
+                <w:t xml:space="preserve">Une méthode d'aide à l'identification des connaissances cruciales pour l'entreprise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grundstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosenthal-Sabroux Camille</w:t>
+                <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Systemics, Cybernetics and Informatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 8 (4), pp.80-85</w:t>
+              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 14 (3), pp.43-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01799611v1</w:t>
+                <w:t xml:space="preserve">hal-01799618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an ontology of crucial knowledge identification to improve the K-DSS</w:t>
               </w:r>
@@ -2722,51 +2722,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A decision support for identifying crucial knowledge requiring capitalizing operation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Chakhar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Operational Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 195 (3), pp.889 - 904. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2806,165 +2806,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01799620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une méthode d'aide à l'identification des connaissances cruciales pour l'entreprise</w:t>
+                <w:t xml:space="preserve">Challenges in Capitalizing Knowledge in Innovative Product Design Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grundstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
+                <w:t xml:space="preserve">Rosenthal-Sabroux Camille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systèmes d'Information et Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 14 (3), pp.43-78</w:t>
+              <w:t xml:space="preserve">Journal of Systemics, Cybernetics and Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 8 (4), pp.80-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01799618v1</w:t>
+                <w:t xml:space="preserve">hal-01799611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the Decision Making Process in the Design project by Capitalizing on Company’s Crucial Knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grundstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3028,5340 +3028,5340 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basseras F.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 8 (2), pp.33-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01799628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (50)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une approche de classification multicritère pour optimiser les décisions d'investissement durables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mayssa Jammoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3e Colloque ARES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESC Amiens &amp; UMONS, May 2025, Amiens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une recommandation personnalisée de ressources pour l'apprentissage en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29th French Knowledge Engineering Conference, IC 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Nancy, France. pp.265--266</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03699142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une recommandation personnalisée de ressources pour l'apprentissage en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29es Journées Francophones d'Ingénierie des Connaissances, IC 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIA, Jul 2018, Nancy, France. pp.265-266</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01839638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">KTI-MOOC: un système de recommandation pour la personnalisation du processus d’échange d’informations dans les MOOCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18ème Conférence Internationale sur l'Extraction et la Gestion des Connaissances (EGC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Paris, France. pp.471-474</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méthode basée sur les ensembles approximatifs pour l'apprentissage incrémental en présence des données déséquilibrées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18ème Conférence Internationale sur l'Extraction et la Gestion des Connaissances (EGC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Paris, France. pp.305-310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796288v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprentissage incrémental basé sur la théorie des ensembles approximatifs pour la classification multicritère et périodique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19ème Congrès Annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision (ROADEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Lorient, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Incremental Updating Algorithm of the Approximations in DRSA to Deal with the Dynamic Information Systems of MOOCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Knowledge Management, Information and Knowledge Systems (KMIKS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Hammamet, Tunisia. pp.55-66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominance-based Rough Set Approach to Learn in the Presence of Class Imbalance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the International Joint Conference on Artificial Intelligence (IJCAI) Workshop on Learning in the Presence of Class Imbalance and Concept Drift (LPCICD'17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Melbourne, Australia. pp.24-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weekly Predicting the At-risk MOOC Learners Using Dominance-based Rough Set Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th Conference on European MOOCS Stakeholders Summit (EMOOCs’2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Madrid, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prediction Method based DRSA to Improve the Individual Knowledge Appropriation in a Collaborative Learning Environment: Case of MOOCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50th Hawaii International Conference on System Sciences (HICSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Hawaii, United States. pp.124-133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recommender System based on a Periodic Multicriteria Decision Approach for the Support Personalization within a MOOC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Knowledge Management, Information and Knowledge Systems (KMIKS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Hammamet, Tunisia. pp.67-78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796319v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiagent Framework for Group Multicriteria Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Brigui-Chtioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2016 INTERNATIONAL CONFERENCE ON INDUSTRIAL INFORMATICS AND COMPUTER SYSTEMS (CIICS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Sharjah, United Arab Emirates</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03638192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multicriteria Decision Aid Approach to Referent Learners Identification within a MOOC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th Conference on European MOOCS Stakeholders Summit (EMOOCs)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Graz, Austria. pp.22- 24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multicriteria Decision Aid Approach to Referent Learners Identification within a MOOC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMOOCs 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Graz, Austria, Austria. pp.237--249</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le transfert de connaissances en présentiel et à distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INFORSID 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Biarritz, France, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knowledge sharing within the MOOCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Knowledge Management, Information and Knowledge Systems (KMIKS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Hammamet, Tunisia. pp.153-162</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le transfert de connaissances en présentiel et à distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">33ème édition de la manifestation scientifique INFORSID</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Biarritz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Information system, knowledge, digital man and decision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Arduin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atif Linda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Atif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Campo-Paysaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grundstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">33rd Congress INFORSID 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Biarritz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03659186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knowledge transfer within the MOOCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMIKS 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Hammamet, Tunisia, Tunisia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325548v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An ontological framework for improving the model of contribution degree of knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Ghrab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMIKS 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Hammamet, Tunisia, Tunisia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325551v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des interactions stratégiques argumentatives pour l'aide à la décision multicritère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RJCIA 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Rouen, France, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stratégies argumentatives pour la classification collaborative multicritères des connaissances cruciales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14ème conférence Extraction et Gestion des Connaissances (EGC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Rennes, France. pp.569-572</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of Ontology on Decision Making: A Know-How/Knowing-That Ontology based Decision Support System (ODSS 2.0): Application in Medical Field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Ghrab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DSS 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Paris, France, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A model to measure the contribution degree of Know-How/Knowing-That of the organization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Ghrab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECKM 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Santarém, Portugal, Portugal. pp.386--394</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des interactions stratégiques argumentatives pour l’aide à la décision multicritère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12ème rencontres des jeunes chercheurs en intelligence artificielle (RJCIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a Recommendation System for Inter and Intra-Organizational Knowledge Sharing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICICKM 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Sydney, Australia, Australia. pp.505-513</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stratégies argumentatives pour la classification collaborative multicritères des connaissances cruciales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGC 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Rennes, France, France. pp.569--572</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Core ontology of business processes based on DOLCE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JFO 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Hammamet, Tunisie, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filtering based rough set theory and ontology for a recommendation method of organizational knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICKM 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Antalya, Turkey, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An argumentation based Rough Set Theory for Knowledge Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imène Brigui-Chtioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Knowledge Management, Information and Knowledge Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Hammamet, Tunisia. pp.77-88</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A core ontology of organization's processes for knowledge management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMIKS 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Hammamet, Tunisia, Tunisia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a Decision Approach for the Characterization of Susceptible Knowledge to be Crucial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Ghrab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECKM 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Kaunas, Lithuania, Lithuania</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Multi-criteria Business Process Evaluation Methodology for Knowledge Localization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KMIKS 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Hammamet, Tunisia, Tunisia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collective Multi-criteria Classification Methodology for the Identification of Multi-expert Knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXVI EURO-INFORMS Joint International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Rome, Italy, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Multi-criteria Model for Characterizing Potential Crucial Knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Ghrab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXVI EURO-INFORMS Joint International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Rome, Italy, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From Collective Actions to Actions of Organizations : An Ontological Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">From Collective Actions to Actions of Organizations : An Ontological Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Unknown, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04466855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving knowledge transfer process with knowledge engineering methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierno Tounkara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICICKM 2012 : 9th International Conference on Intellectual Capital, Knowledge Management &amp; Organisational Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Bogota, Colombia. pp.265 - 273</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01272123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SOPIM: Sensitive Organization's Process Identification Methodology for Knowledge Localization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECKM 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Cartagena, Spain, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An argumentation based Rough Set Theory for Knowledge Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imène Brigui-Chtioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on "Artificial intelligence for Knowledge Management, 20th European Conference on Artificial Intelligence (ECAI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01796335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A model to measure the contribution degrees of the organization's processes for Knowledge Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WSKS 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Rome, Italy, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P-DSS: A Decision Support System for Identifying Sensitive Organization's Processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DSS 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Anávissos, Greece, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An argumentation based Rough Set Theory for Knowledge Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imène Brigui-Chtioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECAI 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Montpellier, France, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From collective actions to actions of organizations: an ontological analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UMoCoP 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Birmingham, England, Unknown Region</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluating post-accident nuclear risk by coupling GIS and rough sets theory. In: Planning Support Tools: Policy Analysis, Implementation and Evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chakhar Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Pusceddu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INPUT 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Cagliari, Italy, Italy. pp.223--235</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strategies of decision-makers agents for the platform Agent-KC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouazyane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imène Brigui-Chtioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WSKS 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Rome, Italy, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GIS-based rough sets theory to nuclear risk management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chakhar Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Pusceddu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECQTG 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Athens, Greece, Greece. pp.80--87</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards identifying sensitive processes for knowledge localization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CTS 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Philadelphia, Pennsylvania, USA, United States. pp.224--232</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A conflict solving perspective on collaborative knowledge classification : Application of a no compensatory multicriteria model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imène Brigui-Chtioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">i-Society 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, London, U.K, United Kingdom. pp.472--475</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ranking Method for Identification of Crucial Knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECKM 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Passau, Germany, Germany. pp.858--862</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01325586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une étude approfondie pour le choix des connaissances à capitaliser en amont de la construction d'une mémoire d'entreprise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grundstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IC - 16èmes Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2005, Nice, France. pp.205-216</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01024082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethics and Digital Transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Abel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Matta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Karray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTEPublishing Knowledge &amp; Wiley. , 256 p., 2025, 9781786309570</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05423423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advances in Information Systems, Artificial Intelligence and Knowledge Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salem Chakhar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nigel Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer Nature Switzerland, 486, 2024, Lecture Notes in Business Information Processing, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-51664-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05000944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information and Knowledge Systems. Digital Technologies, Artificial Intelligence and Decision Making - 5th International Conference, ICIKS 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Arduin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer, 2021, Lecture Notes in Business Information Processing, 425, 978-3-030-85976-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-85977-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03342824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information Systems for Knowledge Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Edition Wiley-ISTE, pp.336, 2014, 9781118920664. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781118920664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01799630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information Systems for Knowledge Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wiley-ISTE, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01325565v1</w:t>
-              </w:r>
-[...4693 lines deleted...]
-                <w:t xml:space="preserve">hal-01024082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8379,51 +8379,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Importance of Tacit Knowledge When Teaching Suddenly Online</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Arduin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grundstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8431,51 +8431,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mayag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Negre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information and Knowledge Systems. Digital Technologies, Artificial Intelligence and Decision Making</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 425, Springer International Publishing, pp.29-42, 2021, Lecture Notes in Business Information Processing, </w:t>
@@ -8593,113 +8593,139 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01796317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicriteria decision aid method for knowledge sharing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
+                <w:t xml:space="preserve">An ontological framework for improving the model of contribution degree of knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Ghrab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Linden I. AND Liu S. AND Dargam F., Hernandez J. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Kassel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saad I., Rosenthal-Sabroux C., Gargouri F. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information and Knowledge Management in Decision Processes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 221-LNBIP, Springer, pp.13--25, 2015</w:t>
+              <w:t xml:space="preserve">Information and Knowledge Systems: Perspectives and Challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sfax University Press, pp.45--58, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01325547v1</w:t>
+                <w:t xml:space="preserve">hal-01325550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multicriteria decision aid method for knowledge sharing</w:t>
               </w:r>
@@ -8873,208 +8899,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01800415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ontological framework for improving the model of contribution degree of knowledge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sahar Ghrab</w:t>
+                <w:t xml:space="preserve">Multicriteria decision aid method for knowledge sharing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Bouzayane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Saad I., Rosenthal-Sabroux C., Gargouri F. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Linden I. AND Liu S. AND Dargam F., Hernandez J. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information and Knowledge Systems: Perspectives and Challenges</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sfax University Press, pp.45--58, 2015</w:t>
+              <w:t xml:space="preserve">Information and Knowledge Management in Decision Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 221-LNBIP, Springer, pp.13--25, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01325550v1</w:t>
+                <w:t xml:space="preserve">hal-01325547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foundations for Core Ontology of an Organization's Processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Turki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Kassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saad I., Rosenthal-Sabroux C., Gargouri F. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Systems for Knowledge Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley-ISTE, pp.215--248, 2014</w:t>
@@ -9207,90 +9207,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Business Process Evaluation Methodology for Knowledge Management Based on Multicriteria Decision-Making Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Turki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Kassel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saad I., Rosenthal-Sabroux C., Gargouri F. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Systems for Knowledge Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley-ISTE, pp.249--278, 2014</w:t>
@@ -9338,200 +9338,200 @@
                 <w:t xml:space="preserve">Driving IS value creation by knowledge capturing: Theoretical aspects and empirical evidences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renata Paola Dameri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
+                <w:t xml:space="preserve">Rosenthal-Sabroux Camille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Alessandro et al. </w:t>
+              <w:t xml:space="preserve">Alessandro et al. (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Technology and Innovation Trends in Organizations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Physica Verlag Heidelberg, pp.73--82, 2011</w:t>
+              <w:t xml:space="preserve">, Physica Verlag Heidelberg, pp.73-82, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01325585v1</w:t>
+                <w:t xml:space="preserve">hal-01800417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driving IS value creation by knowledge capturing: Theoretical aspects and empirical evidences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renata Paola Dameri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosenthal-Sabroux Camille</w:t>
+                <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Alessandro et al. (Eds.). </w:t>
+              <w:t xml:space="preserve">Alessandro et al. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Technology and Innovation Trends in Organizations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Physica Verlag Heidelberg, pp.73-82, 2011</w:t>
+              <w:t xml:space="preserve">, Physica Verlag Heidelberg, pp.73--82, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01800417v1</w:t>
+                <w:t xml:space="preserve">hal-01325585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preserving Substantial Knowledge in the Organizational Memory Using Process Modelling</w:t>
               </w:r>
@@ -9616,51 +9616,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grundstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Zarate P. et al. (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collaborative Decision Making: Perspectives and Challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IOS Press, pp.493-500, 2008</w:t>
@@ -9715,51 +9715,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grundstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dolgui A., Morel G., Pereira C. (Eds.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Information Control Problems In Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier Science, pp.217-222, 2006, 2</w:t>
@@ -9801,51 +9801,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une approche pour repérer les savoirs et les savoir-faire à partager dans l'entreprise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rosenthal-Sabroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grundstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10056,51 +10056,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040348v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Saad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierno Tounkara" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2022.2161734" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228460v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Bouaynaya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Saad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjas.70019" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03685094v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chakhar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Labib" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ishizaka" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85977-0_5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03685093v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouzayane" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85977-0_9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698665v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rosenthal-Sabroux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gargouri" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-E. Arduin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490674v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Bouzayane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2020.03.024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02918374v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Matta" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/kmrp.2012.58" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799583v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Turki" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kassel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiez Gargouri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13740-016-0067-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794908v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2017.1252233" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799578v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Ghrab" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2016.1252231" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799585v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJDSST.2016100102" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799582v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Chakhar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Ishizaka" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Labib" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2015.10.060" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325564v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794913v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2014.888836" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325566v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799590v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2014.865828" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325581v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799598v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325579v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799596v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dss.2012.05.050" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TWPFKX79-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312184v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Brigui-Chtioui" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10726-010-9202-x" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TDJG1W63-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799603v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799608v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325584v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325583v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799611v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grundstein" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosenthal-Sabroux Camille" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799625v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bruaux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799620v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2007.11.021" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TDRW1NZ8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799618v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rosenthal-Sabroux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799626v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799628v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basseras F." TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423423v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Abel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Karray" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000944v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Williams" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-51664-1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342824v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Arduin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85977-0" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799630v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118920664" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325565v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344756v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayssa Jammoul" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03699142v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839638v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796258v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796293v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796288v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796318v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796307v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796308v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796303v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796319v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03638192v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Brigui-Chtioui" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796324v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325545v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03659186v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atif Linda" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Atif" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Campo-Paysaa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796334v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325548v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325551v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325552v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796325v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325557v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796331v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325556v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325554v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325553v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325560v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325555v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796328v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325559v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325569v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325570v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Eynard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796330v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325572v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325571v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325568v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325573v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325575v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796335v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325576v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325574v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakhar Salem" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Pusceddu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325582v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325578v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Bouazyane" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466855v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Gargouri" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325577v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272123v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325589v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325587v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325588v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325586v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01024082v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03529520v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mayag" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Negre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85977-0_3" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796317v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325547v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796240v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-319-21536-5_2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-21536-5_2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800415v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325550v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325562v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796246v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118920664.ch4" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325567v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325585v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Paola Dameri" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800417v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800419v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800421v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800423v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800425v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040348v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Saad" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierno Tounkara" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2022.2161734" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228460v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Bouaynaya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Saad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjas.70019" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698665v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rosenthal-Sabroux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gargouri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-E. Arduin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03685094v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chakhar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Labib" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ishizaka" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85977-0_5" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03685093v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouzayane" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85977-0_9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490674v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Bouzayane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2020.03.024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02918374v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Matta" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/kmrp.2012.58" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799582v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Chakhar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Ishizaka" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Labib" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2015.10.060" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799583v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Turki" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Kassel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiez Gargouri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13740-016-0067-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794908v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2017.1252233" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799578v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Ghrab" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2016.1252231" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799585v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/IJDSST.2016100102" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799590v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2014.865828" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325564v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794913v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12460125.2014.888836" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325566v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799596v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dss.2012.05.050" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TWPFKX79-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325579v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325581v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799598v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325583v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Brigui-Chtioui" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02312184v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10726-010-9202-x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TDJG1W63-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799603v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799608v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325584v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799618v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grundstein" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rosenthal-Sabroux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799625v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Bruaux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799620v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2007.11.021" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TDRW1NZ8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799611v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosenthal-Sabroux Camille" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799626v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799628v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basseras F." TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344756v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayssa Jammoul" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03699142v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01839638v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796258v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796288v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796293v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796318v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796307v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796308v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796303v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796319v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03638192v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Brigui-Chtioui" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796324v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325545v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325552v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796325v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796334v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03659186v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Arduin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atif Linda" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Atif" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Campo-Paysaa" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325548v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325551v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325559v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796328v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325556v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325557v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796331v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325554v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325553v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325555v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325560v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796330v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325572v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325571v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325569v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325570v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Eynard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325568v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466855v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Gargouri" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272123v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325577v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796335v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325573v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325575v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325582v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325576v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325574v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakhar Salem" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Pusceddu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325578v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Bouazyane" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325587v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325589v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325588v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325586v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01024082v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423423v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Abel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Karray" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000944v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Williams" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-51664-1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342824v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85977-0" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799630v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118920664" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325565v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03529520v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mayag" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Negre" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85977-0_3" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796317v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325550v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796240v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-319-21536-5_2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-21536-5_2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800415v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325547v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325562v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796246v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118920664.ch4" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325567v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800417v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Paola Dameri" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01325585v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800419v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800421v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800423v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800425v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>