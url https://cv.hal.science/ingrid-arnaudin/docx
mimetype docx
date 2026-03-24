--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ingrid Arnaudin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (58)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">λ-CO, an oligosaccharide with anti-inflammatory properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Daviaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Main</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chassaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Havret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Musnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedicine and Pharmacotherapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 195, pp.118954. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biopha.2025.118954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05468537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and Characterization of λ-Carrageenan Oligosaccharide-Based Nanoparticles: Applications in MRI and In Vivo Biodistribution Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Porta-Zapata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Carregal-Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ainhize Urkola-Arsuaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Beatriz Miranda Perez de Alejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26 (3), pp.1948-1967. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.biomac.4c01747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and Characterization of λ-Carrageenan Oligosaccharide-Based Nanoparticles: Applications in MRI and In Vivo Biodistribution Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Porta-Zapata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Carregal-Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ainhize Urkola-Arsuaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Beatriz Miranda Perez de Alejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26 (3), pp.1948-1967. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.biomac.4c01747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Pathophysiological Functions of Heparanases: From Evolution, Structural and Tissue‐Specific Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elham Vahdatahar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Daviaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Main</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Havret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Debarnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39 (17), </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.202501859R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05251863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Vitro Antiproliferative Activity of Echinulin Derivatives from Endolichenic Fungus Aspergillus sp. against Colorectal Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hind Makhloufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Pinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Champavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 29 (17), pp.4117. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules29174117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Vitro Antiproliferative Activity of Echinulin Derivatives from Endolichenic Fungus Aspergillus sp. against Colorectal Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hind Makhloufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Pinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Champavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 29 (17), pp.4117. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules29174117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-Proliferative and Pro-Apoptotic vLMW Fucoidan Formulas Decrease PD-L1 Surface Expression in EBV Latency III and DLBCL Tumoral B-Cells by Decreasing Actin Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanez Manseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hussein Akil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mona Tannoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md21020132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-Proliferative and Pro-Apoptotic vLMW Fucoidan Formulas Decrease PD-L1 Surface Expression in EBV Latency III and DLBCL Tumoral B-Cells by Decreasing Actin Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanez Manseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hussein Akil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mona Tannoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Antitumor Activity of Natural Products and Related Compounds, 21 (2), pp.132. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md21020132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of some structural features in EPS from microalgae stimulating collagen production by human dermal fibroblasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Deffains</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Gaignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rihouey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioengineered</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (1), </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21655979.2023.2254027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Screening Approach to Assess the Impact of Various Commercial Sources of Crude Marine λ-Carrageenan on the Production of Oligosaccharides with Anti-heparanase and Anti-migratory Activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanez Manseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Porta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Edouard Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Mersni-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 21 (5), pp.295. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md21050295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Marine λ-Oligocarrageenan Inhibits Migratory and Invasive Ability of MDA-MB-231 Human Breast Cancer Cells through Actions on Heparanase Metabolism and MMP-14/MMP-2 Axis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanez Manseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Ferru-Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Gani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (10), pp.546. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md19100546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heparin length in the coating of extremely small iron oxide nanoparticles regulates in vivo theranostic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Carregal-Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Castejón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikel Azkargorta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Beatriz Miguel-Coello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0nr06378a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03089012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticancer activity of limonene: A systematic review of target signaling pathways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heitor Gomes De Araújo‐filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jucilene Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaella Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotherapy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ptr.7125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights in bacterial and eukaryotic diversity of microbial mats inhabiting exploited and abandoned salterns at the Ré Island (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mazière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Agogué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiana Cravo-Laureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Cagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lanneluc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 252, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micres.2021.126854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03327781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">λ-Carrageenan Oligosaccharides of Distinct Anti-Heparanase and Anticoagulant Activities Inhibit MDA-MB-231 Breast Cancer Cell Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Chot-Plassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maheva Maura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17 (3), pp.140. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md17030140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of ace inhibitory cryptides in Tilapia protein hydrolysate by UPLC–MS/MS coupled to database analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yesmine Ben Henda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ortência Leocádia Nunes Gonzalez da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogério Boscolo Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chromatography B - Analytical Technologies in the Biomedical and Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1052, pp.43 - 50. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jchromb.2017.02.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Family of Bioactive Heparin-Coated Iron Oxide Nanoparticles with Positive Contrast in Magnetic Resonance Imaging for Specific Biomedical Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Herranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egle Conforto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 18 (10), pp.3156 - 3167. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.biomac.7b00797⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of Heparanase-Mediated Angiogenesis Using Microvascular Endothelial Cells: Identification of λ-Carrageenan Derivative as a Potent Anti Angiogenic Agent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Badarou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Fasani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 15 (5), pp.284 - 298. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md15050134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of heparin and λ-carrageenan anti-heparanase derivatives using a combination of physicochemical depolymerization and glycol splitting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 166, pp.156 - 165. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2017.02.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alteration of cathepsin D trafficking induced by hypoxia and extracellular acidification in MCF-7 breast cancer cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahya Ashraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Kacem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biochi.2015.11.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-heparanase activity of ultra-low-molecular-weight heparin produced by physicochemical depolymerization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2015.08.041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-Term and Long-Term Biological Effects of Chronic Chemical Contamination on Natural Populations of a Marine Bivalve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Breitwieser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélia Viricel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Graber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Murillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.150184 - 150184. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0150184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01393128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors other than metalloprotease are required for full virulence of French Vibrio tubiashii isolates in oyster larvae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Mersni-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosra Ben Cheikh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Pichereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtissem Doghri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Etien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 161 (5), pp.997-1007. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1099/mic.0.000058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Di and tripeptides from marine sources can target adipogenic process and contribute to decrease adipocyte number and functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yesmine Ben Henda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariem Laamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lanneluc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Agnès Travers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Agogué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Functional Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Journal of Functional Foods, 17, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jff.2015.04.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First description of French V. tubiashii strains pathogenic to mollusk: II. Characterization of properties of the proteolytic fraction of extracellular products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Mersni Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Imbert-Auvray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosra Ben Cheick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Faury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123, pp.49-59. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2014.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04499654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First description of French V. tubiashii strains pathogenic to mollusk: I. Characterization of isolates and detection during mortality events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Agnès Travers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Mersni Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Haffner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Tourbiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Cassone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123, pp.38-48. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2014.04.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathepsin D activity and selectivity in the acidic conditions of a tumor microenvironment: Utilization in the development of a novel Cathepsin D substrate for simultaneous cancer diagnosis and therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Kacem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Delatouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 95 (11), pp.2010-2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring Angiotensin-I Converting Enzyme Inhibitory Activity by Micro Plate Assays: Comparison Using Marine Cryptides and Tentative Threshold Determinations with Captopril and Losartan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yesmine Ben Henda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Labidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Delatouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 61 (45), pp.10685-10690. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf403004e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum Hemorphin-7 levels are decreased in obesity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Maraninchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Féron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bégu-Le Corroller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Patricio Nogueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Obesity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (2), pp.378-381. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/oby.2012.186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonic-assisted preparation of a low molecular weight heparin (LMWH) with anticoagulant activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Godhbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Le Joubioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Bordenave Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 97 (2), pp.684-689</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum Hemorphin-7 Levels Are Decreased in Obesity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Maraninchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Féron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bégu-Le Corroller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan P Nogueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Obesity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of early effects of a single herbicide (diuron) and a mix of herbicides and pharmaceuticals (diuron, isoproturon, ibuprofen) on immunological parameters of Pacific oyster (Crassostrea gigas) spat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna-Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thomas-Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Faury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 87 (11), pp.1335-1340. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2012.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00686855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Squid gelatin hydrolysates with antihypertensive, anticancer and antioxidant activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Alemán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pérez-Santín</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Gómez-Guillén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Research International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 44 (4), pp.1044-1051</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential tissue distribution and specificity of phenoloxidases from the Pacific oyster Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna-Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thomas-Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rosenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part B: Biochemistry and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 159 (4), pp.220-226. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cbpb.2011.04.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00616689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteolytic degradation by cathepsin D of glycated hemoglobin from diabetes patients gives rise to hemorphin-7 peptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Féron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 31 (5), pp.956-961</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First evidence of laccase activity in the Pacific oyster Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rosenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fish and Shellfish Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 28 (4), pp.719-726. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fsi.2010.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00477727v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hemorphin 7 Reflects Hemoglobin Proteolysis in Abdominal Aortic Aneurysm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Dejouvencel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Féron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Sapoval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 30 (2), pp.269-275. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1161/ATVBAHA.109.198309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal variation of pollution biomarkers to assess the impact on health status of juvenile Pacific oysters Crassostrea gigas exposed in situ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thomas-Guyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17 (4), pp.999-1008. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-009-0287-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00483862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Significant lower VVH7-like immunoreactivity serum level in diabetic patients: Evidence for independence from metabolic control and three key enzymes in hemorphin metabolism, cathepsin D, ACE and DPP-IV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Féron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Begu-Le Corroller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Frelicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. B. Vialettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 30 (2), pp.256-261. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.peptides.2008.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microwave-assisted Synthesis of Novel Thiazolocarbazoles and Evaluation as Potential Anticancer Agents. Part III</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Testard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadjila Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Enzyme Inhibition and Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 19 (6), pp.467-473. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14756360412331280491⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HPLC PREPARATION OF FISH WASTE HYDROLYSATE FRACTIONS. EFFECT ON GUINEA PIG ILEUM AND ACE ACTIVITY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ballandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asbjorn Gildberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preparative Biochemistry and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32 (1), pp.65-77. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1081/PB-120013162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiproliferative activity of fish protein hydrolysates on human breast cancer cell lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Process Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 41 (5), pp.1217-1222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation of angiotensin-I-converting enzyme inhibitory hydrolysates from unsupplemented caprine whey fermentation by various cheese microflora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rosenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Dairy Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 16 (9), pp.976-983</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain processing of hemorphin-7 peptides in various subcellular fractions from rats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Murillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Coitoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 27 (12), pp.3331 - 3340. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.peptides.2006.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01449308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hemorphins: substrates and/or inhibitors of dipeptidyl peptidase IV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 86 (1), pp.31-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro metabolism of LVV-Hemorphin-7 by renal cytosol and purified prolyl endopeptidase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coitoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 24 (8), pp.1201-1206</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angiotensin I converting enzyme inhibition kinetic and opioid activities of synthetic alpha-lactorphin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Garreau-Balandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sannier Frédéric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piot Jean-Marie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Topics in Peptide &amp; Protein Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced Level of Opioid Peptides, Hemorphin-7 Peptides, in Serum of Diabetic Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Nervi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 26 (8), pp.2480-2480</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplate assay for determination of cathepsin D activity based on quantification of a specific and stable peptide released from hemoglobin: VV-hemorphin-7</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Garreau-Balandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 486 (1), pp.21-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum levels of Hemorphin-7 peptides in patients with breast cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Sauvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Birnbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piot Jean-Marie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 337 (1-2), pp.59-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative effects of angiotensin IV and two hemorphins on angiotensin-converting enzyme activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 23 (8), pp.1465-1470. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0196-9781(02)00083-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of hemorphin-7 peptides by enzyme linked immunosorbent assay with secondary antibody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Garreau-Balandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 461 (2), pp.229-233. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0003-2670(02)00282-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Hémorphines : peptides bioactifs issus de l’hémoglobine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piot Jean-Marie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regard sur la biochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioligand Binding Properties of VV-Hemorphin 7, an Atypical Opioid Peptide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Szikra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Benyhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Orosz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zs. Darula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 281 (3), pp.670-677. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/bbrc.2001.4397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteolytic degradation of hemoglobin by endogenous lysosomal proteases gives rise to bioactive peptides: hemorphins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anny Cupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marie Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 447 (1), pp.81-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hemorphins inhibit angiotensin IV binding and interact with aminopeptidase N</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chansel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vandermeersch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 19 (8), pp.1339-1348. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s0196-9781(98)00075-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathepsin D Is a Good Candidate for the Specific Release of a Stable Hemorphin from HemoglobinIn Vivo:VV-Hemorphin-7</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 246 (3), pp.719-724</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of hemorphins in a cathepsin D bovine hemoglobin hydrolysate by radioimmunoassay and photodiode array detections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiuyu Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Cucumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Letters in Peptide Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 4 (4-6), pp.293-296</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Microbial Innovation For Fighting Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émile Bonnenfant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Sablé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Edouard Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Marine Biotechnology Conference IMBC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Marine Biotechnology Association, Jul 2025, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Microbial Innovation For Fighting Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émile Bonnenfant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Sablé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Edouard Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS MICRO Milan 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Federation of European Microbiological Societies (FEMS), Jul 2025, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How can bacteria help improve cancer treatment?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émile Bonnenfant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Sablé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Edouard Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Musnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-CONEXUS EENVIRO Research Conference: Sustainable Solutions for Energy and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bucharest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production de collagène et d’acide hyaluronique par des fibroblastes dermiques humains stimulés par des exopolysaccharides de microalgues : quelques aspects structuraux et mécanistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Deffains</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Gaignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probert I.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th COSM'ING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05468300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procollagen effect of microalgal exopolysaccharides on human dermal fibroblasts: some structural and mechanistic aspects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Deffains</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Gaignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Probert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th COSM'INNOV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05468320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel bioactive compounds with Health and Environmental potentials from Marine sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Sablé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lanneluc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st EU-CONEXUS Research Workshop : Perspectives in Smart Urban Coastal Sustainability Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WP 4 Leader (AUA), Jun 2022, Athens (Agricultural University of Athens), Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05492602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de nouvelles approches applicatives pour la microcine L : de sa production à ses propriétés biologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Roupie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cherfan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Sopena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Billon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lanneluc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9 èmes Journées GDR MuFoPAM : MultiFonction des Peptides AntiMicrobiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau MUFOPAM, Oct 2022, Amboise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of collagen and hyaluronic acid by human dermal fibroblasts stimulated by EPS from microalgae: some structural aspects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Deffains</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Gaignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Probert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EnhanceMicroalgae La Rochelle 2022 Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of collagen and hyaluronic acid by human dermal fibroblasts stimulated by EPS from microalgae: some structural and mechanistic aspects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Deffains</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Probert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Congress of the European Polysaccharide Network of Excellence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heparanase targeted for regulation of breast tumoral angiogenesis using structural analogues of heparan sulfate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Badarou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Kieda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-M. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">„New chemical and biological tools for targeting in cancer imaging and therapy" Workshop de l'axe vectorisation du CGO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Le Bono, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide au ciblage du microenvironnement tumoral par le développement d'un nano-système de détection et de traitement de tumeurs visant l'inhibition spécifique de l'héparanase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Ghodhbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Kacem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Le Joubioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Delatouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Section Régionale Centre-Ouest de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide au ciblage du microenvironnement tumoral par le développement d’un nano-système de détection et de traitement de tumeurs avec inhibition ciblée d’une glycosyl-hydrolase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès « GdR Or-Nano »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tumor micro environment targeting by the development of a nano-system for the detection and treatment of tumors by targeted inhibition of a glycosidase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Apoptosis, Angiogenesis &amp; Hypoxia in Tumor Microenvironment: Biological aspects &amp; Imaging » congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Berder Island, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a better understanding of a pertinent biomarker of contaminant effect on Crassostrea gigas: the prophenoloxidase system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rosenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Aranaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASLO Aquatic Sciences Meeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomarkers of interest to assess in situ the impact of pollutants on immune defences in the Pacific oyster Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rosenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Aranaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Pollutant Responses in Marine Organisms (PRIMO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation and characterization of phenoloxidase-like activity in Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Aimiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Aranaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thomas-Guyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society of Marine Biotechnology (ESBM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Concarneau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of molecular immune related biomarker in the Pacific oyster Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thomas-Guyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society of Experimental Biology Annual Main Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00527016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir un catalogue de recherche universitaire : intentions, enjeux et réalisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Régien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Othoniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Quique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Gicquel de Menou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Rochelle Université. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05421834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NOVEL DEPOLYMERIZED EXOPOLYSACCHARIDES, DERIVED FROM MICROALGAE, METHOD FOR PREPARING SAME, AND USES THEREOF IN COSMETICS FOR DELAYING THE EFFECTS OF SKIN AGEING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2022/184746 A1. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03919758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">USE OF MICROALGAL EXOPOLYSACCHARIDES AS TEXTURIZING AGENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2022/184745 A1. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03919763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extrait d’algue du genre Ulva pour le traitement de l’inflammation et des troubles cognitifs et/ou émotionnels induits par un syndrome métabolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Adrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baudoin Stanislas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2213053. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04674461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux exopolysaccharides dépolymérisés, issus de micro-algues, leur procédé de préparation et leurs utilisations en cosmétique pour retarder les effets du vieillissement cutané</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Pruvost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Massé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Decamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Probert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2102020. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'exopolysaccharides de micro-algues à titre d'agents texturants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Pruvost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Massé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Decamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Probert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2102024. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activités de R&D en nutrition-santé au laboratoire LIENSs (UMRi 7266 CNRS – La Rochelle Université)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ère Conférence sur la Recherche et l'innovation pour les compléments alimentaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the anti-aging potential of Porphyridium cruentum exopolysaccharide via the stimulation of collagen and hyaluronic acid production by cultured dermal fibroblasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lépine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rihouey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual meeting of the french society for extracellular matrix biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NEURONALG project: development of algal nutritional fraction targeting the inflammation involved in emotional behavior and metabolic disorders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Adrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BENEFIQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POLYSALGUE Project: Production of low molecular weight exopolysaccharides from microalgae for nutraceutical application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Gaignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Probert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Goncalves Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BENEFIQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élaboration d’un modèle basé sur des cellules endothéliales microvasculaires pour étudier l’impact de l’héparanase dans l’angiogenèse tumorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Badarou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Kieda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10èmes Journées du Cancéropôle Grand Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Les Sables d'Olonne, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02453398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vectorisation de nanoparticules d'oxyde de fer conjuguées à des héparines modifiées pour le diagnostic et la thérapie du cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Journée du Cancéropole Grand-Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Les Sables d'Olonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tumor micro environment targeting by the development of a nano-system for the detection and treatment of tumors by targeted inhibition of a glycosidase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Defeating Cancer » congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Berder (île de), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tumor micro environment targeting by the development of a nano-system for the detection and treatment of tumors by targeted inhibition of a glycosidase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Kieda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Defeating Cancer » congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId332"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ingrid Arnaudin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (59)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">λ-CO, an oligosaccharide with anti-inflammatory properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Daviaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Main</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chassaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Havret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Musnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedicine and Pharmacotherapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 195, pp.118954. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biopha.2025.118954⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05468537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and Characterization of λ-Carrageenan Oligosaccharide-Based Nanoparticles: Applications in MRI and In Vivo Biodistribution Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Porta-Zapata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Carregal-Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ainhize Urkola-Arsuaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Beatriz Miranda Perez de Alejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26 (3), pp.1948-1967. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.biomac.4c01747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04961287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and Characterization of λ-Carrageenan Oligosaccharide-Based Nanoparticles: Applications in MRI and In Vivo Biodistribution Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Porta-Zapata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Carregal-Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ainhize Urkola-Arsuaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Beatriz Miranda Perez de Alejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26 (3), pp.1948-1967. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.biomac.4c01747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and Characterization of λ-Carrageenan Oligosaccharide-Based Nanoparticles: Applications in MRI and In Vivo Biodistribution Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Porta-Zapata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Carregal-Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ainhize Urkola-Arsuaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Beatriz Miranda Perez de Alejo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26 (3), pp.1948-1967. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.biomac.4c01747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05559201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Pathophysiological Functions of Heparanases: From Evolution, Structural and Tissue‐Specific Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elham Vahdatahar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Daviaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Main</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Havret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Debarnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39 (17), </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.202501859R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05251863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Vitro Antiproliferative Activity of Echinulin Derivatives from Endolichenic Fungus Aspergillus sp. against Colorectal Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hind Makhloufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Pinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Champavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 29 (17), pp.4117. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules29174117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Vitro Antiproliferative Activity of Echinulin Derivatives from Endolichenic Fungus Aspergillus sp. against Colorectal Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hind Makhloufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Pinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Champavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 29 (17), pp.4117. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules29174117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-Proliferative and Pro-Apoptotic vLMW Fucoidan Formulas Decrease PD-L1 Surface Expression in EBV Latency III and DLBCL Tumoral B-Cells by Decreasing Actin Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanez Manseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hussein Akil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mona Tannoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md21020132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-Proliferative and Pro-Apoptotic vLMW Fucoidan Formulas Decrease PD-L1 Surface Expression in EBV Latency III and DLBCL Tumoral B-Cells by Decreasing Actin Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanez Manseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hussein Akil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mona Tannoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Antitumor Activity of Natural Products and Related Compounds, 21 (2), pp.132. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md21020132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04683330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of some structural features in EPS from microalgae stimulating collagen production by human dermal fibroblasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Deffains</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Gaignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rihouey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioengineered</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (1), </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21655979.2023.2254027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Screening Approach to Assess the Impact of Various Commercial Sources of Crude Marine λ-Carrageenan on the Production of Oligosaccharides with Anti-heparanase and Anti-migratory Activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanez Manseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Porta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Edouard Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Mersni-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 21 (5), pp.295. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md21050295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Marine λ-Oligocarrageenan Inhibits Migratory and Invasive Ability of MDA-MB-231 Human Breast Cancer Cells through Actions on Heparanase Metabolism and MMP-14/MMP-2 Axis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanez Manseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Ferru-Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Gani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 19 (10), pp.546. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md19100546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heparin length in the coating of extremely small iron oxide nanoparticles regulates in vivo theranostic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Carregal-Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Castejón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikel Azkargorta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Beatriz Miguel-Coello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0nr06378a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03089012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticancer activity of limonene: A systematic review of target signaling pathways</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heitor Gomes De Araújo‐filho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jucilene Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaella Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytotherapy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ptr.7125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03201341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights in bacterial and eukaryotic diversity of microbial mats inhabiting exploited and abandoned salterns at the Ré Island (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mazière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Agogué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiana Cravo-Laureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Cagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lanneluc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 252, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micres.2021.126854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03327781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">λ-Carrageenan Oligosaccharides of Distinct Anti-Heparanase and Anticoagulant Activities Inhibit MDA-MB-231 Breast Cancer Cell Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Chot-Plassot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maheva Maura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17 (3), pp.140. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md17030140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of heparin and λ-carrageenan anti-heparanase derivatives using a combination of physicochemical depolymerization and glycol splitting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 166, pp.156 - 165. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2017.02.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of ace inhibitory cryptides in Tilapia protein hydrolysate by UPLC–MS/MS coupled to database analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yesmine Ben Henda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ortência Leocádia Nunes Gonzalez da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogério Boscolo Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chromatography B - Analytical Technologies in the Biomedical and Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1052, pp.43 - 50. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jchromb.2017.02.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Family of Bioactive Heparin-Coated Iron Oxide Nanoparticles with Positive Contrast in Magnetic Resonance Imaging for Specific Biomedical Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Herranz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egle Conforto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 18 (10), pp.3156 - 3167. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.biomac.7b00797⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of Heparanase-Mediated Angiogenesis Using Microvascular Endothelial Cells: Identification of λ-Carrageenan Derivative as a Potent Anti Angiogenic Agent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Badarou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Fasani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine drugs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 15 (5), pp.284 - 298. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/md15050134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-Term and Long-Term Biological Effects of Chronic Chemical Contamination on Natural Populations of a Marine Bivalve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Breitwieser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélia Viricel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Graber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Murillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Becquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11, pp.150184 - 150184. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0150184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01393128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alteration of cathepsin D trafficking induced by hypoxia and extracellular acidification in MCF-7 breast cancer cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahya Ashraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Kacem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biochi.2015.11.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-heparanase activity of ultra-low-molecular-weight heparin produced by physicochemical depolymerization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2015.08.041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors other than metalloprotease are required for full virulence of French Vibrio tubiashii isolates in oyster larvae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Mersni-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosra Ben Cheikh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Pichereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ibtissem Doghri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Etien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 161 (5), pp.997-1007. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1099/mic.0.000058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Di and tripeptides from marine sources can target adipogenic process and contribute to decrease adipocyte number and functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yesmine Ben Henda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariem Laamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lanneluc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Agnès Travers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Agogué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Functional Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Journal of Functional Foods, 17, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jff.2015.04.050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01356228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First description of French V. tubiashii strains pathogenic to mollusk: II. Characterization of properties of the proteolytic fraction of extracellular products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Mersni Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Imbert-Auvray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yosra Ben Cheick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Faury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123, pp.49-59. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2014.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04499654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First description of French V. tubiashii strains pathogenic to mollusk: I. Characterization of isolates and detection during mortality events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Agnès Travers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Mersni Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Haffner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Tourbiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Cassone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Invertebrate Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 123, pp.38-48. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jip.2014.04.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring Angiotensin-I Converting Enzyme Inhibitory Activity by Micro Plate Assays: Comparison Using Marine Cryptides and Tentative Threshold Determinations with Captopril and Losartan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yesmine Ben Henda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Labidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Delatouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 61 (45), pp.10685-10690. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf403004e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathepsin D activity and selectivity in the acidic conditions of a tumor microenvironment: Utilization in the development of a novel Cathepsin D substrate for simultaneous cancer diagnosis and therapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Kacem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Delatouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 95 (11), pp.2010-2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum Hemorphin-7 levels are decreased in obesity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie M. Maraninchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Féron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bégu-Le Corroller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Patricio Nogueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Obesity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (2), pp.378-381. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/oby.2012.186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonic-assisted preparation of a low molecular weight heparin (LMWH) with anticoagulant activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Godhbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Le Joubioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Bordenave Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 97 (2), pp.684-689</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of early effects of a single herbicide (diuron) and a mix of herbicides and pharmaceuticals (diuron, isoproturon, ibuprofen) on immunological parameters of Pacific oyster (Crassostrea gigas) spat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna-Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thomas-Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Faury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 87 (11), pp.1335-1340. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2012.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00686855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum Hemorphin-7 Levels Are Decreased in Obesity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Maraninchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Féron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bégu-Le Corroller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan P Nogueira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Obesity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Squid gelatin hydrolysates with antihypertensive, anticancer and antioxidant activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Alemán</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pérez-Santín</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Gómez-Guillén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Research International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 44 (4), pp.1044-1051</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential tissue distribution and specificity of phenoloxidases from the Pacific oyster Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna-Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thomas-Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rosenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part B: Biochemistry and Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 159 (4), pp.220-226. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cbpb.2011.04.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00616689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteolytic degradation by cathepsin D of glycated hemoglobin from diabetes patients gives rise to hemorphin-7 peptides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Féron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 31 (5), pp.956-961</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First evidence of laccase activity in the Pacific oyster Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rosenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Amari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fish and Shellfish Immunology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 28 (4), pp.719-726. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fsi.2010.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00477727v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hemorphin 7 Reflects Hemoglobin Proteolysis in Abdominal Aortic Aneurysm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiphaine Dejouvencel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Féron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Sapoval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Kauffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 30 (2), pp.269-275. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1161/ATVBAHA.109.198309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal variation of pollution biomarkers to assess the impact on health status of juvenile Pacific oysters Crassostrea gigas exposed in situ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thomas-Guyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 17 (4), pp.999-1008. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-009-0287-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00483862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Significant lower VVH7-like immunoreactivity serum level in diabetic patients: Evidence for independence from metabolic control and three key enzymes in hemorphin metabolism, cathepsin D, ACE and DPP-IV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Féron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Begu-Le Corroller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-M. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Frelicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. B. Vialettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 30 (2), pp.256-261. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.peptides.2008.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microwave-assisted Synthesis of Novel Thiazolocarbazoles and Evaluation as Potential Anticancer Agents. Part III</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Testard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadjila Chabane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Enzyme Inhibition and Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 19 (6), pp.467-473. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14756360412331280491⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HPLC PREPARATION OF FISH WASTE HYDROLYSATE FRACTIONS. EFFECT ON GUINEA PIG ILEUM AND ACE ACTIVITY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ballandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asbjorn Gildberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preparative Biochemistry and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32 (1), pp.65-77. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1081/PB-120013162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation of angiotensin-I-converting enzyme inhibitory hydrolysates from unsupplemented caprine whey fermentation by various cheese microflora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rosenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Dairy Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 16 (9), pp.976-983</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiproliferative activity of fish protein hydrolysates on human breast cancer cell lines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Picot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Process Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 41 (5), pp.1217-1222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain processing of hemorphin-7 peptides in various subcellular fractions from rats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Murillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Coitoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 27 (12), pp.3331 - 3340. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.peptides.2006.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01449308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hemorphins: substrates and/or inhibitors of dipeptidyl peptidase IV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 86 (1), pp.31-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serum levels of Hemorphin-7 peptides in patients with breast cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Sauvan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Birnbaum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piot Jean-Marie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 337 (1-2), pp.59-67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microplate assay for determination of cathepsin D activity based on quantification of a specific and stable peptide released from hemoglobin: VV-hemorphin-7</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Garreau-Balandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 486 (1), pp.21-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro metabolism of LVV-Hemorphin-7 by renal cytosol and purified prolyl endopeptidase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Coitoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 24 (8), pp.1201-1206</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angiotensin I converting enzyme inhibition kinetic and opioid activities of synthetic alpha-lactorphin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Garreau-Balandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sannier Frédéric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piot Jean-Marie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Topics in Peptide &amp; Protein Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced Level of Opioid Peptides, Hemorphin-7 Peptides, in Serum of Diabetic Patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Nervi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 26 (8), pp.2480-2480</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Hémorphines : peptides bioactifs issus de l’hémoglobine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piot Jean-Marie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regard sur la biochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative effects of angiotensin IV and two hemorphins on angiotensin-converting enzyme activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 23 (8), pp.1465-1470. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0196-9781(02)00083-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of hemorphin-7 peptides by enzyme linked immunosorbent assay with secondary antibody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Garreau-Balandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytica Chimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 461 (2), pp.229-233. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0003-2670(02)00282-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radioligand Binding Properties of VV-Hemorphin 7, an Atypical Opioid Peptide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Szikra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Benyhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Orosz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zs. Darula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 281 (3), pp.670-677. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/bbrc.2001.4397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteolytic degradation of hemoglobin by endogenous lysosomal proteases gives rise to bioactive peptides: hemorphins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anny Cupo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marie Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 447 (1), pp.81-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hemorphins inhibit angiotensin IV binding and interact with aminopeptidase N</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chansel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vandermeersch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peptides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 19 (8), pp.1339-1348. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s0196-9781(98)00075-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathepsin D Is a Good Candidate for the Specific Release of a Stable Hemorphin from HemoglobinIn Vivo:VV-Hemorphin-7</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 246 (3), pp.719-724</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of hemorphins in a cathepsin D bovine hemoglobin hydrolysate by radioimmunoassay and photodiode array detections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Garreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiuyu Zhao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Cucumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Letters in Peptide Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 4 (4-6), pp.293-296</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01967824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Microbial Innovation For Fighting Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émile Bonnenfant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Sablé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Edouard Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS MICRO Milan 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Federation of European Microbiological Societies (FEMS), Jul 2025, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Microbial Innovation For Fighting Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émile Bonnenfant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Sablé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saliba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Edouard Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Marine Biotechnology Conference IMBC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Marine Biotechnology Association, Jul 2025, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How can bacteria help improve cancer treatment?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émile Bonnenfant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Sablé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Edouard Bodet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Musnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EU-CONEXUS EENVIRO Research Conference: Sustainable Solutions for Energy and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bucharest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production de collagène et d’acide hyaluronique par des fibroblastes dermiques humains stimulés par des exopolysaccharides de microalgues : quelques aspects structuraux et mécanistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Deffains</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Gaignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probert I.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th COSM'ING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Saint-Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05468300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procollagen effect of microalgal exopolysaccharides on human dermal fibroblasts: some structural and mechanistic aspects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Deffains</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Gaignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Probert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th COSM'INNOV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05468320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of collagen and hyaluronic acid by human dermal fibroblasts stimulated by EPS from microalgae: some structural aspects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Deffains</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Gaignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Probert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EnhanceMicroalgae La Rochelle 2022 Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel bioactive compounds with Health and Environmental potentials from Marine sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Sablé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lanneluc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st EU-CONEXUS Research Workshop : Perspectives in Smart Urban Coastal Sustainability Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WP 4 Leader (AUA), Jun 2022, Athens (Agricultural University of Athens), Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05492602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de nouvelles approches applicatives pour la microcine L : de sa production à ses propriétés biologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Roupie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Cherfan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Sopena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Billon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Lanneluc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9 èmes Journées GDR MuFoPAM : MultiFonction des Peptides AntiMicrobiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau MUFOPAM, Oct 2022, Amboise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of collagen and hyaluronic acid by human dermal fibroblasts stimulated by EPS from microalgae: some structural and mechanistic aspects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentine Deffains</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Probert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Congress of the European Polysaccharide Network of Excellence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heparanase targeted for regulation of breast tumoral angiogenesis using structural analogues of heparan sulfate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Badarou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Kieda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-M. Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">„New chemical and biological tools for targeting in cancer imaging and therapy" Workshop de l'axe vectorisation du CGO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Le Bono, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide au ciblage du microenvironnement tumoral par le développement d'un nano-système de détection et de traitement de tumeurs visant l'inhibition spécifique de l'héparanase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azza Ghodhbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Kacem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Le Joubioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Delatouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Section Régionale Centre-Ouest de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide au ciblage du microenvironnement tumoral par le développement d’un nano-système de détection et de traitement de tumeurs avec inhibition ciblée d’une glycosyl-hydrolase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès « GdR Or-Nano »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tumor micro environment targeting by the development of a nano-system for the detection and treatment of tumors by targeted inhibition of a glycosidase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Apoptosis, Angiogenesis &amp; Hypoxia in Tumor Microenvironment: Biological aspects &amp; Imaging » congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Berder Island, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomarkers of interest to assess in situ the impact of pollutants on immune defences in the Pacific oyster Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Godefroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rosenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Aranaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Symposium on Pollutant Responses in Marine Organisms (PRIMO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a better understanding of a pertinent biomarker of contaminant effect on Crassostrea gigas: the prophenoloxidase system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Rosenfeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Aranaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASLO Aquatic Sciences Meeting 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localisation and characterization of phenoloxidase-like activity in Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Aimiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Aranaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thomas-Guyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society of Marine Biotechnology (ESBM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Concarneau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00526807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of molecular immune related biomarker in the Pacific oyster Crassostrea gigas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Luna Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Barthélémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paco Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thomas-Guyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Society of Experimental Biology Annual Main Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00527016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir un catalogue de recherche universitaire : intentions, enjeux et réalisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Régien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Othoniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Quique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Gicquel de Menou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La Rochelle Université. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05421834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NOVEL DEPOLYMERIZED EXOPOLYSACCHARIDES, DERIVED FROM MICROALGAE, METHOD FOR PREPARING SAME, AND USES THEREOF IN COSMETICS FOR DELAYING THE EFFECTS OF SKIN AGEING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2022/184746 A1. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03919758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extrait d’algue du genre Ulva pour le traitement de l’inflammation et des troubles cognitifs et/ou émotionnels induits par un syndrome métabolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Adrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baudoin Stanislas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2213053. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04674461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">USE OF MICROALGAL EXOPOLYSACCHARIDES AS TEXTURIZING AGENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2022/184745 A1. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03919763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'exopolysaccharides de micro-algues à titre d'agents texturants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Pruvost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Massé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Decamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Probert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2102024. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux exopolysaccharides dépolymérisés, issus de micro-algues, leur procédé de préparation et leurs utilisations en cosmétique pour retarder les effets du vieillissement cutané</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Goncalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Pruvost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Massé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Decamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Probert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR2102020. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activités de R&D en nutrition-santé au laboratoire LIENSs (UMRi 7266 CNRS – La Rochelle Université)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ère Conférence sur la Recherche et l'innovation pour les compléments alimentaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the anti-aging potential of Porphyridium cruentum exopolysaccharide via the stimulation of collagen and hyaluronic acid production by cultured dermal fibroblasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lépine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rihouey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual meeting of the french society for extracellular matrix biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NEURONALG project: development of algal nutritional fraction targeting the inflammation involved in emotional behavior and metabolic disorders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Adrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bordenave-Juchereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BENEFIQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POLYSALGUE Project: Production of low molecular weight exopolysaccharides from microalgae for nutraceutical application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Toucheteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Gaignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Probert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Goncalves Gonçalves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BENEFIQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vectorisation de nanoparticules d'oxyde de fer conjuguées à des héparines modifiées pour le diagnostic et la thérapie du cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Journée du Cancéropole Grand-Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Les Sables d'Olonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02428732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élaboration d’un modèle basé sur des cellules endothéliales microvasculaires pour étudier l’impact de l’héparanase dans l’angiogenèse tumorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Poupard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pamela Badarou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Groult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Kieda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10èmes Journées du Cancéropôle Grand Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Les Sables d'Olonne, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02453398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tumor micro environment targeting by the development of a nano-system for the detection and treatment of tumors by targeted inhibition of a glycosidase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Fruitier-Arnaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Defeating Cancer » congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Berder (île de), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tumor micro environment targeting by the development of a nano-system for the detection and treatment of tumors by targeted inhibition of a glycosidase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bridiau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Kieda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Maugard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Defeating Cancer » congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05469866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId333"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468537v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Daviaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Main" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chassaing" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Havret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Musnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118954" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469005v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Porta-Zapata" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Carregal-Romero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Saliba" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainhize Urkola-Arsuaga" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Beatriz Miranda Perez de Alejo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c01747" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961287v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251863v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Vahdatahar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Debarnot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202501859R" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776011v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Makhloufi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Pinon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Champavier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Millot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29174117" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469008v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469030v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanez Manseur" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Groult" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Akil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Tannoury" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21020132" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683330v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205744v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Toucheteau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Deffains" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gaignard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rihouey" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Laroche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21655979.2023.2254027" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261623v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Porta" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Bodet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Mersni-Achour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21050295" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-03369118v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cousin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ferru-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19100546" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089012v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castej&#243;n" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikel Azkargorta" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Beatriz Miguel-Coello" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nr06378a" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201341v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Gomes De Ara&#250;jo&#8208;filho" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jucilene Santos" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikaella Carvalho" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Picot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fruitier-Arnaudin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ptr.7125" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327781v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mazi&#232;re" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Cravo-Laureau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cagnon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lanneluc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micres.2021.126854" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053593v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chot-Plassot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maheva Maura" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bridiau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17030140" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01664752v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yesmine Ben Henda" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ort&#234;ncia Leoc&#225;dia Nunes Gonzalez da Silva" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rog&#233;rio Boscolo Wilson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Arnaudin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2017.02.015" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01664798v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poupard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Herranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egle Conforto" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.7b00797" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628620v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Badarou" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fasani" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md15050134" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01664739v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bodin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordenave-Juchereau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2017.02.040" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447204v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Achour" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Ashraf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Kacem" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2015.11.007" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9HTJPCJC-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447822v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sannier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2015.08.041" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393128v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Breitwieser" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Viricel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Graber" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Murillo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Becquet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0150184" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967765v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Ben Cheikh" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Pichereau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Doghri" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Etien" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.000058" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356228v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Laamari" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2015.04.050" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499654v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Mersni Achour" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Imbert-Auvray" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Huet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Ben Cheick" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Faury" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2014.09.006" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967771v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Haffner" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tourbiez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cassone" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2014.04.009" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967774v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Delatouche" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967773v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Labidi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf403004e" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645732v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Maraninchi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine F&#233;ron" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey B&#233;gu-Le Corroller" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Patricio Nogueira" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/oby.2012.186" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967777v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Godhbani" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Joubioux" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bordenave Juchereau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967778v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maraninchi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan P Nogueira" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686855v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Luna-Acosta" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Renault" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thomas-Guyon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Saulnier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2012.02.022" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967866v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alem&#225;n" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. P&#233;rez-Sant&#237;n" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bordenave-Juchereau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Arnaudin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. G&#243;mez-Guill&#233;n" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616689v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Amari" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rosenfeld" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Bustamante" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpb.2011.04.009" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967782v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Piot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477727v2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Luna Acosta" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2010.01.008" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967783v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Dejouvencel" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rossignol" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sapoval" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Kauffmann" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.109.198309" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483862v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Godefroy" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-009-0287-1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/291D4B08D34DDAF09699ABE5E8114E5BB996A143/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967785v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F&#233;ron" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Begu-Le Corroller" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Piot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Frelicot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B. Vialettes" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2008.11.004" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7V8F9HX5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967795v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Testard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjila Chabane" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14756360412331280491" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967816v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordenave" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fruitier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ballandier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asbjorn Gildberg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1081/PB-120013162" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469538v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Picot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bordenave" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Didelot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fruitier-Arnaudin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sannier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967788v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Didelot" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449308v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Coitoux" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2006.09.014" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VB8MJDJ2-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967792v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cohen" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Piot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967800v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coitoux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piot" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967833v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garreau-Balandier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sannier Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piot Jean-Marie" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967806v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nervi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967804v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Garreau-Balandier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967803v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sauvan" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Birnbaum" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967812v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cohen" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0196-9781(02)00083-9" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DXB82B87-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967814v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garreau-Balandier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0003-2670(02)00282-9" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RPHZRNCD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967830v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967817v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Szikra" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benyhe" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Orosz" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs. Darula" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.2001.4397" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52BTTXS5-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967819v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garreau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lacroix" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Cupo" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Piot" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967821v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chansel" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vandermeersch" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0196-9781(98)00075-8" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GN99WFP7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967822v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967824v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuyu Zhao" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Cucumel" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484384v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Bonnenfant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sabl&#233;" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Colin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484378v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484983v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468300v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Probert I." TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pierre" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468320v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Probert" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492602v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493236v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Roupie" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cherfan" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sopena" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Billon" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469529v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506914v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625248v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Poupard" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Badarou" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bridiau" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Kieda" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M. Piot" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428967v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Ghodhbani" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469884v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Maugard" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469896v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526805v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fruitier-Aranaudin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526806v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526807v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Aimiri" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527016v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421834v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Schmitt" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine R&#233;gien" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Othoniel" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Quique" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Gicquel de Menou" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-03919758v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-03919763v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674461v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Adrien" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudoin Stanislas" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506901v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Goncalves" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Pruvost" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Mass&#233;" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Decamp" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506907v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gon&#231;alves" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469570v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469599v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Michaud" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier L&#233;pine" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428860v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428791v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Goncalves Gon&#231;alves" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453398v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428732v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469868v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469866v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468537v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Daviaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Main" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chassaing" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Havret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Musnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118954" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961287v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Porta-Zapata" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Carregal-Romero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Saliba" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainhize Urkola-Arsuaga" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Beatriz Miranda Perez de Alejo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.4c01747" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469005v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559201v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251863v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Vahdatahar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Debarnot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202501859R" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776011v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Makhloufi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Pinon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Champavier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Millot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29174117" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469008v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469030v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanez Manseur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Groult" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Akil" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Tannoury" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21020132" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683330v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205744v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Toucheteau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Deffains" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gaignard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rihouey" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Laroche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21655979.2023.2254027" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261623v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Porta" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Bodet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Mersni-Achour" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md21050295" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-03369118v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cousin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ferru-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gani" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19100546" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089012v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Castej&#243;n" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikel Azkargorta" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Beatriz Miguel-Coello" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nr06378a" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201341v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor Gomes De Ara&#250;jo&#8208;filho" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jucilene Santos" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikaella Carvalho" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Picot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fruitier-Arnaudin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ptr.7125" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327781v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mazi&#232;re" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Cravo-Laureau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cagnon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lanneluc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micres.2021.126854" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053593v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chot-Plassot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maheva Maura" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bridiau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md17030140" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01664739v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poupard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bodin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordenave-Juchereau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2017.02.040" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01664752v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yesmine Ben Henda" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonnet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ort&#234;ncia Leoc&#225;dia Nunes Gonzalez da Silva" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rog&#233;rio Boscolo Wilson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Arnaudin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2017.02.015" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01664798v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Herranz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egle Conforto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.7b00797" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628620v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Badarou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Fasani" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md15050134" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393128v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Breitwieser" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Viricel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Graber" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Murillo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Becquet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0150184" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447204v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Achour" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Ashraf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Kacem" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2015.11.007" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9HTJPCJC-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447822v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Sannier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2015.08.041" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967765v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Ben Cheikh" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Pichereau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Doghri" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Etien" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.000058" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01356228v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Laamari" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2015.04.050" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499654v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Mersni Achour" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Imbert-Auvray" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Huet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Ben Cheick" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Faury" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2014.09.006" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967771v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Haffner" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tourbiez" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cassone" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2014.04.009" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967773v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Labidi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Delatouche" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf403004e" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967774v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645732v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Maraninchi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine F&#233;ron" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey B&#233;gu-Le Corroller" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Patricio Nogueira" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/oby.2012.186" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967777v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Godhbani" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Joubioux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bordenave Juchereau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686855v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Luna-Acosta" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Renault" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thomas-Guyon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Saulnier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2012.02.022" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967778v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maraninchi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan P Nogueira" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967866v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alem&#225;n" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. P&#233;rez-Sant&#237;n" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bordenave-Juchereau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Arnaudin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. G&#243;mez-Guill&#233;n" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00616689v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Amari" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rosenfeld" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Bustamante" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpb.2011.04.009" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967782v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Piot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477727v2" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Luna Acosta" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2010.01.008" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967783v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Dejouvencel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rossignol" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sapoval" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Kauffmann" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.109.198309" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483862v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Godefroy" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-009-0287-1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/291D4B08D34DDAF09699ABE5E8114E5BB996A143/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967785v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F&#233;ron" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Begu-Le Corroller" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Piot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Frelicot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B. Vialettes" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2008.11.004" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7V8F9HX5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967795v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Testard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjila Chabane" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14756360412331280491" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967816v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bordenave" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fruitier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ballandier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asbjorn Gildberg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1081/PB-120013162" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967788v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Didelot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469538v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Picot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bordenave" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Didelot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Fruitier-Arnaudin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sannier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449308v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Coitoux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2006.09.014" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VB8MJDJ2-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967792v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cohen" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Piot" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967803v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sauvan" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Birnbaum" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piot Jean-Marie" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967804v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Garreau-Balandier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967800v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coitoux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piot" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967833v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garreau-Balandier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sannier Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967806v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nervi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967830v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cohen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967812v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0196-9781(02)00083-9" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DXB82B87-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967814v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Garreau-Balandier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0003-2670(02)00282-9" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RPHZRNCD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967817v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Szikra" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benyhe" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Orosz" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zs. Darula" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.2001.4397" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52BTTXS5-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967819v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Garreau" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Lacroix" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anny Cupo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Piot" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967821v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chansel" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vandermeersch" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0196-9781(98)00075-8" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GN99WFP7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967822v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01967824v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiuyu Zhao" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Cucumel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484378v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mile Bonnenfant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sabl&#233;" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Colin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484384v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484983v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468300v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Probert I." TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pierre" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468320v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Probert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469529v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492602v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493236v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Roupie" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cherfan" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sopena" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Billon" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506914v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625248v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Poupard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Badarou" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bridiau" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Kieda" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M. Piot" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428967v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azza Ghodhbani" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469884v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Maugard" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469896v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526806v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fruitier-Aranaudin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526805v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526807v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Aimiri" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00527016v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421834v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Schmitt" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine R&#233;gien" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Othoniel" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Quique" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Gicquel de Menou" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-03919758v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674461v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Adrien" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudoin Stanislas" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-03919763v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506907v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gon&#231;alves" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Pruvost" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Mass&#233;" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Decamp" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506901v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Goncalves" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469570v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469599v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Michaud" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier L&#233;pine" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428860v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428791v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Goncalves Gon&#231;alves" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428732v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453398v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469868v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469866v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>