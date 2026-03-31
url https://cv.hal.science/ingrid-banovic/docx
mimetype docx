--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -597,51 +597,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04811490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une définition opérationnelle du &amp;quot;binge drinking&amp;quot; : une nécessité diagnostique et de recherche</w:t>
+                <w:t xml:space="preserve">What We Talk About When We Talk About Binge Drinking: Towards an Integrated Conceptualization and Evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Maurage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Lannoy</w:t>
@@ -676,458 +676,458 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beaunieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Alcoologie et Addictologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Alcohol and Alcoholism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 55 (5), pp.468-479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/alcalc/agaa041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04182841v1</w:t>
+                <w:t xml:space="preserve">hal-03118373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward Further Understanding of Crohn’s Disease-Related Fatigue: The Role of Depression and Emotional Processing</w:t>
+                <w:t xml:space="preserve">Comprendre les troubles du sommeil de patients adultes atteints de MICI pris en charge en ambulatoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Banovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Derrey-Bunel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrizio Scrima</w:t>
+                <w:t xml:space="preserve">Daniel Gilibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Savoye</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dorian Bannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Beaugerie</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, </w:t>
+              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2020.00703⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2020.01.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04811494v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02332853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre les troubles du sommeil de patients adultes atteints de MICI pris en charge en ambulatoire</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vers une définition opérationnelle du &amp;quot;binge drinking&amp;quot; : une nécessité diagnostique et de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maurage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Lannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Mange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Grynberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Beaunieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Alcoologie et Addictologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 42 (2), pp.33-58</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02332853v1</w:t>
+                <w:t xml:space="preserve">hal-04182841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What We Talk About When We Talk About Binge Drinking: Towards an Integrated Conceptualization and Evaluation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hélène Beaunieux</w:t>
+                <w:t xml:space="preserve">Toward Further Understanding of Crohn’s Disease-Related Fatigue: The Role of Depression and Emotional Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Banovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Montreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Derrey-Bunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Scrima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Savoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alcohol and Alcoholism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 55 (5), pp.468-479. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/alcalc/agaa041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2020.00703⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03118373v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-cultural validation of a Frencg version of the Emotional Processing Scale (EPS-25).</w:t>
               </w:r>
@@ -1347,51 +1347,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Coissard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-L. Ndao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gilibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Banovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1554,51 +1554,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Banovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gilibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Pallu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1683,51 +1683,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en scène et origine perçue des voix hallucinées dans des discours de patients schizophrènes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Guigo-Banovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gilibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Gimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1799,51 +1799,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La représentation des causes de l'état de santé par les infirmiers et les points de vue envisagés des patients et des aidants naturels : une approche socionormative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Gilibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Banovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2320,51 +2320,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980864v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Banovic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva &#352;aban" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Ayad" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fornasieri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Parris" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/neu0000982" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811476v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Tereno" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spp.2023.10.004" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811478v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Scrima" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beaugerie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Coquart" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-023-01358-1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811490v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Filippi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Viglione" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zennaro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14999013.2021.1906798" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182841v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurage" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Lannoy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Mange" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grynberg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beaunieux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811494v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Montreuil" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derrey-Bunel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Savoye" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.00703" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332853v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gilibert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bannier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2020.01.012" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03118373v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/alcalc/agaa041" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332868v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Gay" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Haag" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2019.05.002" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930765v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Rebelo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Drieu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dia.220.0111" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783484v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coissard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Ndao" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2017.10.003" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332897v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2015.03.028" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-07D5M82S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01585879v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Michel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Pallu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Meyer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01386683v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Guigo-Banovic" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Gimenez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Jebrane" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2007.09.004" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XCFRBVZ6-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00568207v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1420-2530(16)30218-7" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01383869v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Pedinielli" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2004.04.021" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144778v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bagneux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Ritz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cheam-Berni&#232;re" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980864v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Banovic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva &#352;aban" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Ayad" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fornasieri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Parris" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/neu0000982" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811476v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Tereno" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spp.2023.10.004" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811478v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Scrima" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Beaugerie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Coquart" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-023-01358-1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811490v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Filippi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Viglione" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Zennaro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14999013.2021.1906798" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03118373v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurage" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Lannoy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Mange" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grynberg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beaunieux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/alcalc/agaa041" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332853v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gilibert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bannier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2020.01.012" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182841v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811494v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Montreuil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derrey-Bunel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Savoye" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.00703" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332868v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Gay" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Haag" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2019.05.002" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930765v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Rebelo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Drieu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dia.220.0111" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783484v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coissard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Ndao" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2017.10.003" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332897v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2015.03.028" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-07D5M82S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01585879v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Michel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Pallu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Meyer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01386683v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Guigo-Banovic" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Gimenez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Jebrane" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2007.09.004" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XCFRBVZ6-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-00568207v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1420-2530(16)30218-7" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01383869v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Pedinielli" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2004.04.021" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144778v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bagneux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Ritz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cheam-Berni&#232;re" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>