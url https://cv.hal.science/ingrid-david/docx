--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -66,6838 +66,7286 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic determinism of circadian rhythm of feed intake and relation with feed efficiency evaluated in group-housed growing Large White pigs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Riaboff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05555026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transgenerational transmission of an environmental modification in quails: changes in phenotypic variance components across three generations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05158792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Resource acquisition and allocation trade-offs and the link to genetic correlation between traits in agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bédère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Douhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N.C. Friggens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05312542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulating transgenerational hologenomes under selection with RITHMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Pety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Rau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04913329v5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (59)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transgenerational response to the ingestion of an endocrine disruptor: phenotypic, genetic, and epigenetic analyses in quail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stacy Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Seraphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAG 33</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2026, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05478473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influences de multiples composantes des aptitudes maternelles de la truie sur la survie et la croissance précoces de la portée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Girardie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvon Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la recherche porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2025, Saint-Malo, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15454/1.5572415481185847E12)⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04932738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An advanced stochastic framework for the simulation of transgenerational hologenomic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Pety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Rau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Bordeaux (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05344529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UpDown -an R Package to characterize unknown disturbances from longitudinal observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Rohmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04213268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longitudinal patterns for feeding traits in the two parental populations of the mule duck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Ribas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lagüe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France. pp.898</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04188558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prédiction du patron d’activité des truies allaitantes par analyse d’image, et relations avec la survie et la croissance des porcelets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Girardie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvon Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">55ème Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2023, Saint-Malo, France. pp.45-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04066713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UpDown, une méthodologie d'identification et de caractérisation de perturbations affectant des données longitudinales</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sow activity patterns elaborated from computer vision data are associated with piglet growth in early lactation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Girardie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laloë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54es Journées de Statistique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Libre de Bruxelles, Jul 2023, Bruxelles, Belgique. 5 p</w:t>
+              <w:t xml:space="preserve">ISAE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Tallinn, Estonia. pp.16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04164367v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04881852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sow activity patterns elaborated from computer vision data are associated with piglet growth in early lactation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">UpDown, une méthodologie d'identification et de caractérisation de perturbations affectant des données longitudinales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISAE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Tallinn, Estonia. pp.16</w:t>
+              <w:t xml:space="preserve">54es Journées de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Libre de Bruxelles, Jul 2023, Bruxelles, Belgique. 5 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04881852v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04164367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rusticité, robustesse, résilience, adaptation&amp;quot; Quelle est la vision de la communauté des généticiens sur ces concepts ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Races rustiques »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, Mar 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04322643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’épigénétique à l’interface entre l’environnement et l'ADN : quelle importance pour les pratiques d’élevage et les méthodes de sélection ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Coustham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Andrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ITAVI; INRAE; ANSES; WVPA; WPSA; CTCPA, Mar 2022, Tours, France. pp.628-629, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anscip.2022.05.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03616157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of a non-Gaussian dependence structure on REML estimation of the bivariate genetic animal model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production (WCGALP 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03719859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact d'une copule non-Gaussienne dans l'estimation REML du modèle génétique animal bivarié pour des populations sous sélection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées des Statistiques 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03699461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de la transmissibilité en sélection, utopie ou réalité?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Canario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques du département de génétique animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, département GA, 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04574488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetics as a mediator of genome x environment interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederique Pitel</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Mignon-Grasteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. World's Poultry Congress (WPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Paris, France. pp.199-212</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03797557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clustering of Meishan and Large White sows for activity defined from image analysis, and influence on piglet mortality</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Estimating vertical path coefficients of transmission of non-genetic inherited effects from a similarity matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Larzul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WCGALP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03725121v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03725125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the characterisation of animal robustness by dynamic energy allocation indicators in fattening pigs</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Clustering of Meishan and Large White sows for activity defined from image analysis, and influence on piglet mortality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oceane Girardie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bonneau Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCGALP 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">WCGALP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03725117v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03725121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating vertical path coefficients of transmission of non-genetic inherited effects from a similarity matrix</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Towards the characterisation of animal robustness by dynamic energy allocation indicators in fattening pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Munoz Tamayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Ricard</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N.C. Friggens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCGALP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, rotterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">WCGALP 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03725125v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03725117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'amélioration génétique de la résilience chez les poules pondeuses : des caractères prometteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Berghof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katrijn Peeters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Pinard-van Der Laan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeroen Visscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Itavi, Mar 2022, Tours, France. pp.631-632, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.anscip.2022.05.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03613532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of causal structure of traits involved in sow lactation feed efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Mora Fenoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillerme Rosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Pablo Sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WCGALP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03725128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">longitudinal residual feed intake criterion for selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van-Hung Huynh Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03360523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic trends in doe and kit behaviour and performances assessed with comparison of old and modern-type lines in a crossfostering design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oceane Girardie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Maupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry T. Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03416254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection génétique pour la résilience et la robustesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">rencontres F2E</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03321184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the impact of the non-Gaussian dependence structure in the REML estimation of the multivariate genetic model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Mathematical Genetics Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03681137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The transmissibility model to account for genetic and non-genetic inheritance in livestock species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th ICQG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, webinaire, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03166072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term effects of selection for prolificacy and kit growth on rabbit performance and behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oceane Girardie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Maupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">71. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association for Animal Production, Dec 2020, Inconnu, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03079670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des modèles pour de nouveaux défis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zulma Vitezica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques du Département Génétique Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, La Chapelle-sur-Erdre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02874765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New perspective on intergenerational transmission of characters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Aliakbari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne L. Canario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03162765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : paramètres génétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merina Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., May 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structured antedependence model for longitudinal analysis of social effects on ADG in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Pap.Blo Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miriam Piles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Dubrovnik, Croatia. 705 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic parameters of resistance to non-specific diseases in rabbits in selection and challenging environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Sélection génétique pour la résistance aux maladies : projets et avancées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Maupin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+                <w:t xml:space="preserve">Merina Shrestha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Balmisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bertagnoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. 1130 p</w:t>
+              <w:t xml:space="preserve">Journée Nationale d’Information des Professionnels du Lapin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Cesson Sévigné, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01816912v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sélection génétique pour la résistance aux maladies : projets et avancées</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Genetic parameters of resistance to non-specific diseases in rabbits in selection and challenging environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bertagnoli</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Maupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Nationale d’Information des Professionnels du Lapin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Cesson Sévigné, France</w:t>
+              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. 1130 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02788724v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01816912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre pour contrôler les facteurs génétiques et non génétiques de la transmission des caractères maternels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne L. Canario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Demars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Combes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Le Mans, France. 205 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic and maternal effects on growth and feed efficiency in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Benitez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">68. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gompertz model improves breeding value prediction for feed conversion ratio for incomplete weights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Hung Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">67. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. 721 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic parameters for resistance to infectious diseases in two french paternal meat rabbit lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Maupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Qingdao, China. 417 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01578243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des effets de la lignée de l'animal et de celle de la mère adoptive sur sa croissance et son efficacité alimentaire selon le niveau de sélection pour la consommation résiduelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Benitez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Le Mans, France. 264 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de signes cliniques pour la sélection sur la résistance aux maladies : paramètres génétiques en lignées paternelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Maupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Le Mans, France. 264 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01243326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation entre les critères de sélection de la lignée INRA 1777 et la survie des lapereaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Maupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Le Mans, France. 264 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic modelling of feed intake : A case study in growing pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Varsovie, Poland. 577 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic heteroscedastic model to study genetic variability of sheep litter size</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Fathallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Varsovie, Poland. 577 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does Selection for RFI Affect the Sensitivity to Environmental Variation in Pigs?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvon Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susanne Hermesch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of environmental and genetic factors the variability of litter sizes of sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samira Fathallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Nantes, France. 665 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02745268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clip test : A new fast and simple method to distinguish between linked or pleiotropic quantitative trait loci in linkage disequilibrium analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel J. M. Elsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Concordet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICQG2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Edinburgh, United Kingdom. 285 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02747553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheep insemination : current situation in France and work on data of semen production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">63. Annual Meeting of the European Association of Animal Production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Bratislava, Slovakia. 476 p., </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-761-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacité et comportement alimentaire : nouveaux phénotypes chez l'agneau en allaitement artificiel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond Ricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Louis J. L. Weisbecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parámetros genéticos de la variabilidad del peso al nacimiento de conejos y ratones usando GSEVM v5.1.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milagros Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XV Reunión Nacional de Mejora Genética Animal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Vigo, España. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02823584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimates of the genetic parameters for local Turkey of Azerbaijan for body weight with random regression analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.A. Rafat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Namavar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Shodja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Janmohammadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.Z. Khosroshahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artificial insemination results in several livestock populations studied with product and additive models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.J. Carabano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ll. Tusell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Gonzalez Recio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Leipzig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaisons of three models for canalising selection or genetic robustness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milagros Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Ibáñez-Escriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Mallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">60. Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic parameters for growth traits in Romane sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Francois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric F. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard B. Bibé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">60. Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic correlation between female fertility and milk yield in Lacaune sheep.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Manfredi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">59th Annual Meeting of the European Association for Animal Production (EAAP), August 2427</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Vilnius</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réussite à l'insémination en élevages ovins laitiers pyrénéens : facteurs de variation liés aux conduites de troupeaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Arranz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Freret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fidelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Fatet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Druart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'insémination dans les filières ovines et caprines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Fatet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Leboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Freret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Druart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèles conjoints d'analyse de la fertilité femelle et de la fécondance mâle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Manfredi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres Legarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques, Département de Génétique Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Lacanau</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs de variation génétique et environnementaux de la production de semence et de la réussite de l'insémination artificielle en ovin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Leymarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Manfredi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Rencontres Recherches Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs génétiques et environnementaux influençant la résussite de l'insémination artificielle chez les ovins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Leymarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Manfredi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental and genetic factors affecting male and female fertility in dairy sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Leymarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Manfredi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58. Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Dublin, Ireland. Abstract p.131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02820262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic parameters of ram semen traits using an animal model accounting for serial correlations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Manfredi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. World Congress on Applied to Livestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2006, Minas Gerais, Belo Horizonte, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une valorisation des données des centres d'insémination ovins.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Leymarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Manfredi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12èmes Rencontres Recherches Ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6907,12616 +7355,12243 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Software engineering and genericity of a transgenerational hologonomic simulation framework, followed by an in silico analysis of thermal effects on the bovine holobiont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youna Maillié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Andrea Rau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingrid David</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Solène Pety</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Statistics [stat]. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05344476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (67)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transgenerational transmission of an environmental modification in quails: changes in phenotypic variance components across three generations</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Transmissibility model to evaluate transgenerational transmission of environmental effects in quails</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keyvan Karami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stacy Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...24 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-05158792v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.101636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101636⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resource acquisition and allocation trade-offs and the link to genetic correlation between traits in agriculture</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simulating transgenerational hologenomes under selection with RITHMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Solène Pety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">hal-05312542v1</w:t>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Rau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peer Community In Mathematical and Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pci.mcb.100417⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05461768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating transgenerational hologenomes under selection with RITHMS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Feeding Behaviour in Group-Housed Growing-Finishing Pigs and Its Relationship with Growth and Feed Efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Piles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Llibertat Tusell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina García-Baccino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Cudrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Veterinary Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (2), pp.168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/vetsci12020168⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04947463v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Primiparous sow behaviour on the day of farrowing as one of the primary contributors to the growth of piglets in early lactation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Girardie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laloë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.18415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-69358-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04669520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classifying active and inactive states of growing rabbits from accelerometer data using machine learning algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Riaboff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">hal-04913329v5</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Pablo Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Piles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Smart Agricultural Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9, pp.100675. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atech.2024.100675⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04621966v3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification and characterization of unknown disturbances in a structured population using high-throughput phenotyping data and measurement of robustness: application to growing pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jas/skae059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04491582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epigenetics, genes and the environment: what importance for breeding practices and selection methods in poultry?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Coustham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Andrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Cerutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 (4), pp.7384. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2023.36.4.7384⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04356432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Disentangling the dynamics of energy allocation to provide a proxy of robustness in fattening pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Muñoz-Tamayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas C Friggens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 55 (1), pp.77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-023-00851-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03871410v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of image-based sow activity patterns reveals several associations with piglet survival and early growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Girardie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9, pp.1051284. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2022.1051284⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03934529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An improved transmissibility model to detect transgenerational transmitted environmental effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 55 (1), pp. 66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-023-00833-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04213863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using egg production longitudinal recording to study the genetic background of resilience in purebred and crossbred laying hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bédère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Berghof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrijn Peeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Pinard-van Der Laan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeroen Visscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54 (1), 12 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-022-00716-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03657027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robustness scores in fattening pigs based on routinely collected phenotypes: determination and genetic parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N.C. Friggens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 100 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jas/skac157⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Copula miss-specification in REML multivariate genetic animal model estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54 (1), pp.36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-022-00729-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03681151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Short communication: Effects of in-ovo injection of endocrine disruptors and methyltransferase inhibitor on quail growth and egg-laying performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Cerutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Labrune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2022.100464⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03617287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of the causal structure of traits involved in sow lactation feed efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme J M Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Pablo Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54 (1), pp.53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-022-00744-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03820666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determination of the best nonlinear function and genetic parameter estimates of early growth in Romane lambs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Farhadian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seyed Abbas Rafat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">journal of livestock science and technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03725087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantifying heritability and estimating evolutionary potential in the wild when individuals that share genes also share environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Morellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Hewison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Réale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 91 (6), pp.1239-1250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2656.13677⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03600994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of environmental disturbances on estimated genetic parameters and breeding values for growth traits in pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (4), 9 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2022.100496⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03653106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quality of breeding value predictions from longitudinal analyses, with application to residual feed intake in pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Hung Huynh-Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack Dekkers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54 (1), 8 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-022-00722-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03671277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New residual feed intake criterion for longitudinal data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Hung Huynh Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-021-00641-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03278846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prospects for the Analysis and Reduction of Damaging Behaviour in Group-Housed Livestock, With Application to Pig Breeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne L. Canario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piter Bijma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Camerlink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2020.611073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inclusive inheritance for residual feed intake in pigs and rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Aliakbari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanille Déru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Breeding and Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jbg.12494⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Definitive-intent uniform megavoltage fractioned radiotherapy protocol for presumed canine intracranial gliomas: retrospective analysis of survival and prognostic factors in 38 cases (2013–2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Debreuque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. de Fornel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Delisle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ducerveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12917-020-02614-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02985313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic parameters of resistance to pasteurellosis using novel response traits in rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merina Shrestha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Balmisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bed’hom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 52 (1), 14 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-020-00552-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02883281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intergenerational Transmission of Characters Through Genetics, Epigenetics, Microbiota, and Learning in Livestock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne L. Canario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Demars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2019.01058⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Unified Model for Inclusive Inheritance in Livestock Species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 212 (4), pp.1075-1099. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1534/genetics.119.302375⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimating direct genetic and maternal effects affecting rabbit growth and feed efficiency with a factorial design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ruesche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Balmisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Benitez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Breeding and Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 136 (3), pp.168-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jbg.12380⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : paramètres génétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merina Shrestha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Balmisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cuniculture Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (77-80), pp.77-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic Parameters for Resistance to Non-specific Diseases and Production Traits Measured in Challenging and Selection Environments; Application to a Rabbit Case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Maupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.Non Paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2018.00467⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New objective measurements of semen wave motion are associated with fertility in sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippa L. Kohnke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Fehrenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Rita Lopes Simoes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Debreuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reproduction, Fertility and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (6), pp.889-896. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/RD17472⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01808988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Between-population differences in the genetic and maternal components of body mass in roe deer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Quéméré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Galan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Vanpé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12862-018-1154-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Longitudinal analysis of direct and indirect effects on average daily gain in rabbits using a structured antedependence model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan-Pablo Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Piles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 50 (1), pp.25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-018-0395-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genome-wide association mapping for type and mammary health traits in French dairy goats identifies a pleiotropic region on chromosome 19 in the Saanen breed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Palhiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Maroteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 101 (6), pp.5214-5226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2017-13625⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiple-trait structured antedependence model to study the relationship between litter size and birth weight in pigs and rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Balmisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne L. Canario</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49 (1), pp.11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-017-0288-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to improve breeding value prediction for feed conversion ratio in the case of incomplete longitudinal body weights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Hung Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95 (1), pp.39-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas.2016.0980⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic structured antedependence and random regression models applied to the longitudinal feed conversion ratio in growing Large White pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Hung Huynh-Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95 (11), pp.4752-4763. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas2017.1864⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02625780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interaction of direct and social genetic effects with feeding regime in growing rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Piles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josep Ramon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne L. Canario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriol Rafel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49 (1), pp.58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-017-0333-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01566293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic heteroscedastic models for ordinal traits: application to sheep litter size</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Fathallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (1), pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12711-016-0202-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01341364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relaciones entre los efectos del gen BMP15 y los efectos poligénicos sobre la prolificidad en la raza ovina rasa aragonesa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Fathallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luis Alabart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Angeles Jiménez-Hernando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belén Lahoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ITEA, información técnica económica agraria: revista de la Asociación Interprofesional para el Desarrollo Agrario (AIDA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 112 (1), pp.45-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12706/itea.2016.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02637580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic and non-genetic factors related to the success of artificial insemination in dairy goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Furstoss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Fatet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Boissard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9 (12), pp.1935-1942. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731115001500⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01246648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mass sperm motility is associated with fertility in sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippa Kohnke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Praud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Plouraboué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Reproduction Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 161, pp.75-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anireprosci.2015.08.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01228837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sélection génétique et amélioration de l'efficacité alimentaire des canards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique M.-D. Bernadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Cornuez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys L. Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Juin, pp.1-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic modeling of feed intake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien J. Ruesche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 93 (3), pp.965-977. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas.2014-8507⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The direct-maternal genetic correlation has little impact on genetic evaluations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric F. Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Banville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne L. Canario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 93 (12), pp.5639-5647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas.2015-9548⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02641608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimation of genetic parameters for resistance to gastro-intestinal nematodes in pure blood Arabian horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sławomir Kornaś</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Salle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Skalska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International journal for parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 45 (4), pp.237-242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2014.11.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01167879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Resistance to infectious diseases is a heritable trait in rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Maupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 93 (12), pp.5631-5638. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas.2015-9377⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02633971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feeding behaviour of artificially reared Romane lambs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric F. Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien J. Ruesche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis J. L. Weisbecker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (6), pp.982-990. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731114000603⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02640313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving residual feed intake of mule progeny of Muscovy ducks: genetic parameters and responses to selection with emphasis on carcass composition and fatty liver quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Drouilhet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique M.-D. Bernadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Cornuez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys L. Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 92 (10), pp.4287-4296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas.2014-8064⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">No direct by maternal effects interaction detected for pre-weaning growth in Romane sheep using a reaction norm model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric F. Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien J. Ruesche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Louis J. L. Weisbecker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 45, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1297-9686-45-37⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02646764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environmental and male variation factors of freezability in rabbit semen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lavara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mocé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baselga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.S. Vicente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theriogenology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 79 (4), pp.582-589. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.theriogenology.2012.11.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02646715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CLIP Test: a new fast, simple and powerful method to distinguish between linked or pleiotropic quantitative trait loci in linkage disequilibria analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel J. M. Elsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Concordet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Heredity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110 (3), pp.232-238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/hdy.2012.70⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02650661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heterogeneity of variance components for preweaning growth in Romane sheep due to the number of lambs reared</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric F. Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Francois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul J. P. Poivey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Tiphine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 43, online (september), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1297-9686-43-32⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using the product threshold model for estimating separately the effect of temperature on male and female fertility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Llibertat Tusell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys L. Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Legarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Rafel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 89 (12), pp.3983-3995. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas.2011-3924⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02643845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimates of the genetic parameters of turkey body weight using random regression analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.A. Rafat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Namavar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.J. Shodja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Janmohammadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.Z. Khosroshahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5 (11), pp.1699-1704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731111000929⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Product versus additive model for studying artificial insemination results in several livestock populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.J. Carabano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Llibertat Tusell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Gonzalez Recio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 89 (2), pp.321-328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas.2010-3167⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02643706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robustesse et canalisation : vision de généticiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Bolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milagros Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Larzul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 23 (1), pp.11-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01193556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Product versus additive threshold models for analysis of reproduction outcomes in animal genetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys L. Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Gianola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres Legarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Manfredi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 87 (8), pp.2510-2518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2527/jas.2008-1586⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic and non-genetic parameters of several characteristics of production and semen quality in young bucks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Furstoss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Leboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Guillouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Boue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal Reproduction Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 110 (1-2), pp.25-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anireprosci.2007.12.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02669224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic correlation between female fertility and milk yield in Lacaune Sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Astruc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Manfredi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 91 (10), pp.4047-4052</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Divergent selection for total fleece weight in Angora rabbits : Correlated responses in wool characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seyed Abbas Rafat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert de Rochambeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rene Gerar Thébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Deretz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Livestock Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 113, pp.8-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657431v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environmental and genetic variation factors of artificial insemination success in French dairy sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Manfredi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys L. Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2 (7), pp.979-986. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731108002152⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic and environmental effects on semen traits in Lacaune and Manech tête rousse AI rams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Druart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Manfredi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 39 (4), pp.405-419</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00894580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic analysis of male and female fertiltiy after artificial insemination in sheep : Comparison of single-trait and joint models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys L. Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Leymarie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Manfredi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 90 (8), pp.3917-3923</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Character process model for semen volume in AI rams : evaluation of correlation structures for long and short-term environmental effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys L. Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Manfredi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 39 (1), pp.55-71</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Character process model for semen volume in AI rams: evaluation of correlation structures for long and short-term environmental effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loys Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Non Renseigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 39 (1), pp.55-71</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00894584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic and environmental effects on semen traits in Lacaune and Manech tête rousse AI rams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Druart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Manfredi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 39 (4), pp.405-419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/gse:2007011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02653352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bayesian versus frequentist approach of the frailty cox model, application to calf gastroenteritis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristant Lorino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moez Sanaa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communications in Statistics - Simulation and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 36, pp.1309-1320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03610910701569234⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification method for unknown disturbances in growing pigs: a case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ytournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N.C. Friggens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lenoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">76. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Innsbruck, Austria. Wageningen Academic Publishers, 39, pp.613, 2025, Book of Abstracts of the 76th Annual Meeting of The European Federation of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using the transmissibility model to demonstrate transgenerational transmission of environmental effects in quails</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keyvan Karami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stacy Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Pitel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epigenetic Inheritance Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05216926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compsim, a shiny app to build and compare similarity matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Marie-Etancelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress of Quantitative Genetic</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04949099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of LSR, proxy for robustness of fattening pig, in several environments and the link with tail biting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N.C. Friggens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lenoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Florence, Italy. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 34, pp.794, 2024, Book of abstracts of the 75th annual meeting of the european federation of animal science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04777985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment utiliser les comportements alimentaires du canard dans les schémas de sélection pour le foie gras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile M D Bonnefont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques Département Génétique Animale 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Bordeaux, France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04163561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards resilient laying hens: taking the genetics’ course with high-throughput recording</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bédère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom V.L. Berghof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katrijn Peeters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Pinard-van Der Laan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeroen Visscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26. World's Poultry Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Paris, France. , pp.135, 2022, Book of abstracts 2022 - Abstracts submitted in 2020 and 2021 and selected in 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03788983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying and characterizing disturbances from high-throughput phenotyping data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03619061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifying and characterizing disturbances from high-throughput phenotyping data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent V Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Rohmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03360534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de l'impact des perturbations sur l'estimation des paramètres et la prédiction des valeurs génétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ytournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Ligonesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JRP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, Paris, France. 1p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03619066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Results from feed-a-gene on socially affected traits</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">What are social effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion finale du projet européen Feed-a-Gene</w:t>
+              <w:t xml:space="preserve">Feed-a-gen final meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Rennes, France. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02791506v1</w:t>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02789134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What are social effects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Results from feed-a-gene on socially affected traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Feed-a-gen final meeting</w:t>
+              <w:t xml:space="preserve">Réunion finale du projet européen Feed-a-Gene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Rennes, France. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02789134v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02791506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation response to selection for socially affected traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion finale du projet européen Feed-a-Gene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Rennes, France. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02789210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetics of pasteurellosis resistance in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merina Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics and Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Hinxton, United Kingdom. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La corrélation génétique entre effets directs et effets sociaux peut-elle varier du fait de la sélection ? Une étude par simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Reale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Garant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne L. Canario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">51. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Paris, France. IFIP - Institut du Porc, Journées de la Recherche Porcine en France, 2019, 51ème Journées de la Recherche Porcine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-variate mixed-models for the normalization of RNA-Seq data: Application to onset of puberty in beef cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Llibertat Tusell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angela Canovas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milton G Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Reverter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37. International Society for Animal Genetics Conference (ISAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Lleida, Spain. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes of EBV trajectories for feed conversion ratio of growing pigs due to divergent selection for residual feed intake</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Setup of an experimental design for genetic parameter estimation with crossbred performances: an example in Duck.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, 1130 p., 2018, Proceedings of the 11th World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+              <w:t xml:space="preserve">, 2018, Auckland, New Zealand. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massey Universtiy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1130 p., 2018, Proceeding of the 11th World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737730v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Setup of an experimental design for genetic parameter estimation with crossbred performances: an example in Duck.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Changes of EBV trajectories for feed conversion ratio of growing pigs due to divergent selection for residual feed intake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Hung Huynh-Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Auckland, New Zealand. </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, 1130 p., 2018, Proceeding of the 11th World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+              <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massey University</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1130 p., 2018, Proceedings of the 11th World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736542v1</w:t>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microrabbits : a factorial design to evaluate genetic and maternal effects on growth and feed efficiency in a line selected for residual feed intake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Benitez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massey University</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1130 p., 2018, Proceedings of the 11th World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulated evolution of the covariance sturcture of direct and indirect genetic effects under selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre M. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Reale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Garant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne L. Canario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massey University</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1130 p., 2018, Proceeding of the 11th World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of Genetic Parameters of Pasteurellosis Resistance in Crossbred Rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merina Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed'Hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01811445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification du rôle du microbiote dans l'efficacité alimentaire de lapins sélectionnés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Drouilhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation des Crédits Incitatifs du Département de Physiologie Animale et Systèmes d’Elevage (JACI Phase 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Tours, France. , 115 p., 2016, Crédits Incitatifs financés entre 2011 et 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between selection criteria and kits survival in the INRA 1777 rabbit line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Hurtaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miichael Maupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">67. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Belfast, United Kingdom. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Annual Meeting of the European Association for Animal Production, 22 (1ère Ed.), 721 p., 2016, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microrabits : a factorial design to evaluate genetic and maternal effects on growth and feed efficiency in a line selected for residual feed intake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Benitez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Qingdao, China. WRSA, Proceedings World Rabbit Congress, 417 p., 2016, Proceedings World Rabbit Congress</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic modelling of feed intake in rabbit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. World Congress of Genetics Applied to Livestock Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">American Society of Animal Science</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Proceedings of the 10th World Congress on Genetics Applied to Livestock Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milk consumption behavior of Romane lambs under artificial rearing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric F. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond Ricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Louis J. L. Weisbecker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Nantes, France. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 19 (1ère Ed.), 665 p., 2013, Book of Abstracts of the 64th Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02745271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotyping goats on their feeding behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Duvaux-Ponter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Giger-Reverdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph-Alexandre J.-A. Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond Ricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien J. Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">64. Annual Meeting of the European Association for Animal Production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Nantes, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Annual Meeting of the European Association for Animal Production, 19 (1ère Ed.), 665 p., 2013, Book of Abstracts of the 64th Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744752v1</w:t>
-              </w:r>
-[...8439 lines deleted...]
-                <w:t xml:space="preserve">hal-02657627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ELECTRONIC FEEDER TO RECORD INDIVIDUAL FEED INTAKE OF RABBITS RAISED IN COLLECTIVE PEN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ruesche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Bompa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Helies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Trainini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Rabbit Congres 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/ftvh-x393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04520278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">National genetic evaluations in dairy sheep and goats in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Larroque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Barbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Barillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">62.Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Stavanger, Norway. Wageningen Academic, Abstract, p. 344, 2011, 978-90-8686-177-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of breeding values for meat sheep in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Tiphine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Guerrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Praud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">62. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Stavanger, Norway. Wageningen Academic Publishers, Abstract, p. 344, 2011, 978-90-8686-177-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02805715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Male, female and non sex specific effects on artificial insemination result in French dairy sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Robert-Granié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Manfredi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">59. Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Vilnius, Lithuania. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.46, 2008, 978-90-8686-074-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId463" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02820652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joint genetic analysis of male and female fertility after AI in sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loys L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Lagriffoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Leymarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Manfredi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58. Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Dublin, Ireland. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Abstract p.51, 2007, 978-90-8686-045-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId465" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02821329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19526,321 +19601,321 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UpDown, Detecting Group Disturbances from Longitudinal Observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Giang-Nam Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid David</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:2cb75bf50050f7630ee35abceecf33ab420c01f4;origin=https://hal.archives-ouvertes.fr/hal-04633327;visit=swh:1:snp:84dc7d426bdcd59189ff4848f1808b14f07db574;anchor=swh:1:rel:9854f2bebbb5e3ab4bed52adc2edaf96c14dc74c;path=/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId467" w:history="1">
-              <w:r>
-[...46 lines deleted...]
-            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04633327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New fortran programs for genetic studies with structured antedependence models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04644012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fortran program for transmissibility model with environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:234153c9f967e60ca431edd17a079c1e8c34e17f;origin=https://hal.archives-ouvertes.fr/hal-04748162;visit=swh:1:snp:e9d0b36d9ea0a4d55d02020d7a2919882fcec010;anchor=swh:1:rel:a76f06813430ae68b7394c380be5971de67c4edb;path=/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId471" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04748162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fortran program for transmissibility model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19850,117 +19925,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atelier Evaluation multicritères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Plumecocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Rincent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId474" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04632075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19970,91 +20045,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La génétique des interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Institut National Polytechnique (Toulouse), 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02800574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20064,185 +20139,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse génétique et modélisation de la production de semence et de la réussite de l'insémination artificielle en ovin.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. AgroParisTech, 2008. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId478" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02819893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic analysis and models for semen production and artificial insemination result in sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Life Sciences [q-bio]. AgroParisTech, 2008. English. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2007AGPT0011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId480" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pastel-00003672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId481"/>
+      <w:footerReference w:type="default" r:id="rId482"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -20389,51 +20464,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478473v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacy Rousse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Seraphin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04932738v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Girardie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bailly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572415481185847E12)" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344529v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Pety" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid David" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213268v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Rohmer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04188558v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ribas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lag&#252;e" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04066713v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164367v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04881852v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04322643v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03616157v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coustham" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Andrieux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.05.028" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03719859v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ricard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03699461v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574488v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Canario" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Garreau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03797557v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pitel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03725121v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oceane Girardie" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau Bonneau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03725117v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lenoir" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Munoz Tamayo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Flatres-Grall" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N.C. Friggens" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03725125v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03613532v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Berghof" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrijn Peeters" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pinard-van Der Laan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Visscher" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.05.035" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03725128v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Mora Fenoll" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillerme Rosa" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo S&#225;nchez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360523v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Hung Huynh Tran" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03416254v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Robert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maupin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Hurtaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Joly" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321184v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681137v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03166072v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03079670v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02874765v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zulma Vitezica" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162765v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Aliakbari" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne L. Canario" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736316v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merina Shrestha" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735651v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pap.Blo Sanchez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Piles" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816912v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hurtaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maupin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788724v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734511v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738182v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruesche" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Benitez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602865v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Hung Tran" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578243v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743632v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Ruesche" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Drouilhet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse Balmisse" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243326v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744123v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739547v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739539v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Fathallah" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys L. Bodin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742803v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Hermesch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745268v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747553v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel J. M. Elsen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Concordet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746971v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bonnot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Raoul" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lagriffoul" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-761-5" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746702v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Ricard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis J. L. Weisbecker" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823584v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros Garcia" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Robert-Grani&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755078v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Rafat" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Namavar" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shodja" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Janmohammadi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.Z. Khosroshahi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755682v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Carabano" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ll. Tusell" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Diaz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gonzalez Recio" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755625v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ib&#225;&#241;ez-Escriche" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mallard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755434v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Bouvier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Bib&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752564v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Astruc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Manfredi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757749v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Arranz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Freret" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fidelle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fatet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Druart" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757560v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Leboeuf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755986v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys Bodin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Legarra" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757279v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Leymarie" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757586v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820262v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756019v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758754v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344476v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youna Mailli&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05158792v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rousse" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. David" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05312542v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Douhard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Roy" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913329v5" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448153v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ytournel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216926v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyvan Karami" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Pitel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04949099v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guibert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie-Etancelin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04777985v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163561v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M D Bonnefont" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03788983v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom V.L. Berghof" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03619061v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360534v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V Le" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03619066v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ytournel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ligonesche" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791506v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789134v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789210v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738384v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736286v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Martin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Reale" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Garant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787869v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Llibertat Tusell" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Canovas" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milton G Thomas" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Reverter" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737730v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Hung Huynh-Tran" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icarinterbullwcgalp.zerista.com/event/member/458618" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736542v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736498v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734135v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre M. Martin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811445v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744030v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602857v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miichael Maupin" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eaap2016.org" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602358v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739468v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745271v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744752v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Duvaux-Ponter" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Giger-Reverdin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph-Alexandre J.-A. Tessier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eaap2013.org" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240726v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Eynard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101636" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461768v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.mcb.100417" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947463v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Mora" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Garc&#237;a-Baccino" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Cudrey" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vetsci12020168" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669520v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-69358-8" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621966v3" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Riaboff" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2024.100675" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04491582v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skae059" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04356432v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cerutti" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2023.36.4.7384" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03871410v2" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Mu&#241;oz-Tamayo" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas C Friggens" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00851-w" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934529v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2022.1051284" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213863v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00833-y" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681151v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00729-3" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03657027v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00716-8" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685111v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skac157" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617287v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Labrune" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100464" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03820666v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme J M Rosa" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00744-4" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03725087v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Farhadian" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Abbas Rafat" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671277v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Hung Huynh-Tran" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Dekkers" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00722-w" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03653106v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100496" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03600994v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gervais" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morellet" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hewison" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis R&#233;ale" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13677" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03278846v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00641-2" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148242v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piter Bijma" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Camerlink" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.611073" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913774v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanille D&#233;ru" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbg.12494" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02985313v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Debreuque" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Fornel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delisle" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ducerveau" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-020-02614-x" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883281v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed&#8217;hom" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-020-00552-8" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620369v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2019.01058" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620764v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.119.302375" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627125v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbg.12380" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628304v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808988v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippa L. Kohnke" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fehrenbach" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rita Lopes Simoes" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Debreuve" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD17472" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622059v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2018.00467" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626208v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Qu&#233;m&#233;r&#233;" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Gaillard" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Galan" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vanp&#233;" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-018-1154-9" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405236v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Pablo S&#225;nchez" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-018-0395-9" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627638v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Palhiere" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Maroteau" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-13625" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479140v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-017-0288-3" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602634v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2016.0980" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625780v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2017.1864" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01566293v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Ramon" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Rafel" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-017-0333-2" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341364v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0202-4" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637580v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Alabart" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Angeles Jim&#233;nez-Hernando" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bel&#233;n Lahoz" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12706/itea.2016.003" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638446v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2014-8507" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638957v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique M.-D. Bernadet" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Cornuez" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228837v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippa Kohnke" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Praud" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Plourabou&#233;" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2015.08.006" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246648v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Furstoss" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Boissard" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731115001500" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641608v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Banville" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2015-9548" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167879v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#322;awomir Korna&#347;" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salle" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Skalska" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2014.11.003" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QJD0742M-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633971v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2015-9377" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640313v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114000603" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635395v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Basso" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2014-8064" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646715v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lavara" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moc&#233;" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baselga" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Vicente" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2012.11.007" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2GQPXV4W-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646764v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-45-37" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650661v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hdy.2012.70" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645882v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Poivey" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tiphine" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-43-32" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643845v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rafel" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2011-3924" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651707v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Shodja" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731111000929" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643706v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3167" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193556v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Bolet" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656727v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gianola" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2008-1586" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669224v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Furstoss" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Guillouet" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boue" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2007.12.011" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XSX17G08-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653271v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Astruc" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653523v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108002152" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657431v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert de Rochambeau" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Gerar Th&#233;bault" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Deretz" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654598v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894580v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654933v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894584v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Non Renseign&#233;" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653352v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2007011" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657627v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristant Lorino" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez Sanaa" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03610910701569234" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04520278v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bompa" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Helies" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Trainini" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Richard" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ftvh-x393" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193670v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Larroque" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barbat" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Barillet" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805715v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tiphine" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guerrier" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Praud" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820652v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/32244.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821329v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/19842.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633327v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Giang-Nam Le" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:2cb75bf50050f7630ee35abceecf33ab420c01f4;origin=https://hal.archives-ouvertes.fr/hal-04633327;visit=swh:1:snp:84dc7d426bdcd59189ff4848f1808b14f07db574;anchor=swh:1:rel:9854f2bebbb5e3ab4bed52adc2edaf96c14dc74c;path=/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04644012v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04748162v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:234153c9f967e60ca431edd17a079c1e8c34e17f;origin=https://hal.archives-ouvertes.fr/hal-04748162;visit=swh:1:snp:e9d0b36d9ea0a4d55d02020d7a2919882fcec010;anchor=swh:1:rel:a76f06813430ae68b7394c380be5971de67c4edb;path=/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787209v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04632075v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rincent" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02800574v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02819893v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00003672v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007AGPT0011" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555026v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Riaboff" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid David" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05158792v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rousse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. David" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05312542v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Douhard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N.C. Friggens" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Roy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913329v5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Pety" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478473v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacy Rousse" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Seraphin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04932738v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Girardie" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bailly" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572415481185847E12)" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344529v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213268v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Rohmer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04188558v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chapuis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ribas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lag&#252;e" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04066713v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04881852v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164367v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04322643v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03616157v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coustham" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Andrieux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Demars" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.05.028" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03719859v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ricard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03699461v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04574488v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Canario" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Combes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Garreau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03797557v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pitel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03725125v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Larzul" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03725121v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oceane Girardie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau Bonneau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03725117v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lenoir" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Munoz Tamayo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Flatres-Grall" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03613532v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Berghof" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrijn Peeters" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pinard-van Der Laan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Visscher" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.05.035" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03725128v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Mora Fenoll" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillerme Rosa" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo S&#225;nchez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360523v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Hung Huynh Tran" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03416254v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Robert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maupin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Hurtaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Joly" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321184v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681137v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03166072v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03079670v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02874765v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ducrocq" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zulma Vitezica" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162765v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Aliakbari" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne L. Canario" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736316v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merina Shrestha" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed'Hom" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735651v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pap.Blo Sanchez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Piles" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788724v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816912v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hurtaud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maupin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734511v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738182v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruesche" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Benitez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602865v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Hung Tran" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578243v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743632v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Ruesche" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Drouilhet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse Balmisse" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01243326v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744123v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739547v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739539v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Fathallah" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys L. Bodin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742803v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Hermesch" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745268v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747553v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel J. M. Elsen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Concordet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746971v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bonnot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Raoul" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Lagriffoul" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-761-5" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746702v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Ricard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis J. L. Weisbecker" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823584v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros Garcia" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Robert-Grani&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755078v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Rafat" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Namavar" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shodja" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Janmohammadi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.Z. Khosroshahi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755682v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Carabano" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ll. Tusell" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Diaz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gonzalez Recio" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755625v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ib&#225;&#241;ez-Escriche" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mallard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755434v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Francois" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Bouvier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Bib&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752564v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Astruc" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Manfredi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757749v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Arranz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Freret" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fidelle" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fatet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Druart" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757560v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Leboeuf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755986v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loys Bodin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Legarra" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757279v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Leymarie" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757586v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820262v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756019v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758754v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05344476v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youna Mailli&#233;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240726v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyvan Karami" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Eynard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101636" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461768v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.mcb.100417" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947463v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Llibertat Tusell" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Mora" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Garc&#237;a-Baccino" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Cudrey" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vetsci12020168" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669520v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-69358-8" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621966v3" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2024.100675" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04491582v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skae059" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04356432v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cerutti" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2023.36.4.7384" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03871410v2" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Mu&#241;oz-Tamayo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas C Friggens" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00851-w" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934529v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2022.1051284" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04213863v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-023-00833-y" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03657027v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00716-8" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685111v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jas/skac157" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03681151v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00729-3" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617287v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Labrune" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100464" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03820666v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme J M Rosa" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00744-4" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03725087v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Farhadian" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Abbas Rafat" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03600994v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gervais" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morellet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hewison" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis R&#233;ale" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13677" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03653106v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2022.100496" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03671277v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Hung Huynh-Tran" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Dekkers" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-022-00722-w" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03278846v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-021-00641-2" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148242v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piter Bijma" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Camerlink" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Martin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.611073" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02913774v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanille D&#233;ru" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbg.12494" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02985313v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Debreuque" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Fornel" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delisle" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ducerveau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-020-02614-x" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883281v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed&#8217;hom" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-020-00552-8" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620369v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2019.01058" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620764v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.119.302375" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627125v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbg.12380" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628304v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622059v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2018.00467" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808988v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippa L. Kohnke" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fehrenbach" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rita Lopes Simoes" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Debreuve" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD17472" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626208v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Qu&#233;m&#233;r&#233;" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Gaillard" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Galan" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vanp&#233;" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-018-1154-9" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405236v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Pablo S&#225;nchez" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-018-0395-9" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627638v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Martin" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Palhiere" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Maroteau" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2017-13625" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479140v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-017-0288-3" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602634v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2016.0980" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625780v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Hung Huynh-Tran" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2017.1864" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01566293v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Ramon" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriol Rafel" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-017-0333-2" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341364v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0202-4" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637580v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Alabart" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Angeles Jim&#233;nez-Hernando" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bel&#233;n Lahoz" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12706/itea.2016.003" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01246648v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Furstoss" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Boissard" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731115001500" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228837v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippa Kohnke" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Praud" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Plourabou&#233;" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2015.08.006" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638957v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique M.-D. Bernadet" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Cornuez" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638446v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2014-8507" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641608v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Banville" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2015-9548" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167879v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#322;awomir Korna&#347;" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salle" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Skalska" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2014.11.003" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QJD0742M-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633971v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2015-9377" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640313v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114000603" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635395v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Basso" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2014-8064" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646764v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-45-37" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646715v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lavara" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moc&#233;" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baselga" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Vicente" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theriogenology.2012.11.007" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2GQPXV4W-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650661v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/hdy.2012.70" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645882v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul J. P. Poivey" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tiphine" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-43-32" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643845v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rafel" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2011-3924" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651707v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.J. Shodja" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731111000929" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643706v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2010-3167" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193556v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Bolet" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656727v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gianola" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2008-1586" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669224v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Furstoss" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Guillouet" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boue" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anireprosci.2007.12.011" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XSX17G08-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653271v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Astruc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657431v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert de Rochambeau" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Gerar Th&#233;bault" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Deretz" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653523v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731108002152" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894580v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654598v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654933v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894584v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Non Renseign&#233;" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653352v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/gse:2007011" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657627v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristant Lorino" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez Sanaa" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03610910701569234" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448153v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ytournel" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216926v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Pitel" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04949099v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guibert" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Marie-Etancelin" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04777985v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163561v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M D Bonnefont" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03788983v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom V.L. Berghof" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03619061v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360534v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V Le" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03619066v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ytournel" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ligonesche" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789134v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791506v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789210v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738384v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736286v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Reale" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Garant" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787869v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Canovas" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milton G Thomas" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Reverter" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736542v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wcgalp.com" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737730v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icarinterbullwcgalp.zerista.com/event/member/458618" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736498v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734135v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre M. Martin" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01811445v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744030v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602857v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miichael Maupin" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eaap2016.org" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602358v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739468v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745271v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744752v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Duvaux-Ponter" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Giger-Reverdin" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph-Alexandre J.-A. Tessier" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eaap2013.org" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04520278v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bompa" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Helies" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Trainini" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Richard" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ftvh-x393" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193670v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Larroque" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barbat" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Barillet" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805715v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tiphine" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guerrier" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Praud" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820652v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/32244.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821329v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/19842.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633327v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Giang-Nam Le" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:2cb75bf50050f7630ee35abceecf33ab420c01f4;origin=https://hal.archives-ouvertes.fr/hal-04633327;visit=swh:1:snp:84dc7d426bdcd59189ff4848f1808b14f07db574;anchor=swh:1:rel:9854f2bebbb5e3ab4bed52adc2edaf96c14dc74c;path=/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04644012v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04748162v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:234153c9f967e60ca431edd17a079c1e8c34e17f;origin=https://hal.archives-ouvertes.fr/hal-04748162;visit=swh:1:snp:e9d0b36d9ea0a4d55d02020d7a2919882fcec010;anchor=swh:1:rel:a76f06813430ae68b7394c380be5971de67c4edb;path=/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787209v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04632075v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plumecocq" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rincent" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02800574v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02819893v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00003672v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2007AGPT0011" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>