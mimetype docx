--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -3779,277 +3779,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02433489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Between controversy and plebiscite: is carrying capacity useful for decision support in MPAs? Recommendations resulting from a partnership approach</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Diane Vaschalde</w:t>
+                <w:t xml:space="preserve">Sports de nature et aires marines protégées : explorer les motivations récréatives des pratiquants pour accroître leur soutien environnemental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Saint-Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Hughes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Peuziat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Michot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence OCEANEXT 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Nantes, Jul 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">Congrès "Littoraux, Aires Marines Protégées et pratiques récréatives de la nature"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Bastia, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04630111v1</w:t>
+                <w:t xml:space="preserve">hal-02442836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sports de nature et aires marines protégées : explorer les motivations récréatives des pratiquants pour accroître leur soutien environnemental</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Michot</w:t>
+                <w:t xml:space="preserve">Between controversy and plebiscite: is carrying capacity useful for decision support in MPAs? Recommendations resulting from a partnership approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Le Gentil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Alban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Provost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loury Cavalié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Vaschalde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès "Littoraux, Aires Marines Protégées et pratiques récréatives de la nature"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Bastia, France</w:t>
+              <w:t xml:space="preserve">Conférence OCEANEXT 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Nantes, Jul 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02442836v1</w:t>
+                <w:t xml:space="preserve">hal-04630111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les actions portées par le GIS HomMer : Une forme de collaboration entre chercheurs et gestionnaires pour améliorer la compréhension des dimensions humaines des AMP</w:t>
               </w:r>
@@ -7354,51 +7354,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443669v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Th&#233;baud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Macher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Alban" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Philippe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Charrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44183-025-00175-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620107v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Corre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Saint-Pierre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hughes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Peuziat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Cosquer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-024-01053-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163626v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Minelli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwan Le Berre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rouan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse9030294" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585683v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jort.2020.100332" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611075v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronja Schmidt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08920753.2020.1754088" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360360v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01944951v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Khelil" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Larid" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Grimes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2018.11.001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P4HNG7WM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129550v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Saint Pierre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2019.02.044" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515980v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Le Berre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Brigand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.16817" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288768v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Perras" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Maulpoix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904071v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gelinaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Meur-Ferec" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-013-0118-5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MDX5NXXG-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904352v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674429v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Brigand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904297v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Arenas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Nu&#241;ez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Salazar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672484v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernan Escobar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071266v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005384v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Frigola" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Gregoire" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Murat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poizot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Haitz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70665/JJFU8016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871371v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01214929v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minelli Annalisa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672486v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672527v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281958v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082952v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082966v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281963v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630054v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Gentil" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Provost" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loury Cavali&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Vaschalde" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630148v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Caillot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gailhard Rocher" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474374v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441373v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442827v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433489v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630111v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442836v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630131v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sabinot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630159v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Loupsans" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960384v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960699v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Le Guyader" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960387v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360422v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871390v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442855v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235104v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Xiaoyu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rius" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711758v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gu&#233;gan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01084661v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01084699v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672503v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494163v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628910v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gailhard-Rocher" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630118v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871392v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235105v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960348v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116709v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084262v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hily" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071014v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101500v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904334v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138487v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672509v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092477v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904305v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071043v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00403932v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05443669v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Th&#233;baud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Macher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Alban" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Philippe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Charrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44183-025-00175-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620107v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Corre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Saint-Pierre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hughes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Peuziat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Cosquer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-024-01053-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163626v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Minelli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwan Le Berre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rouan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse9030294" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585683v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jort.2020.100332" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611075v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronja Schmidt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08920753.2020.1754088" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360360v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01944951v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Khelil" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Larid" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Grimes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2018.11.001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P4HNG7WM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129550v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Saint Pierre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2019.02.044" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515980v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Le Berre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Brigand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.16817" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288768v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Perras" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Maulpoix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904071v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gelinaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Meur-Ferec" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-013-0118-5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MDX5NXXG-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904352v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674429v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Brigand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904297v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Arenas" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Nu&#241;ez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Salazar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672484v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernan Escobar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071266v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005384v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Frigola" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Gregoire" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Murat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poizot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Haitz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70665/JJFU8016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871371v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01214929v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minelli Annalisa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672486v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672527v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281958v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082952v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082966v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281963v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630054v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Gentil" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Provost" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loury Cavali&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Vaschalde" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630148v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Caillot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert David" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gailhard Rocher" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474374v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02441373v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442827v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433489v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442836v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630111v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630131v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sabinot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630159v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Loupsans" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960384v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960699v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Le Guyader" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960387v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360422v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871390v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442855v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235104v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Xiaoyu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rius" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711758v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gu&#233;gan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01084661v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01084699v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672503v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494163v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628910v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gailhard-Rocher" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630118v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871392v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235105v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01960348v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116709v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00084262v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hily" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071014v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101500v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904334v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138487v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672509v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092477v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904305v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00071043v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00403932v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>