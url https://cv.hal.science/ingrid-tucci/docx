--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -413,265 +413,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05090476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imbriquer les méthodes pour comprendre la dégradation des relations interpersonnelles en temps de crise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les mixed methods : une littérature méthodologique en débat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Tucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Bidart</w:t>
+                <w:t xml:space="preserve">Aurélie Peyrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorraine Bozouls</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie Plessz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, Croiser les sources, combiner les méthodes : la sociologie et les mixed methods, 65 (1/2), pp.91-128. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfs.651.0091⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 65 (1/2), pp.7-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfs.651.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04871965v1</w:t>
+                <w:t xml:space="preserve">halshs-04737713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mixed methods : une littérature méthodologique en débat</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ingrid Tucci</w:t>
+                <w:t xml:space="preserve">Imbriquer les méthodes pour comprendre la dégradation des relations interpersonnelles en temps de crise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bidart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Bozouls</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Peyrin</w:t>
+                <w:t xml:space="preserve">Elisa Kluger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Plessz</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrick Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 65 (1/2), pp.7-34. </w:t>
+              <w:t xml:space="preserve">, 2024, Croiser les sources, combiner les méthodes : la sociologie et les mixed methods, 65 (1/2), pp.91-128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfs.651.0007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfs.651.0091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04737713v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04871965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence as a specific knowledge to inform humanitarian decision-making in migration crisis contexts: The case of Syrian refugees in Jordan</w:t>
               </w:r>
@@ -4305,260 +4305,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02473462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structuring dimensions of the nexus between spatial mobility and social positions: a multiple correspondence analysis (MCA) approach based on SOEP data</w:t>
+                <w:t xml:space="preserve">Produire des données pour mieux agir ? Analyse quantitative des données humanitaires sur les réfugiés syriens en Jordanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Macias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Promsopha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMISCOE Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Malmö, Sweden</w:t>
+              <w:t xml:space="preserve">Séminaire "Les réfugiés syriens au Moyen Orient. Encampement, vulnérabilités et travail"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MIGTRAV, MIMED, LAJEH, Feb 2018, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03519327v1</w:t>
+                <w:t xml:space="preserve">halshs-02430845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Produire des données pour mieux agir ? Analyse quantitative des données humanitaires sur les réfugiés syriens en Jordanie</w:t>
+                <w:t xml:space="preserve">Germany: what happens next?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gwendoline Promsopha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire "Les réfugiés syriens au Moyen Orient. Encampement, vulnérabilités et travail"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MIGTRAV, MIMED, LAJEH, Feb 2018, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Colloque international « International Immigration policy in an era of globalization and crisis »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège de France, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02430845v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03557882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Germany: what happens next?</w:t>
+                <w:t xml:space="preserve">Structuring dimensions of the nexus between spatial mobility and social positions: a multiple correspondence analysis (MCA) approach based on SOEP data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « International Immigration policy in an era of globalization and crisis »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Collège de France, Jun 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">IMISCOE Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Malmö, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03557882v1</w:t>
+                <w:t xml:space="preserve">halshs-03519327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conceptualizing Turning Points in Socio-economic Trajectories – A multi-dimensional approach.</w:t>
               </w:r>
@@ -4784,273 +4784,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03558104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Turning points in professional trajectories of the first and second generation in Germany</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Discrimination and Practices of Ethnic Boundary Making among Descendants of Immigrants in France and Germany</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Keller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence IMISCOE</w:t>
+              <w:t xml:space="preserve">IMISCOE Annual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03552078v1</w:t>
+                <w:t xml:space="preserve">halshs-03519294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Turning points in social status trajectories – Mixed Methods Concept Development.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Legewie</w:t>
+                <w:t xml:space="preserve">Turning points in professional trajectories of the first and second generation in Germany</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas M Legewie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Conference of the Society for Longitudinal and Life Course Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Milan, Italy</w:t>
+              <w:t xml:space="preserve">Conférence IMISCOE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03552058v1</w:t>
+                <w:t xml:space="preserve">halshs-03552078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discrimination and Practices of Ethnic Boundary Making among Descendants of Immigrants in France and Germany</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Turning points in social status trajectories – Mixed Methods Concept Development.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Legewie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carsten Keller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMISCOE Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">Annual Conference of the Society for Longitudinal and Life Course Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03519294v1</w:t>
+                <w:t xml:space="preserve">halshs-03552058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Politique migratoire et accueil des migrants : Perspective franco-allemande</w:t>
               </w:r>
@@ -5181,165 +5181,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03519305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parcours d'entrée dans la vie active et bifurcations : apports et défis des méthodes mixtes.</w:t>
+                <w:t xml:space="preserve">L‘Allemagne: un modèle d‘accueil ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Parcours, trajectoire, itinéraire » : des notions à la croisée des approches biographiques, organisationnelles et territoriales.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Céreq, Nov 2017, Marseille, France</w:t>
+              <w:t xml:space="preserve">Semi-plénière « La question des réfugié.e.s instrumentalisations, pouvoirs et postures. Perspectives internationales »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 7ème Congrès AFS, Jul 2017, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03552067v1</w:t>
+                <w:t xml:space="preserve">halshs-03514025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L‘Allemagne: un modèle d‘accueil ?</w:t>
+                <w:t xml:space="preserve">Parcours d'entrée dans la vie active et bifurcations : apports et défis des méthodes mixtes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semi-plénière « La question des réfugié.e.s instrumentalisations, pouvoirs et postures. Perspectives internationales »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 7ème Congrès AFS, Jul 2017, Amiens, France</w:t>
+              <w:t xml:space="preserve">Colloque « Parcours, trajectoire, itinéraire » : des notions à la croisée des approches biographiques, organisationnelles et territoriales.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Céreq, Nov 2017, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03514025v1</w:t>
+                <w:t xml:space="preserve">halshs-03552067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Migrations et travail : nouvelles approches théoriques et empiriques</w:t>
               </w:r>
@@ -5647,151 +5647,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03552082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-colonialisme en quartiers défavorisés</w:t>
+                <w:t xml:space="preserve">Professionelle und lebensweltliche Diskurse im deutsch-französischen Vergleich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Jossin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carsten Keller</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaf Groh-Samberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress of Political Science (IPSA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">Vielfalt und Zusammenhalt: Gesellschaftliche Herausforderungen und Chancen Konstruktion und Relevanz von Ethnizität bei Migrantennachkommen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Bochum/Dortmund, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00777979v1</w:t>
+                <w:t xml:space="preserve">halshs-00794252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Professionelle und lebensweltliche Diskurse im deutsch-französischen Vergleic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Jossin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5833,165 +5833,165 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l'Association allemande de Sociologie (DGS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Bochum/Dortmund, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00777977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Professionelle und lebensweltliche Diskurse im deutsch-französischen Vergleich</w:t>
+                <w:t xml:space="preserve">Post-colonialisme en quartiers défavorisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Jossin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Keller</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaf Groh-Samberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vielfalt und Zusammenhalt: Gesellschaftliche Herausforderungen und Chancen Konstruktion und Relevanz von Ethnizität bei Migrantennachkommen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Bochum/Dortmund, Germany</w:t>
+              <w:t xml:space="preserve">World Congress of Political Science (IPSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00794252v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00777979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la galère aux cols blancs. Parcours d'entrée sur le marché du travail de descendants d'immigrés en France et en Allemagne</w:t>
               </w:r>
@@ -6053,541 +6053,541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00777971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Die Heterogenität der Integrationspfade</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Postcolonial memories in segregated neighbourhoods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Jossin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Tucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaf Groh-Samberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carsten Keller</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ingrid Tucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kongress der DGS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Bochum, Germany</w:t>
+              <w:t xml:space="preserve">IPSA World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00793256v1</w:t>
+                <w:t xml:space="preserve">halshs-00793257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Die Heterogenität der Integrationspfade: Zur Strukturierung der Lebensverläufe von Migrantennachkommen in Deutschland und Frankreich</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Die Heterogenität der Integrationspfade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olaf Groh-Samberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Jossin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carsten Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olaf Groh-Samberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'Association allemande de Sociologie (DGS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Bochum/Dortmund, Germany</w:t>
+              <w:t xml:space="preserve">Kongress der DGS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Bochum, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00777976v1</w:t>
+                <w:t xml:space="preserve">halshs-00793256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Institutional structuration of educational trajectories among migrants' descendants in France and Germany</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Konstruktion und Relevanz von Ethnizität bei Migrantennachkommen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Tucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olaf Groh-Samberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Jossin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ingrid Tucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop CNRS, Sciences Po et University of Oxford, Ethnicity, Immigration, and the French Educational System</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">Kongress der DGS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Bochum, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00777973v1</w:t>
+                <w:t xml:space="preserve">halshs-00793254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postcolonial memories in segregated neighbourhoods</w:t>
+                <w:t xml:space="preserve">Die Heterogenität der Integrationspfade: Zur Strukturierung der Lebensverläufe von Migrantennachkommen in Deutschland und Frankreich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Jossin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaf Groh-Samberg</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carsten Keller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IPSA World Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">Congrès de l'Association allemande de Sociologie (DGS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Bochum/Dortmund, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00793257v1</w:t>
+                <w:t xml:space="preserve">halshs-00777976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstruktion und Relevanz von Ethnizität bei Migrantennachkommen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carsten Keller</w:t>
+                <w:t xml:space="preserve">Institutional structuration of educational trajectories among migrants' descendants in France and Germany</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Jossin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ariane Jossin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kongress der DGS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Bochum, Germany</w:t>
+              <w:t xml:space="preserve">Workshop CNRS, Sciences Po et University of Oxford, Ethnicity, Immigration, and the French Educational System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00793254v1</w:t>
+                <w:t xml:space="preserve">halshs-00777973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processus de relégation ethno-culturelle en Allemagne et en France : Structuration institutionnelle des parcours scolaires et professionnels et rapport aux institutions des descendants d'immigrés</w:t>
               </w:r>
@@ -7775,64 +7775,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numéro spécial de la Revue française de sociologie Vol. 65, n° 1-2 : Croiser les sources, combiner les méthodes : La sociologie et les mixed methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Tucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Peyrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Plessz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 65 (1/2), 286 p., 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8150,51 +8150,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="13B25425"/>
+    <w:nsid w:val="04B5F820"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8381,51 +8381,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ingrid-tucci" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2915-0294" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/179389351" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03899995v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bergamaschi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Tucci" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Sirna" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pantal&#233;on" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090476v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#235;l Brinbaum" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140hk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04871965v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bidart" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Bozouls" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Joubert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Kluger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P&#233;rez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.651.0091" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04737713v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Peyrin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plessz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.651.0007" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03912357v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Promsopha" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01979183231154506" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04182777v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ichou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Primon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04182528v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Siblot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cris Beauchemin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Palheta" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.15304" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02915980v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M Legewie" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1332/175795920X15949756176915" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02963030v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna J. Fr&#246;hlich" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inka Stock" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/si.v9i1.3538" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426002v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.166.0015" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394156v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/0340-0425-2016-3-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00870431v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Jossin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Keller" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Groh-Samberg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01075758v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793245v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-658-00120-9_8" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777969v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650837v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262706v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Diehl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650229v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650213v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04443141v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02412670v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02551969v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02551976v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01677727v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-94-024-1141-6_5" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-1141-6_5" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401939v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401940v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/de/book/9783658038083" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793248v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777957v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00534314v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Juhasz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04102918v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417426v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02427614v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Legewie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01567688v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna J Sienkiewicz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Barglowski" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faist" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394134v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793674v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05262788v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathel Kornig" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Recotillet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265603v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonneville" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vion" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Giglio" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04480374v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04460284v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04182529v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03505050v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552143v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02473462v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03519327v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02430845v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Macias" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03557882v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552090v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02411681v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03558104v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552078v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552058v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03519294v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02430873v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03519305v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552067v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03514025v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02535047v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric D&#233;cosse" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha El Miri" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Mercier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552099v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03558122v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552082v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777979v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777977v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00794252v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Keller" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777971v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793256v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777976v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777973v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793257v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793254v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650246v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00794259v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650249v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523706v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00534428v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523701v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523698v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523725v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429511v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523717v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00380142v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04737708v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03212881v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna J Fr&#246;hlich" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/si.v9i1.4031" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426025v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ingrid-tucci" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2915-0294" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/179389351" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03899995v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Bergamaschi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Tucci" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Sirna" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pantal&#233;on" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090476v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#235;l Brinbaum" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140hk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04737713v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Peyrin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plessz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.651.0007" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04871965v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bidart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Bozouls" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Joubert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Kluger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P&#233;rez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.651.0091" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03912357v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Promsopha" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01979183231154506" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04182777v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ichou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Primon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04182528v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Siblot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cris Beauchemin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Palheta" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.15304" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02915980v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M Legewie" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1332/175795920X15949756176915" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02963030v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna J. Fr&#246;hlich" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inka Stock" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/si.v9i1.3538" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426002v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.166.0015" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394156v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/0340-0425-2016-3-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00870431v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Jossin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Keller" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Groh-Samberg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01075758v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793245v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-658-00120-9_8" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777969v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650837v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262706v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Diehl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650229v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650213v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04443141v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02412670v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02551969v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02551976v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01677727v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-94-024-1141-6_5" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-024-1141-6_5" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401939v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401940v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/de/book/9783658038083" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793248v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777957v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00534314v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Juhasz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04102918v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417426v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02427614v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Legewie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01567688v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna J Sienkiewicz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karolina Barglowski" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faist" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394134v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01793674v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05262788v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathel Kornig" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Recotillet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265603v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonneville" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vion" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Giglio" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04480374v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04460284v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04182529v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03505050v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552143v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02473462v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02430845v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Macias" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03557882v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03519327v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552090v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02411681v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03558104v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03519294v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552078v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552058v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02430873v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03519305v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03514025v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552067v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02535047v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric D&#233;cosse" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha El Miri" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Mercier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552099v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03558122v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03552082v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00794252v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Keller" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777977v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777979v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777971v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793257v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793256v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793254v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777976v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00777973v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650246v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00794259v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00650249v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523706v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00534428v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523701v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523698v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523725v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00429511v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523717v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00380142v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04737708v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03212881v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna J Fr&#246;hlich" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17645/si.v9i1.4031" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01426025v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>