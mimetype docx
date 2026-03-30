--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,4531 +66,4843 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (39)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermomagnetic convection in a stable circular Couette ferrofluid flow with a radial temperature gradient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anupam M Hiremath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changwoo Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjs/s11734-025-01908-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05552151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quantitative characterization of the ribbons and elastic vortices in viscoelastic Taylor-Couette flow with Boger fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Latrache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Kelai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 343, pp.105457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnnfm.2025.105457⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05333541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Instabilities in visco-thermodiffusive swirling flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg N Kirillov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1018, pp.A47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2025.10518⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05552100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electric Buoyancy-driven convection in stable and unstable thermal stratifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elhadj Barry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changwoo Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 36 (8), pp.084121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0216148⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermoelectrohydrodynamic convection in a finite cylindrical annulus under microgravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changwoo Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 991, pp.A7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2024.538⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of an Applied Magnetic Field on Joule Heating-Induced Thermal Convection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anupam M Hiremath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori N Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (21), pp.3395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/math12213395⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05552141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viscoelastic instabilities of Taylor–Couette flows with different rotation regimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Latrache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Kelai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 381 (2246), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2022.0133⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05339263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flow patterns and heat transfer in a dielectric liquid inside a planar capacitor under microgravity conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elhadj Barry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changwoo Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 122 (18), pp.182903. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0144535⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PIV and shadowgraph measurements of thermo-electrohydrodynamic convection in a horizontal aligned differentially heated annulus at different gravity conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter S.B. Szabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Meier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elhadj Barry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasyl Motuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 129, pp.110470. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2021.110470⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stability of Rayleigh-stable Couette flow between two differentially heated cylinders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (3), pp.033905. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.6.033905⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03539614v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transition to turbulence via flame patterns in viscoelastic Taylor–Couette flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Latrache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 44 (5), pp.63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epje/s10189-021-00067-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05335466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical study of thermal convection induced by centrifugal buoyancy in a rotating cylindrical annulus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changwoo Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.4.043501⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02157427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flow Pattern and Heat Transfer in a Cylindrical Annulus Under 1 g and Low-g Conditions: Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Meier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Jongmanns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Torsten Seelig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Egbers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microgravity Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (5), pp.699-712. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12217-018-9649-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01992171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dielectrically driven convection in spherical gap geometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Zaussinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Haun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Neben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Torsten Seelig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travnikov Vadim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01868760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weakly nonlinear instability of a Newtonian liquid jet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Renoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Günter Brenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Plohl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 856, pp.169-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2018.677⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02108839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flow Patterns and Heat Transfer in a Cylindrical Annulus under 1g and low-g Conditions: Theory and Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Meier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Jongmanns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microgravity Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (5), pp.653-662. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12217-018-9636-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01924193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical simulation of circular Couette flow under a radial thermo-electric body force</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changwoo Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori N. Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4994244⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01636705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-scale analysis of a viscoelastic liquid jet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Tirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Renoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dumouchel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lisiecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 245, pp.1--10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnnfm.2017.05.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01611188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radial buoyancy effects on momentum and heat transfer in a circular Couette flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changwoo Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meyer Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2, pp.053901</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01570045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Short-wavelength local instabilities of a circular Couette flow with radial temperature gradient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Kirillov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 818, pp.319 - 343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2017.99⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01919402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Growth rate measurement in free jet experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Renoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experiments in Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 58 (7), pp.89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00348-017-2374-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01611189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermo-electro-hydrodynamic convection under microgravity: a review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Tadie Fogaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vadim Travnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fluid Dynamics Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48, pp.061413. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0169-5983/48/6/061413⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01396101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nonlinear instability of a viscous liquid jet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Renoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Günter Brenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings in Applied Mathematics and Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of the thermo-electric coupling on the heat transfer in cylindrical annulus with a dielectric fluid under microgravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vadim Travnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Astronautica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 129, pp.88--94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actaastro.2016.08.031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01924195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Defect-mediated turbulence in ribbons of viscoelastic Taylor-Couette flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Latrache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar Abcha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93 (4), pp.043126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.93.043126⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01537639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of the radial buoyancy on a circular Couette flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meyer Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27, pp.114104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4935804⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01275506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linear stability of a circular Couette flow under a radial thermoelectric body force</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meyer Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 91, pp.033003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.91.033003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01131594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal effect on large-aspect-ratio Couette–Taylor system: numerical simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changwoo Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyung-Soo Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 771, pp.57 - 78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2015.151⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viscoelastic Taylor-Couette instability as analog of the magnetorotational instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 92 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.92.031001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01924196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heat transfer in the thermo-electro-hydrodynamic convection under microgravity conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Tadie Fogaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 37, pp.35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epje/i2014-14035-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00987808v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dielectrophoretic force-driven thermal convection in annular geometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori N. Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25, pp.024106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4792833⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00904854v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dielectrophoretic Rayleigh-Bénard convection under microgravity conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Tadie Fogaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87, pp.043003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.87.043003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00906494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Instability of the vertical annular flow with a radial heating and rotating inner cylinder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori N. Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masato Nagata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25, pp.114104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00904851v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transition to turbulence in a flow of a shear-thinning viscoelastic solution in a Taylor-Couette cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Latrache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.86.056305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01924201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermo-electro-hydrodynamic instabilities in a dielectric liquid under microgravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Satish Malik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Astronautica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 81, pp.563-569. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actaastro.2012.06.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00906503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Destabilization of inertio-elastic mode via spatiotemporal intermittency in a Couette-Taylor viscoelastic flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Latrache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar Abcha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 137, pp.012022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/137/1/012022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01545699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental study of inertioelastic Couette–Taylor instability modes in dilute and semidilute polymer solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grisel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 14 (5), pp.1681-1688. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.1466837⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Secondary instability mode of a roll pattern and transition to spatiotemporal chaos in the Taylor-Dean system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 58 (3), pp.3089. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.58.3089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01582607v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gap size effects on centrifugally and rotationally driven instabilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Wesfreid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics of Fluids A: Fluid Dynamics (1989-1993) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 4 (6), pp.1199-1205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.858238⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01811164v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermally-operating regimes for a three-layer liquid metal battery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riyad Hassaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05032465v1</w:t>
-              </w:r>
-[...4121 lines deleted...]
-                <w:t xml:space="preserve">hal-01811164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrodynamic Instabilities in LIquid Metal BAtteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge César Brändle de Motta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dumouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Renoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Labex EMC3 et Graduate school</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04192448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drop dynamics on a viscoelastic filament: An experimental study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Renoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Peixinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fluid and Elasticity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02447688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4600,3268 +4912,3268 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental study of turbulence generation and decay in Taylor-Couette system due to an abrupt stoppage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harminder Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre du non-lineaire 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03237102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weakly nonlinear instability of a viscous liquid jet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Günter Brenn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Renoult</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ILASS-Europe 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02418327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extensional properties of mobile polymer solutions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Drop dynamics on a stretched viscoelastic filament: An experimental study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Peixinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Tirel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Renoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APS Division of Fluid Dynamics (Fall) 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Portland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02135848v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02145821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermo-electrohydrodynamic convection in a differentially heated vertical slot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masato Nagata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FIRST INTERNATIONAL WORKSHOP ON ELECTRO-HYDRO-DYNAMICS AND TRIBO-ELECTROSTATICS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01374583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of added polymer in free jets of a dilute polymer solution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Extensional properties of mobile polymer solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Tirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Renoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dumouchel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lisiecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APS Division of Fluid Dynamics (Fall) 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2016, Portland, France</w:t>
+              <w:t xml:space="preserve">, Nov 2016, Portland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02145828v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weakly nonlinear instability of a Newtonian liquid jet</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Effect of added polymer in free jets of a dilute polymer solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Renoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ILASS-Europe 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Brighton, United Kingdom</w:t>
+              <w:t xml:space="preserve">APS Division of Fluid Dynamics (Fall) 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Portland, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02135154v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02145828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drop dynamics on a stretched viscoelastic filament: An experimental study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Weakly nonlinear instability of a Newtonian liquid jet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Renoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Günter Brenn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APS Division of Fluid Dynamics (Fall) 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Portland, United States</w:t>
+              <w:t xml:space="preserve">ILASS-Europe 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Brighton, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02145821v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The breakup of viscoelastic jets and filaments: the beads-on-a-string structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Renoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Peixinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AERC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02447693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of a circular Couette flow under radial thermal body forces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sixth International Symposius on Bifurcations and Instabilities in Fluid Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laurette Tuckerman; José Eduardo Wesfreid, Jul 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01284150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linear stability analysis of a cylindrical annulus under a radial dielectrophoretic body force</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Travnikov Vadim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIfurcations and Instabilities in Fluid Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01333388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wave generation in a circular Couette flow in thermoelectric radial buoyancy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Couette-Taylor workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Cottbus, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01284148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermo-electrohydrodynamic internal waves in annular geometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meyer Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">67th Annual Meeting of the APS Division of Fluid Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01284415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat transfer by Görtler vortices developed on a wall with finite conductivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kahouadji Lyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Peixinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre du Non-Linéaire 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Paris, France. pp.63-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01131596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of the Taylor-Couette flow under a radial thermoelectric body force</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Couette-Taylor flow under a thermoelectric body force in microgravity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">66th Annual Meeting of the APS Division of Fluid Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Pittsburgh, United States</w:t>
+              <w:t xml:space="preserve">18th International Couette-Taylor Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Enschede, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01284408v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01284225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couette-Taylor flow under a thermoelectric body force in microgravity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Stability of the Taylor-Couette flow under a radial thermoelectric body force</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meyer Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Couette-Taylor Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Enschede, Netherlands</w:t>
+              <w:t xml:space="preserve">66th Annual Meeting of the APS Division of Fluid Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Pittsburgh, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01284225v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01284408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat transfer enhancement by the Goetler vortices developed on a wall with a finite thermal conductivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Peixinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kahouadji Lyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">66th Annual Meeting of the APS Division of Fluid Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2013, Pittsburgh, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01284383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DEP thermal convection in annular geometry under microgravity conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harunori N. Yoshikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">65th Annual Meeting of the APS division of Fluid Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01284219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flow instabilities in a vertical differentially rotating cylindrical annulus with a radial temperature gradient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Guillerm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lepiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Malik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMECH Colloquium 525 - Instabilities and transition in three-dimensional flows with rotation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00600408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dielectrophoretic instabilities in annular configurations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlene Smieszek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Egbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Couette-Taylor Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Leeds (UK), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05088254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation numérique de la convection thermique dans un espace annulaire soumis à un champs de pesanteur radial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlene Smieszek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Egbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Interuniversitaire Franco-Québécois 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Lille, France. pp.381-386</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01811201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déstabilisation des ondes contrapropagatives observées dans un écoulement de Couette-Taylor viscoélastique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ièmes Journées de la Matière Condensée – SFP –</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02566407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques des ondes contrapropagatives observées dans un écoulement de Couette-Taylor visco-élastique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème colloque sur le chaos temporel et le chaos spacio-temporel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2001, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02566411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Counterpropagating waves observed in the Couette-Taylor flow with flexible polymer solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Couette-Taylor Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2001, Evanston, Il, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02567040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique des ondes contrapropagatives observées dans un écoulement de Couette-Taylor viscoélastique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Rencontres du Non-Linéaire, Institut Henri Poincaré</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2001, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02566409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude expérimentale des instabilités de solutions de polymère dans le système de Couette-Taylor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mura A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert S</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFP 7ème Jounées de la Matière Condensée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02566417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modes d'instabilités d'un écoulement non-newtonien observés dans le système de Couette-Taylor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mura A</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres du Non-Linéaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02566415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radial Propagation of the Instability Modes Observed in a Viscoelastic Couette–Taylor Flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar Abcha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Kelai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Latrache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nizar Abcha; Efim Pelinovsky; Innocent Mutabazi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nonlinear Waves and Pattern Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.181-196, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-78193-8_11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02423358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electric fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Birgit Futterer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harunori Yoshikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innocent Mutabazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Egbers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Generation and Applications of Extra-Terrestrial Environments on Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9788793237537</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01277186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear Waves and Pattern Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nizar Abcha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efim Pelinovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer International Publishing, pp.229, 2018, 978-3-319-78193-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-78193-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of Spatio-Temporal Cellular Structures: Henri Benard Centenary Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocent Mutabazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Eduardo Wesfreid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Guyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">springer-verlag, pp.254, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00163666v1</w:t>
-              </w:r>
-[...272 lines deleted...]
-                <w:t xml:space="preserve">hal-01277186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId171"/>
+      <w:footerReference w:type="default" r:id="rId180"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8008,51 +8320,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032465v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riyad Hassaine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crumeyrolle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Innocent Mutabazi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333541v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Latrache" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Kelai" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Bai" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2025.105457" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804824v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changwoo Kang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harunori Yoshikawa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2024.538" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804936v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elhadj Barry" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0216148" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288509v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0144535" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05339263v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2022.0133" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288538v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter S.B. Szabo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Meier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasyl Motuz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2021.110470" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539614v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Meyer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.033905" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05335466v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/s10189-021-00067-0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157427v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.4.043501" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868760v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Zaussinger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Haun" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Neben" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Seelig" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travnikov Vadim" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108839v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Renoult" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter Brenn" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Plohl" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2018.677" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924193v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Jongmanns" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12217-018-9636-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01992171v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Egbers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12217-018-9649-y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611188v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tirel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dumouchel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lisiecki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2017.05.001" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570045v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meyer Antoine" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01919402v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Kirillov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2017.99" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611189v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charpentier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-017-2374-2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636705v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harunori N. Yoshikawa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4994244" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924195v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Travnikov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actaastro.2016.08.031" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3XVJTNP0-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537639v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.043126" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396101v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Tadie Fogaing" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0169-5983/48/6/061413" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135132v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01938747v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyung-Soo Yang" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2015.151" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131594v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.033003" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924196v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.92.031001" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275506v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4935804" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987808v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2014-14035-0" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904854v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4792833" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906494v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.87.043003" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904851v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masato Nagata" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924201v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.86.056305" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906503v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satish Malik" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actaastro.2012.06.023" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545699v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/137/1/012022" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562215v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grisel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1466837" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582607v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cadot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.58.3089" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01811164v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Normand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Wesfreid" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.858238" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192448v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Simon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge C&#233;sar Br&#228;ndle de Motta" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447688v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Peixinho" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03237102v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harminder Singh" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Prigent" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418327v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135848v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374583v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145828v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135154v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145821v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447693v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284150v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mayer" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333388v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284148v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284415v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131596v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahouadji Lyes" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284408v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284225v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284383v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284219v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600408v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guillerm" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Prigent" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lepiller" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Malik" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088254v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Smieszek" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01811201v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566407v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566411v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567040v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566409v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566417v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mura A" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert S" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566415v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01778004v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efim Pelinovsky" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78193-8" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163666v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Eduardo Wesfreid" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Guyon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423358v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78193-8_11" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277186v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Futterer" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Egbers" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552151v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Meyer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anupam M Hiremath" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changwoo Kang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Innocent Mutabazi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-025-01908-1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333541v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Latrache" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Kelai" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Bai" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crumeyrolle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2025.105457" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552100v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg N Kirillov" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2025.10518" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804936v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elhadj Barry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harunori Yoshikawa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0216148" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804824v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2024.538" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552141v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harunori N Yoshikawa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math12213395" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05339263v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2022.0133" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288509v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0144535" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288538v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter S.B. Szabo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Meier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasyl Motuz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2021.110470" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539614v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.6.033905" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05335466v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/s10189-021-00067-0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157427v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.4.043501" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01992171v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Jongmanns" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Seelig" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Egbers" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12217-018-9649-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868760v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Zaussinger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Haun" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Neben" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Travnikov Vadim" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108839v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Renoult" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter Brenn" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Plohl" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2018.677" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924193v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12217-018-9636-3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636705v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harunori N. Yoshikawa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4994244" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611188v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tirel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dumouchel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lisiecki" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2017.05.001" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570045v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meyer Antoine" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01919402v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Kirillov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2017.99" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611189v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charpentier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-017-2374-2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396101v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Tadie Fogaing" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Travnikov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0169-5983/48/6/061413" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135132v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924195v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actaastro.2016.08.031" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3XVJTNP0-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537639v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.93.043126" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275506v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4935804" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131594v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.033003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01938747v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyung-Soo Yang" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2015.151" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924196v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.92.031001" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987808v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2014-14035-0" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904854v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4792833" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906494v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.87.043003" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904851v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masato Nagata" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924201v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.86.056305" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906503v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satish Malik" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actaastro.2012.06.023" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545699v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/137/1/012022" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562215v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grisel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1466837" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582607v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cadot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.58.3089" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01811164v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Normand" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Wesfreid" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.858238" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05032465v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riyad Hassaine" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192448v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Simon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge C&#233;sar Br&#228;ndle de Motta" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447688v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Peixinho" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03237102v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harminder Singh" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Prigent" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418327v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145821v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374583v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135848v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145828v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135154v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447693v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284150v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mayer" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333388v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284148v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284415v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131596v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahouadji Lyes" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284225v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284408v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284383v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284219v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600408v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guillerm" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Prigent" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lepiller" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Malik" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088254v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Smieszek" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01811201v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566407v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566411v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567040v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566409v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566417v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mura A" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert S" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566415v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423358v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78193-8_11" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277186v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Futterer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Egbers" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01778004v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efim Pelinovsky" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-78193-8" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00163666v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Eduardo Wesfreid" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Guyon" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>