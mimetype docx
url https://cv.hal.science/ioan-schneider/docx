--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,6076 +66,6076 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electron impact ro-vibrational transitions and dissociative recombination of H2+ and HD+: Rate coefficients and astrophysical implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riyad Hassaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emerance Djuissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolina Pop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Iacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Epée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05179024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dissociative recombination of CF+</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joshua Forer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeoffrey Boffelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Ayouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dávid Hvizdoš</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viatcheslav Kokoouline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (44)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrational Excitation of HDO Molecule by Electron Impact</w:t>
+                <w:t xml:space="preserve">Theoretical study of the excited states of NeH and of their non-adiabiatic couplings: A preliminary for the modeling of the dissociative recombination of NeH&amp;lt;sup&amp;gt;+&amp;lt;/sup&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Adrien Ayouz</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Riyad Hassaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Talbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R P Brady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Zs. Mezei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Tennyson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atoms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/atoms13040032⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 162 (13), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0261152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05055217v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05016978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical study of the excited states of NeH and of their non-adiabiatic couplings: A preliminary for the modeling of the dissociative recombination of NeH&amp;lt;sup&amp;gt;+&amp;lt;/sup&amp;gt;</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R P Brady</w:t>
+                <w:t xml:space="preserve">Vibrational Excitation of HDO Molecule by Electron Impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Adrien Ayouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioan F. Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">János Zsolt Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Zs. Mezei</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Viatcheslav Kokoouline</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0261152⟩</w:t>
+              <w:t xml:space="preserve">Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/atoms13040032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05016978v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissociative recombination of NS&amp;lt;sup&amp;gt;+&amp;lt;/sup&amp;gt; in collision with slow electrons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Hassaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Gauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Iacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Zs Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Roueff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 57, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-6455/ad5e20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04698947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactive collisions between electrons and BeH&amp;lt;sup&amp;gt;+&amp;lt;/sup&amp;gt; above dissociation threshold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerance Djuissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeoffrey Boffelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riyad Hassaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolina Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincenzo Laporta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 26 (26), pp.18311-18320. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/d4cp01736f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04698945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissociative recombination of N2H+: a revisited study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">János Zsolt Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Ayouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Orbán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdillah Abdoulanziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dahbia Talbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 232 (12), pp.1967-1973. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1140/epjs/s11734-023-00922-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04110191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron collision studies on the CH2+ molecular ion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Chakrabarti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Zs Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioan F. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Tennyson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 55, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-6455/ac4ff2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05055222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron collisions with ArH + molecular ions: highly excited vibrational states and dissociative excitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Djuissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Tennyson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Laporta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 31 (11), pp.114012. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-6595/aca4f3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04024915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissociative recombination and rotational transitions of D&amp;lt;SUP&amp;gt;+&amp;lt;/SUP&amp;gt;&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; in collisions with slow electrons</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of bound and resonant states of NS molecule in the R-matrix approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Iacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Meltzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">János Zsolt Mezei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioan F. Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Tennyson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 55, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6455/ac9cae⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mnras/stac501⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-03717115v1</w:t>
+                <w:t xml:space="preserve">hal-05055218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of bound and resonant states of NS molecule in the R-matrix approach</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dissociative recombination and rotational transitions of D&amp;lt;SUP&amp;gt;+&amp;lt;/SUP&amp;gt;&amp;lt;SUB&amp;gt;2&amp;lt;/SUB&amp;gt; in collisions with slow electrons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. D. Epée Epée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Motapon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Pop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Iacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Roueff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6455/ac9cae⟩</w:t>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 512, pp.424-429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stac501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05055218v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03717115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-energy electron impact dissociative recombination and vibrational transitions of N 2 +</w:t>
+                <w:t xml:space="preserve">Reactive collisions between electrons and BeT+ : Complete set of thermal rate coefficients up to 5000 K</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">N. Pop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Iacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Niyonzima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A. Abdoulanziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Laporta</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atomic Data and Nuclear Data Tables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 139, pp.101414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.adt.2021.101414⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0038609⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03140994v1</w:t>
+                <w:t xml:space="preserve">hal-03191154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactive collisions between electrons and BeT+ : Complete set of thermal rate coefficients up to 5000 K</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Low-energy electron impact dissociative recombination and vibrational transitions of N 2 +</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Niyonzima</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">A. Abdoulanziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Argentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Laporta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Chakrabarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atomic Data and Nuclear Data Tables</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.adt.2021.101414⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 129 (5), pp.053303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0038609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03191154v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissociative electron attachment cross sections for ro-vibrationally excited NO molecule and N&amp;lt;sup&amp;gt; − &amp;lt;/sup&amp;gt; anion formation</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Electron dissociative attachement to ArH + , HD + , N 2 + and CO 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Abdoulanziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Djuissi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Argentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Moulane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/abbae3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31st International Conference on Photonic, Electronic and Atomic Collisions (ICPEAC XXXI) 23-30 July 2019, Deauville, France, 1412 (17), pp.172005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1412/17/172005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05055224v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04024922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron dissociative attachement to ArH + , HD + , N 2 + and CO 2</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vibrationally resolved NO dissociative excitation cross sections by electron impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Laporta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Tennyson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioan Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/1412/17/172005⟩</w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 29 (5), pp.05LT02. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/ab86d8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04024922v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03652544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrationally resolved NO dissociative excitation cross sections by electron impact</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dissociative electron attachment cross sections for ro-vibrationally excited NO molecule and N&amp;lt;sup&amp;gt; − &amp;lt;/sup&amp;gt; anion formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Laporta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioan F. Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Laporta</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">J Tennyson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ioan Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 29 (5), pp.05LT02. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/ab86d8⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 29, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/abbae3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03652544v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissociative electron recombination of NH2CHOH+ and implications for interstellar formamide abundance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Dissociative recombination of CH2NH2+: a crucial link with interstellar methanimine and Titan ammonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Yuen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Ayouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Balucani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ceccarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">I Schneider</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I.F. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 490 (1), pp.1325-1331. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/stz2658⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 484 (1), pp.659-664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/sty3514⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02569494v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01977242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissociative recombination of CH2NH2+: a crucial link with interstellar methanimine and Titan ammonia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Dissociative electron recombination of NH2CHOH+ and implications for interstellar formamide abundance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Ayouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Yuen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Balucani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Ceccarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">I.F. Schneider</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 484 (1), pp.659-664. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/sty3514⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 490 (1), pp.1325-1331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/stz2658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01977242v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02569494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron-Induced Excitation, Recombination, and Dissociation of Molecular Ions Initiating the Formation of Complex Organic Molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zsolt Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kalyan Chakrabarti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Douglas Epée Epée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ousmanou Motapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chi Hong Yuen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 3 (11), pp.2376-2389. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsearthspacechem.9b00159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02569725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation spectroscopique d'un arc stabilisé dans l'argon pollué par de l'eau et du cuivre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. -Ü Lydia Tchang-Brillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Benredjem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal International de Technologie, de l'Innovation, de la Physique, de l'Energie et de l'Environnement </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 5 (2), pp.4-1;4-14. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18145/jitipee.v5i2.223⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02314867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-energy collisions between electrons and BeD +</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A Orel</w:t>
+                <w:t xml:space="preserve">Theoretical study of ArH+ dissociative recombination and electron-impact vibrational excitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Abdoulanziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Colboc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Little</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Moulane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 479 (2), pp.2415 - 2420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mnras/sty1549⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/aaabef⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01939252v1</w:t>
+                <w:t xml:space="preserve">hal-01939052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissociative recombination of the CH + molecular ion at low energy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Dulieu</w:t>
+                <w:t xml:space="preserve">Reactive collision of electrons with CO + in cometary coma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Moulane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Zs. Mezei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Laporta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Jehin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Benkhaldoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6455/aab937⟩</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 615, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/201832912⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01939246v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01939059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical study of ArH+ dissociative recombination and electron-impact vibrational excitation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Theoretical study of dissociative recombination and vibrational excitation of the ${\mathrm{BF}}_{2}^{+}$ ion by an electron impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viatcheslav Kokoouline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Ayouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">János Zsolt Mezei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalid Hassouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioan Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mnras/sty1549⟩</w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/aae6f7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01939052v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01939011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactive collision of electrons with CO + in cometary coma</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Z. Benkhaldoun</w:t>
+                <w:t xml:space="preserve">Dissociative recombination of the CH + molecular ion at low energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Chakrabarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Zs Mezei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Motapon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Dulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/201832912⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6455/aab937⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01939059v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01939246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical study of dissociative recombination and vibrational excitation of the ${\mathrm{BF}}_{2}^{+}$ ion by an electron impact</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Low-energy collisions between electrons and BeD +</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Niyonzima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Pop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Iacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Å Larson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Orel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 27 (11), </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, 27 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/aaabef⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/aae6f7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01939011v1</w:t>
+                <w:t xml:space="preserve">hal-01939252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A theoretical study of the dissociative recombination of SH + with electrons through the 2 Π states of SH</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Colboc</w:t>
+                <w:t xml:space="preserve">Low-energy collisions between electrons and BeH+ : Cross sections and rate coefficients for all the vibrational states of the ion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Niyonzima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ilie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Pop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Zs. Mezei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Chakrabarti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4983690⟩</w:t>
+              <w:t xml:space="preserve">Atomic Data and Nuclear Data Tables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 115-116, pp.287-308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.adt.2016.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01928759v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01582823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State-to-state chemistry and rotational excitation of CH+ in photon-dominated regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Halvick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Stoecklin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Epée Epée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 469 (1), pp.612 - 620. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/mnras/stx892⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01928801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-energy collisions between electrons and BeH+ : Cross sections and rate coefficients for all the vibrational states of the ion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">K. Chakrabarti</w:t>
+                <w:t xml:space="preserve">Theoretical resonant electron-impact vibrational excitation, dissociative recombination and dissociative excitation cross sections of ro-vibrationally excited BeH + ion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Laporta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Chakrabarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Celiberto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Janev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atomic Data and Nuclear Data Tables</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.adt.2016.09.002⟩</w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 59 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/aa5c56⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01582823v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical resonant electron-impact vibrational excitation, dissociative recombination and dissociative excitation cross sections of ro-vibrationally excited BeH + ion</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">State-to-state modeling of ultrashort laser-induced plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioan Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Grisolia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/aa5c56⟩</w:t>
+              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 127, pp.7--19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sab.2016.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01928806v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01611158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State-to-state modeling of ultrashort laser-induced plasmas</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A theoretical study of the dissociative recombination of SH + with electrons through the 2 Π states of SH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Kashinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Talbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hickman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Di Nallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Colboc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sab.2016.11.002⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 146 (20), pp.204109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4983690⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01611158v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissociative recombination and vibrational excitation of BF+ in low energy electron collisions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zs Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Colboc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ilie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Chakrabarti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 25 (5), pp.055022. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0963-0252/25/5/055022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01611223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advances in the MQDT approach of electron/molecular cation reactive collisions: high precision extensive calculations for applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ousmanou Motapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Niyonzima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kalyan Chakrabarti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Zs Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Backodissa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 84, pp.02003. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/20158402003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02023917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissociative recombination and vibrational excitation of CO+: model calculations and comparison with experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zs Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. D. Backodissa-Kiminou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. E. Tudorache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Chakrabarti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 24 (3), pp.035005. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0963-0252/24/3/035005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01612340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rotational transitions induced by collisions of HD&amp;lt;SUP&amp;gt;+&amp;lt;/SUP&amp;gt; ions with low-energy electrons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental characterization of the excitation state of picosecond laser-induced Tungsten plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Motapon</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M. D. Epee Epee</w:t>
+                <w:t xml:space="preserve">Arnaud Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdenacer Benyagoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.90.012706⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 13th High-Tech Plasma Processes Conference (HTPP-2014) 22–27 June 2014, Toulouse, France, 550, pp.012047. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/550/1/012047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03618550v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01612388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of the excitation state of picosecond laser-induced Tungsten plasmas</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Monnet</w:t>
+                <w:t xml:space="preserve">Rotational transitions induced by collisions of HD&amp;lt;SUP&amp;gt;+&amp;lt;/SUP&amp;gt; ions with low-energy electrons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Motapon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Pop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Argoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Zs Mezei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. D. Epee Epee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/550/1/012047⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.90.012706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01612388v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03618550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multichannel-quantum-defect-theory treatment of reactive collisions between electrons and BeH +</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Niyonzima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Chakrabarti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Å. Larson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Orel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 87 (2), pp.022713. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.87.022713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03047403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissociative recombination of electrons with diatomic molecular cations above dissociation threshold: Application to H 2 + and HD +</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Chakrabarti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Backodissa-Kiminou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zs. Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Motapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 87 (2), pp.022702. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.87.022702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03047401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The enhancing role of the closed channels in dissociative recombination: An example for the H[sub 2][sup +]∕H[sub 2] system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 1472, pp.162-171. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4748084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03047295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonances in photoionization: Cross sections for vibrationally excited H 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zs. Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Roueff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ch. Jungen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 85 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevA.85.043411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02985408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissociative recombination of BeH + in the interstellar medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Niyonzima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Chakrabarti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Å. Larson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.E. Orel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EAS Publications Series</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 58, pp.291-294. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/eas/1258048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03046420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Energy Reactive Collisions of Electrons with Hydrogen Diatomic Molecular Cation Isotopomers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Lique</w:t>
+                <w:t xml:space="preserve">Assignment of resonances in dissociative recombination of HD+ ions: High-resolution measurements compared with accurate computations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Olivier Waffeu Tamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Buhr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Motapon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Altevogt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. M. Andrianarijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3647050⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 84, pp.22710. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.84.022710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03047268v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03724090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assignment of resonances in dissociative recombination of HD+ ions: High-resolution measurements compared with accurate computations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">V. M. Andrianarijaona</w:t>
+                <w:t xml:space="preserve">High Energy Reactive Collisions of Electrons with Hydrogen Diatomic Molecular Cation Isotopomers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Chakrabarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Backodissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Pop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mezei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.84.022710⟩</w:t>
+              <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1387, pp.37-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3647050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03724090v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03047268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rotational excitation of CN(X Σ2+) by He: Theory and comparison with experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Spielfiedel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Feautrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioan Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacek Kłos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 132 (2), pp.024303. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3285811⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03047233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rotational Cooling of HD&amp;lt;SUP&amp;gt;+&amp;lt;/SUP&amp;gt; Molecular Ions by Superelastic Collisions with Electrons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Shafir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Novotny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Buhr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Altevogt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 102, pp.223202. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.223202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00479905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collisional-radiative model in air for earth re-entry problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno G. Chéron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Motapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioan F. Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Plasmas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 13, pp.043502. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.2194827⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00133249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactive collisions between electrons and NO+ ions: rate coefficient computations and relevance for the air plasma kinetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Motapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Firifig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Florescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. O. Waffeu Tamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 15 (1), pp.23. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0963-0252/15/1/004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0963-0252/15/1/004⟩</w:t>
-[...29 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-00611717v1</w:t>
-              </w:r>
-[...266 lines deleted...]
-                <w:t xml:space="preserve">hal-05055221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6153,90 +6153,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electronic reactive collisions in cold ionised media: from mechanisms to new state-to-state cross sections and rate coefficients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Zs Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Orbán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Chakrabarti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Moulane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M D Epée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6287,77 +6287,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arc stabilisé dans l’argon pour la mesure des probabilités de transition de W et W + – Caractérisation de l’arc avant injection de W</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Benredjem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6412,90 +6412,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Picosecond LIBS Diagnostics For Tokamak Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdenacer Benyagoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.F. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Grisolia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6533,103 +6533,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactive collisions of electrons with H2+, HD+, BeH+, BeD+ and SH+</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolina Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Iacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">János Zsolt Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ousmanou Motapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Niyonzima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TIM17 PHYSICS CONFERENCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Timisoara, Romania. </w:t>
@@ -6693,51 +6693,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Benredjem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. -U. L. Tchang-Brillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6792,90 +6792,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron-impact excitation and recombination of molecular cations in cold ionized gases: application to H 2+ , BeH + , CH + , CO + , N 2+ , BF + and AlO +</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolina Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Zs Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Colboc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Epée Epée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.A. Little</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6917,103 +6917,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the excitation state of picosecond laser-induced plasmas for light elements detection in metallic matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdenacer Benyagoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMSLIBS 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Linz, Austria</w:t>
@@ -7042,77 +7042,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State-to-state modeling of ultra-short laser-induced plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I.F. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Grisolia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7163,90 +7163,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rotational Cooling of HD+ by Superelastic Collisions with Electrons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Schwalm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Shafir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Novotny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Buhr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Altevogt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eighth International Conference on Dissociative Recombination: Theory, Experiments and Applications (DR2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Lake Tahoe, California, USA, United States. pp.2006, </w:t>
@@ -7316,103 +7316,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advances in the MQDT approach of electron/molecular cation reactive collisions: High precision extensive calculations for applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Motapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Niyonzima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Chakrabarti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Zs Mezei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Backodissa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Schneider, I. F. and Dulieu, O. and Robert, J. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr2013: Ninth International Conference on Dissociative Recombination: Theory, Experiment, and Applications</w:t>
@@ -7439,230 +7439,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01612355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CO and C-2 excited states relaxation in CO2 plasmas derived from a Collisional-Radiative model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Collisional-Radiative modeling of the transient excitation of a carbon atoms beam crossing a tokamak plasma edge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioan F. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Benredjem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yacine Babou</w:t>
+                <w:t xml:space="preserve">Pascale Monier-Garbet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Congress on Plasma Physics (icpp2010) &amp; 13th Latin American Workshop on Plasma Physics (lawpp2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 511, pp.UNSP 012059, 2014</w:t>
+              <w:t xml:space="preserve">, 511, pp.UNSP 012045, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01612410v1</w:t>
+                <w:t xml:space="preserve">hal-01612409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collisional-Radiative modeling of the transient excitation of a carbon atoms beam crossing a tokamak plasma edge</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">CO and C-2 excited states relaxation in CO2 plasmas derived from a Collisional-Radiative model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioan F. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Monier-Garbet</w:t>
+                <w:t xml:space="preserve">Yacine Babou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Congress on Plasma Physics (icpp2010) &amp; 13th Latin American Workshop on Plasma Physics (lawpp2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 511, pp.UNSP 012045, 2014</w:t>
+              <w:t xml:space="preserve">, 511, pp.UNSP 012059, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01612409v1</w:t>
+                <w:t xml:space="preserve">hal-01612410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactive Collisions Between Electrons and Molecular Hydrogen Cation Isotopomers: Cross-sections and Rate Coefficients for HD+ and DT+</w:t>
               </w:r>
@@ -7674,64 +7674,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. C. Stroe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magda Fifirig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. O. Waffeu Tamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ousmanou Motapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Crumeyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7942,51 +7942,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055217v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Adrien Ayouz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Faure" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan F. Schneider" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;nos Zsolt Mezei" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viatcheslav Kokoouline" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atoms13040032" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016978v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riyad Hassaine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Talbi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R P Brady" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zs. Mezei" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tennyson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0261152" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698947v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hassaine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gauchet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Iacob" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Zs Mezei" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Roueff" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ad5e20" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698945v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerance Djuissi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Boffelli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolina Pop" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Laporta" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp01736f" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110191v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ayouz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Orb&#225;n" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdillah Abdoulanziz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahbia Talbi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-023-00922-5" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055222v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Chakrabarti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Tennyson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ac4ff2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024915v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Djuissi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bultel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Schneider" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Laporta" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aca4f3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03717115v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Ep&#233;e Ep&#233;e" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Motapon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pop" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Iacob" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roueff" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac501" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055218v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Iacob" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Meltzer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Tennyson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ac9cae" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140994v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abdoulanziz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Argentin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laporta" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chakrabarti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0038609" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191154v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Niyonzima" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adt.2021.101414" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055224v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abbae3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024922v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Abdoulanziz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Argentin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Moulane" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/17/172005" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03652544v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Schneider" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab86d8" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02569494v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yuen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Balucani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ceccarelli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2658" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977242v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.F. Schneider" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty3514" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02569725v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Mezei" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyan Chakrabarti" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Douglas Ep&#233;e Ep&#233;e" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmanou Motapon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Hong Yuen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.9b00159" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314867v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Favre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. -&#220; Lydia Tchang-Brillet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Benredjem" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18145/jitipee.v5i2.223" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939252v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Niyonzima" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Iacob" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#197; Larson" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Orel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aaabef" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939246v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Faure" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dulieu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/aab937" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939052v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Abdoulanziz" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colboc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Little" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Moulane" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mezei" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty1549" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939059v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Moulane" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jehin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Benkhaldoun" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832912" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939011v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Hassouni" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aae6f7" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928759v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kashinski" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hickman" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Di Nallo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4983690" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928801v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Halvick" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Stoecklin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Honvault" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ep&#233;e Ep&#233;e" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx892" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582823v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ilie" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adt.2016.09.002" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928806v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Celiberto" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Janev" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mezei" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aa5c56" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611158v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grisolia" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2016.11.002" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611223v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zs Mezei" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/5/055022" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023917v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Niyonzima" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Backodissa" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20158402003" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612340v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. D. Backodissa-Kiminou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. E. Tudorache" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/3/035005" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03618550v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Argoubi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Epee Epee" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.90.012706" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612388v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Peres" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdenacer Benyagoub" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Monnet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/550/1/012047" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047403v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lique" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#197;. Larson" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Orel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.87.022713" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047401v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Backodissa-Kiminou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.87.022702" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047295v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Schneider" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4748084" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985408v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Jungen" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.043411" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046420v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Orel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/eas/1258048" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047268v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3647050" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724090v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Olivier Waffeu Tamo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Buhr" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Altevogt" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Andrianarijaona" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.84.022710" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047233v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lique" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Spielfiedel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Feautrier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek K&#322;os" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3285811" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479905v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Shafir" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Novotny" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.223202" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133249v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno G. Ch&#233;ron" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourdon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2194827" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611717v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Firifig" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Florescu" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. O. Waffeu Tamo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Crumeyrolle" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/15/1/004" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-J0W7TCPJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179024v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ep&#233;e" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055221v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Forer" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#225;vid Hvizdo&#353;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028651v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Orb&#225;n" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M D Ep&#233;e" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/17/172003" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104960v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Benredjem" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan-&#220; Lydia Tchang-Brillet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104888v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Grisolia" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791757v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5017433" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989121v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bultel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boubert" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. -U. L. Tchang-Brillet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -F. Wyart" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104875v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Little" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104884v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104887v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729816v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Schwalm" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/300/1/012006" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612355v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612410v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Babou" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612409v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Monier-Garbet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023299v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Stroe" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magda Fifirig" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crumeyrolle" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179024v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riyad Hassaine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerance Djuissi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolina Pop" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Iacob" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ep&#233;e" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055221v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Forer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Boffelli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ayouz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#225;vid Hvizdo&#353;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viatcheslav Kokoouline" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016978v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Talbi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R P Brady" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zs. Mezei" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tennyson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0261152" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055217v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Adrien Ayouz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Faure" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan F. Schneider" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#225;nos Zsolt Mezei" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atoms13040032" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698947v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hassaine" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Gauchet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Iacob" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Zs Mezei" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Roueff" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ad5e20" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698945v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Laporta" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp01736f" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110191v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Orb&#225;n" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdillah Abdoulanziz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dahbia Talbi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjs/s11734-023-00922-5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055222v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Chakrabarti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Tennyson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ac4ff2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024915v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Djuissi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bultel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Schneider" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Laporta" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aca4f3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055218v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Meltzer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Tennyson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/ac9cae" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03717115v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Ep&#233;e Ep&#233;e" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Motapon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pop" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Iacob" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Roueff" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stac501" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191154v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Niyonzima" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abdoulanziz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laporta" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adt.2021.101414" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140994v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Argentin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chakrabarti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0038609" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024922v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Abdoulanziz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Argentin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Moulane" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/17/172005" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03652544v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Schneider" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab86d8" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055224v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abbae3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977242v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Yuen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Balucani" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ceccarelli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.F. Schneider" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty3514" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02569494v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stz2658" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02569725v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Mezei" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyan Chakrabarti" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Douglas Ep&#233;e Ep&#233;e" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ousmanou Motapon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Hong Yuen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.9b00159" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314867v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Favre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. -&#220; Lydia Tchang-Brillet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Benredjem" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18145/jitipee.v5i2.223" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939052v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Abdoulanziz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colboc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Little" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Moulane" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mezei" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/sty1549" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939059v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Moulane" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jehin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Benkhaldoun" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201832912" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939011v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Hassouni" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aae6f7" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939246v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Faure" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dulieu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/aab937" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01939252v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Niyonzima" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Iacob" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#197; Larson" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Orel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aaabef" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582823v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ilie" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adt.2016.09.002" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928801v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Halvick" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Stoecklin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Honvault" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ep&#233;e Ep&#233;e" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stx892" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928806v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Celiberto" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Janev" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mezei" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aa5c56" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611158v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grisolia" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2016.11.002" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01928759v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kashinski" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hickman" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Di Nallo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4983690" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611223v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zs Mezei" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/25/5/055022" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023917v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Niyonzima" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Backodissa" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20158402003" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612340v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. D. Backodissa-Kiminou" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. E. Tudorache" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/24/3/035005" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612388v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Peres" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdenacer Benyagoub" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Monnet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/550/1/012047" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03618550v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Argoubi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D. Epee Epee" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.90.012706" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047403v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lique" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#197;. Larson" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Orel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.87.022713" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047401v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Backodissa-Kiminou" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.87.022702" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047295v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Schneider" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4748084" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985408v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Jungen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.043411" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046420v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Orel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/eas/1258048" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724090v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Olivier Waffeu Tamo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Buhr" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Altevogt" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Andrianarijaona" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.84.022710" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047268v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3647050" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047233v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lique" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Spielfiedel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Feautrier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek K&#322;os" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3285811" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479905v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Shafir" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Novotny" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.223202" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133249v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno G. Ch&#233;ron" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bourdon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2194827" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00611717v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Firifig" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Florescu" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. O. Waffeu Tamo" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Crumeyrolle" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0963-0252/15/1/004" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-J0W7TCPJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028651v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Orb&#225;n" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M D Ep&#233;e" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1412/17/172003" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104960v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Benredjem" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan-&#220; Lydia Tchang-Brillet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104888v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Grisolia" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791757v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5017433" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03989121v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bultel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boubert" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. -U. L. Tchang-Brillet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -F. Wyart" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104875v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Little" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104884v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104887v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729816v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Schwalm" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/300/1/012006" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612355v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612409v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Monier-Garbet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612410v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Babou" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023299v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Stroe" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magda Fifirig" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crumeyrolle" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>