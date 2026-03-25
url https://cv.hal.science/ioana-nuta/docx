--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -3972,324 +3972,324 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00542911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental thermodynamics for the evaluation of ALD growth processes.</w:t>
+                <w:t xml:space="preserve">A special reactor coupled with a high-temperature mass spectrometer for the investigation of the vaporization and cracking of organometallic compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Violet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nuta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Artaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Collas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Blanquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 23, pp.793-800</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00456226v1</w:t>
+                <w:t xml:space="preserve">hal-00389421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A special reactor coupled with a high-temperature mass spectrometer for the investigation of the vaporization and cracking of organometallic compounds</w:t>
+                <w:t xml:space="preserve">Experimental thermodynamics for the evaluation of ALD growth processes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Violet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Blanquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nuta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chatillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rapid Communications in Mass Spectrometry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 204 (6-7), pp.882-886. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.surfcoat.2009.08.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00389421v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00456226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaseous phase study of the Zr-organometallic ALD precursor TEMAZ by mass spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nuta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6292,51 +6292,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma Enhanced Atomic Layer Deposition of ZrO2: A Thermodynamic Approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Blanquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Monnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nuta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8020,51 +8020,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6EDF16B0"/>
+    <w:nsid w:val="AC1E8669"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8251,51 +8251,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ioana-nuta" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1255-2289" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05524816v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Antion" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barrachin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Benigni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Crassous" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Decreton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2026.102922" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602114v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Jacobson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;yves Colle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Stolyarova" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Markus" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Nuta" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.9744" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877321v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Favre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Chichignoud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Fischer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chatillon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2024.102758" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396804v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ausrine Bartasyte" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Oliveri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Boujnah" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Margueron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bachelet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ad1b98" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098610v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Virot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2022.102508" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324713v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Kharbachi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nuta" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Artaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Collas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chatillon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.10.241" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324714v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Zahra Roki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2021.102329" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510420v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shashank Mishra" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jeanneau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Tian" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Blanquet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.1c01136" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559067v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deffrennes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Jakse" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia M.S. Alvares" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pasturel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2020.101764" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954746v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Bannenberg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Heere" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benzidi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Montero" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Dematteis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.08.119" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405380v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2019.01.009" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899668v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vadon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#216;yvind Sortland" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merete Tansgtad" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11663-018-1228-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405367v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Zhara Roki" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.05.060" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829650v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Michau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Maury" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schuster" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Gazal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings8060220" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914051v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.7870" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367839v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Za&#239;dat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0361602jss" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965221v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Chombart" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Moreau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal/2016031" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/82F17460907CB3AE923A7885830EE42CA8E6FEC4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122444v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.7071" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TF4RFWVL-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121283v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Ohnet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fillet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2014.08.021" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934995v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.Z. Roki" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Ohnet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fillet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2013.09.038" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RJZKX3M0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869667v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-noelle Ohnet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2013.05.032" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XDCRCFQ9-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965215v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850232v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Savornin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Baillin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanquet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Saint Patrice" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2012.12.002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RLR7KLTX-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781294v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R. Yavari" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vaughan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.R. de Castro" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Georgarakis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Jorge" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2012.05.045" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CNJT0TGW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781284v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pinatel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baricco" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2012.08.005" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640197v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hodaj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2011.02.043" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9WK69B3K-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664701v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brize" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Prieur" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Violet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthome" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cvde.201100045AccessionNumber:WOS" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898307v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel V&#233;ron" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Matzen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bessada" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic1019845" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961033v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Briz&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Artaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Berthom&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Boichot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daniele" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3485255" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542911v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.4727" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L737N32M-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456226v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Monnier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2009.08.022" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KMPMCXK3-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389421v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374416v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gros-Jean" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Volpi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374686v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roki" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Simondi-Teisseire" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457446v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196401v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022454v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bessada" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Rollet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rakhmatullin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Florian" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2005.06.007" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1MVDW2RW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819222v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232379v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896363v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Boca" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chatilllon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798358v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Deschamps" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Maglione" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Y.P. Allain" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Balbaud-C&#233;l&#233;rier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Org&#233;as" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896378v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819213v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mantoux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mercier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900186v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chatillon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Fischer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896419v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414264v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Boichot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408220v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902483v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812218v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boichot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pons" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639872v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gouello" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lacoue-N&#232;gre" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mutelle" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cousin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sobanska" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692284v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Doisneau" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591214v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591213v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mantoux" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389286v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488400v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196653v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892231v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Moreau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903062v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Collas" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903240v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Pisch" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Duffresnes" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903199v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reza Yavari" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902965v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824429v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610203v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Heyrman" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00594641v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ioana-nuta" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1255-2289" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/hal-05524816v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Antion" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barrachin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Benigni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Crassous" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Decreton" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2026.102922" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602114v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Jacobson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;yves Colle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Stolyarova" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Markus" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Nuta" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.9744" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877321v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Favre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Chichignoud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Fischer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chatillon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2024.102758" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396804v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ausrine Bartasyte" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Oliveri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sondes Boujnah" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Margueron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bachelet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ad1b98" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098610v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Virot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2022.102508" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324713v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Kharbachi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nuta" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Artaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Collas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chatillon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.10.241" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324714v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Zahra Roki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2021.102329" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510420v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shashank Mishra" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jeanneau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Tian" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Blanquet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.1c01136" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559067v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deffrennes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Jakse" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia M.S. Alvares" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Pasturel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2020.101764" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954746v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.J. Bannenberg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Heere" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benzidi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Montero" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.M. Dematteis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.08.119" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405380v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2019.01.009" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899668v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vadon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#216;yvind Sortland" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merete Tansgtad" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11663-018-1228-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405367v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima-Zhara Roki" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.05.060" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829650v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Michau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Maury" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schuster" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Gazal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings8060220" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914051v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.7870" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367839v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kader Za&#239;dat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0361602jss" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965221v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Chombart" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Moreau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal/2016031" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/82F17460907CB3AE923A7885830EE42CA8E6FEC4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122444v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.7071" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TF4RFWVL-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121283v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Ohnet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fillet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2014.08.021" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934995v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.Z. Roki" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Ohnet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fillet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2013.09.038" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RJZKX3M0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869667v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-noelle Ohnet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jct.2013.05.032" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XDCRCFQ9-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965215v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850232v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Savornin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Baillin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanquet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Saint Patrice" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2012.12.002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RLR7KLTX-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781294v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R. Yavari" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vaughan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.R. de Castro" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Georgarakis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Jorge" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2012.05.045" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CNJT0TGW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00781284v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pinatel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baricco" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2012.08.005" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640197v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hodaj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2011.02.043" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9WK69B3K-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00664701v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brize" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Prieur" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Violet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthome" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cvde.201100045AccessionNumber:WOS" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898307v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel V&#233;ron" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Matzen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bessada" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic1019845" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00961033v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Briz&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Artaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Berthom&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Boichot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daniele" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3485255" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542911v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rcm.4727" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L737N32M-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389421v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00456226v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Monnier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2009.08.022" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KMPMCXK3-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374416v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gros-Jean" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Volpi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374686v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roki" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Simondi-Teisseire" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457446v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196401v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022454v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bessada" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Rollet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rakhmatullin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Florian" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2005.06.007" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1MVDW2RW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819222v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232379v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896363v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Boca" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chatilllon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798358v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Deschamps" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Maglione" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Y.P. Allain" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Balbaud-C&#233;l&#233;rier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Org&#233;as" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896378v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819213v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mantoux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mercier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900186v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chatillon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Fischer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896419v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414264v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Boichot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408220v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902483v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812218v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boichot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pons" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639872v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gouello" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lacoue-N&#232;gre" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mutelle" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cousin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sobanska" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692284v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Doisneau" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591214v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591213v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mantoux" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389286v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488400v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196653v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892231v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Moreau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903062v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Collas" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903240v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Pisch" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Duffresnes" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903199v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reza Yavari" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902965v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824429v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610203v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Heyrman" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00594641v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>