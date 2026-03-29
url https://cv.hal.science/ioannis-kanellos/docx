--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -433,51 +433,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03493944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Survey of Human Activity Recognition in Smart Homes Based on IoT Sensors Algorithms: Taxonomies, Challenges, and Opportunities with Deep Learning</w:t>
+                <w:t xml:space="preserve">Using Language Model to Bootstrap Human Activity Recognition Ambient Sensors Based in Smart Homes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouchabou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sao Mai Nguyen</w:t>
@@ -508,106 +508,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21, </w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (20), pp.2498. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s21186037⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/electronics10202498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03343114v1</w:t>
+                <w:t xml:space="preserve">hal-03381762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Language Model to Bootstrap Human Activity Recognition Ambient Sensors Based in Smart Homes</w:t>
+                <w:t xml:space="preserve">A Survey of Human Activity Recognition in Smart Homes Based on IoT Sensors Algorithms: Taxonomies, Challenges, and Opportunities with Deep Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouchabou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sao Mai Nguyen</w:t>
@@ -638,82 +638,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (20), pp.2498. </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21, </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/electronics10202498⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s21186037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03381762v1</w:t>
+                <w:t xml:space="preserve">hal-03343114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human Skeleton Detection, Modeling and Gesture Imitation Learning for a Social Purpose</w:t>
               </w:r>
@@ -1832,4462 +1832,4579 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01322287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (44)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (45)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Representation of Irregularly Sampled Time Series with Generative Language Models for Classification and Transfer Learning</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Benoit Leduc</w:t>
+                <w:t xml:space="preserve">CBF-AFA: Chunk-Based Multi-SSL Fusion for Automatic Fluency Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Papa Séga Wade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihai Andries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Moudenc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ML4ITS 2023: 2nd International Workshop on Machine Learning for Irregular Time Series Co-located with ECML PKDD 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">33rd European Signal Processing Conference (EUSIPCO 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association for Signal Processing (EURASIP), Sep 2025, Isola delle Femmine – Palermo, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EUSIPCO63237.2025.11226329⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04437409v1</w:t>
+                <w:t xml:space="preserve">hal-05485978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fully Convolutional Network Bootstrapped by Word Encoding and Embedding for Activity Recognition in Smart Homes</w:t>
+                <w:t xml:space="preserve">Representation of Irregularly Sampled Time Series with Generative Language Models for Classification and Transfer Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouchabou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sao Mai Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lohr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Leduc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DL-HAR 2021: 2nd International Workshop on Deep Learning for Human Activity Recognition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ML4ITS 2023: 2nd International Workshop on Machine Learning for Irregular Time Series Co-located with ECML PKDD 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Turin (IT), Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03032449v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04437409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How An Automated Gesture Imitation Game Can Improve Social Interactions With Teenagers With ASD</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Linda Nanan Vallée</w:t>
+                <w:t xml:space="preserve">Fully Convolutional Network Bootstrapped by Word Encoding and Embedding for Activity Recognition in Smart Homes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bouchabou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sao Mai Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lohr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Asseu</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Leduc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE ICRA Workshop on Social Robotics for Neurodevelopmental Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.10961.25444⟩</w:t>
+              <w:t xml:space="preserve">DL-HAR 2021: 2nd International Workshop on Deep Learning for Human Activity Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Yokohama, Japan. pp.111-125, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-16-0575-8_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02894330v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AMISIA: A multidisciplinary approach for the secondary prevention of the loss of autonomy for patients with traumatic brain injury and stroke</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How An Automated Gesture Imitation Game Can Improve Social Interactions With Teenagers With ASD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Nanan Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sao Mai Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lohr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Asseu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Etude sur la TéléSanté</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE ICRA Workshop on Social Robotics for Neurodevelopmental Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.10961.25444⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02161060v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02894330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AMISIA : a multidisciplinary apporoach for the secondary prevention of the loss of autonomy for patients with traumatic brain injury and stroke</w:t>
+                <w:t xml:space="preserve">AMISIA: A multidisciplinary approach for the secondary prevention of the loss of autonomy for patients with traumatic brain injury and stroke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mandigout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïck Perrochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasser Rezzoug</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Encelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence handicap 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées d'Etude sur la TéléSanté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sorbonne Universités, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02086239v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02161060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">System Design for Coordinated Multi-Robot Assistance Deployment in Smart Spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panagiotis Papadakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lohr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marin Lujak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abir B Karami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IRC 2018 : Second IEEE International Conference on Robotic Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Laguna Hills, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IRC.2018.00068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01699838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating User Image Tagging Credibility</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Adrian Iftene</w:t>
+                <w:t xml:space="preserve">AMISIA : a multidisciplinary apporoach for the secondary prevention of the loss of autonomy for patients with traumatic brain injury and stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mandigout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïck Perrochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Encelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLEF 2015 : Conference and Labs of the Evaluation Forum </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conférence handicap 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01271183v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02086239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-Scale Image Mining with Flickr Groups</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Evaluating User Image Tagging Credibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Lucian Ginsca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Popescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Le Borgne</w:t>
+                <w:t xml:space="preserve">Mihai Lupu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Ballas</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adrian Iftene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Multimedia Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-14445-0_28⟩</w:t>
+              <w:t xml:space="preserve">CLEF 2015 : Conference and Labs of the Evaluation Forum </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Toulouse, France. pp.41 - 52, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-24027-5_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01172319v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01271183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un système de médiation pédagogique pour une assistance interprétative</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Large-Scale Image Mining with Flickr Groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Lucian Ginsca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Popescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ballas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phong Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QPES 2015 : Colloque Questions de pédagogies dans l'enseignement supérieur : Innover : pourquoi et comment ?</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Multimedia Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Sydney, NSW, Australia. pp.318 - 334, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-14445-0_28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01185721v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01172319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Video-based Synergetic Educational Modes: Guidelines for a Profile Adapted Learning Platform.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un système de médiation pédagogique pour une assistance interprétative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rica Simona Antin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Orestis Dimou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICHSL 2014 : 9th International Conference on Human System Learning - Alternative Learning Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Cotonou, Benin</w:t>
+              <w:t xml:space="preserve">QPES 2015 : Colloque Questions de pédagogies dans l'enseignement supérieur : Innover : pourquoi et comment ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Brest, France. pp.702 - 715</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01814228v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01185721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward an Estimation of User Tagging Credibility for Social Image Retrieval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Lucian Ginsca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Popescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Ionescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Armagan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MM 2014 : 22nd ACM International Conference on Multimedia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Orlando, Florida, United States. pp.1021 - 1024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01185831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Médiations éducatives et culturelles centrées sur les apprenants. Un outil de génération de cours virtuels adaptatifs.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Video-based Synergetic Educational Modes: Guidelines for a Profile Adapted Learning Platform.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rica Simona Antin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orestis Dimou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GLAT 2014 : colloque du Groupe de Linguistique Appliquée des Télécoms : adaptations aux diversités : médiations et traductions, approches interdisciplinaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Brest, France</w:t>
+              <w:t xml:space="preserve">ICHSL 2014 : 9th International Conference on Human System Learning - Alternative Learning Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Cotonou, Benin</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01068079v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01814228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un système d'exposition interactif pour une médiation scientifique pluri-lectoriale</w:t>
+                <w:t xml:space="preserve">Médiations éducatives et culturelles centrées sur les apprenants. Un outil de génération de cours virtuels adaptatifs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rica Simona Antin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orestis Dimou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QPES 2013 : actes du VII colloque Questions de Pédagogie dans l'enseignement supérieur : Les innovations pédagogiques en enseignement supérieur : pédagogies actives en présentiel et à distance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Sherbrooke, Canada</w:t>
+              <w:t xml:space="preserve">GLAT 2014 : colloque du Groupe de Linguistique Appliquée des Télécoms : adaptations aux diversités : médiations et traductions, approches interdisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02135191v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01068079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation et transmission des savoirs. Sur le rôle des ontologies dans la mise en place de services muséologiques pédagogiques centrés sur divers profils de visiteur.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un système d'exposition interactif pour une médiation scientifique pluri-lectoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rica Simona Antin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabor Bella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rica Simona Antin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GLAT 2012 - Terminologies : textes, discours et accès aux savoirs spécialisés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Gênes, Italie</w:t>
+              <w:t xml:space="preserve">QPES 2013 : actes du VII colloque Questions de Pédagogie dans l'enseignement supérieur : Les innovations pédagogiques en enseignement supérieur : pédagogies actives en présentiel et à distance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Sherbrooke, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02135295v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visitor-Centered Digital Museology: Towards Profile Adapted Virtual Expositions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INDICATE Virtual Exhibitions Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Amman, Jordan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02135298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ontologies aspectuelles et représentation des connaissances à profondeur variable : deux exigences fondamentales pour des musées virtuels adaptatifs.</w:t>
+                <w:t xml:space="preserve">Adaptation et transmission des savoirs. Sur le rôle des ontologies dans la mise en place de services muséologiques pédagogiques centrés sur divers profils de visiteur.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rica Simona Antin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIDOC 2011: Knowledge management and museums /</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Sibiu, Roumanie. pp.31 - 40</w:t>
+              <w:t xml:space="preserve">GLAT 2012 - Terminologies : textes, discours et accès aux savoirs spécialisés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Gênes, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02135261v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facing computer science misconceptions: an introductory course based on historical strands and career paths at a glance</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ontologies aspectuelles et représentation des connaissances à profondeur variable : deux exigences fondamentales pour des musées virtuels adaptatifs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FIE 2011 : 41th ASEE/IEEE frontiers in Education conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CIDOC 2011: Knowledge management and museums /</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Sibiu, Roumanie. pp.31 - 40</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00631722v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une plateforme de co-construction d'interprétations multiculturelles : arguments, concepts, méthodes et applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Facing computer science misconceptions: an introductory course based on historical strands and career paths at a glance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Rouvrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anna Lorente Gall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TICEMED 2011</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FIE 2011 : 41th ASEE/IEEE frontiers in Education conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Rapid City, United States. pp.F4G-1-F4G-7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FIE.2011.6142901⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00725608v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00631722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Considering the subjectivity to rationalise evaluation approaches : the example of &amp;quot;Spoken Dialogue Systems</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vers une plateforme de co-construction d'interprétations multiculturelles : arguments, concepts, méthodes et applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rica Simona Antin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lorente Gall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Qomex 2010 : Second International Workshop on Quality of Multimedia Experience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Trondheim, Norway</w:t>
+              <w:t xml:space="preserve">TICEMED 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Barcelone, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02295316v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00725608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What do we know about on-line museums? A study about current situation of virtual art museums</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anna Lorente Gall</w:t>
+                <w:t xml:space="preserve">Considering the subjectivity to rationalise evaluation approaches : the example of &amp;quot;Spoken Dialogue Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bretier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference Transforming Culture in the Digital Age</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Tartu, Estonia. pp.208 - 219</w:t>
+              <w:t xml:space="preserve">Qomex 2010 : Second International Workshop on Quality of Multimedia Experience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02345852v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02295316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creating visual summaries for geographic regions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrian Popescu</w:t>
+                <w:t xml:space="preserve">What do we know about on-line museums? A study about current situation of virtual art museums</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lorente Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECIR Workshop on Information Retrieval over Social Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Toulouse, France</w:t>
+              <w:t xml:space="preserve">International Conference Transforming Culture in the Digital Age</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Tartu, Estonia. pp.208 - 219</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02295304v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02345852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le concept de musée virtuel thématique : la collection comme visite, la visite comme lecture, la lecture comme stratégie. Lexemple du musée thématique sur lAnnonciation.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Creating visual summaries for geographic regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Popescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIDE 12 :12ème colloque international sur le document électronique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Montréal, Canada. pp.76-92</w:t>
+              <w:t xml:space="preserve">ECIR Workshop on Information Retrieval over Social Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472888v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02295304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lightweight web image reranking</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le concept de musée virtuel thématique : la collection comme visite, la visite comme lecture, la lecture comme stratégie. Lexemple du musée thématique sur lAnnonciation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémi Landais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Multimedia 2009 : 17th ACM international conference on Multimedia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CIDE 12 :12ème colloque international sur le document électronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Montréal, Canada. pp.76-92</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/1631272.1631381⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02345837v1</w:t>
+                <w:t xml:space="preserve">hal-00472888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lecture(s) et genre(s) du document numérique (Conférence invitée)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lightweight web image reranking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Popescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Moellic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Landais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIDE 11 : 11ème colloque international sur le document électronique : interactions &amp; usages autour du document numérique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACM Multimedia 2009 : 17th ACM international conference on Multimedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Pékin, China. pp.657 - 660, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/1631272.1631381⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02163459v1</w:t>
+                <w:t xml:space="preserve">hal-02345837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speech expressiveness : modeling and implementing the expressive impact of typographic and punctuation marks for textual inputs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lionel Segalen</w:t>
+                <w:t xml:space="preserve">ThemExplorer: finding and browsing geo-referenced images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Popescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Moellic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Moudenc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICTTA 2008 : International Conference on Information &amp; Communication Technologies: from theory to applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CBMI 2008 : International Workshop on Content-Based Multimedia Indexing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, London, United Kingdom. pp.576 - 853, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CBMI.2008.4564999⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICTTA.2008.4530010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02162324v1</w:t>
+                <w:t xml:space="preserve">hal-02161943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multilingual and content based access to Flickr images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Popescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICTTA'08 : 3d International Conference on Information &amp; Communication Technologies : from theory to applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Damascus, Syria. pp.1 - 5, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTTA.2008.4530012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02162040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ThemExplorer: finding and browsing geo-referenced images</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lecture(s) et genre(s) du document numérique (Conférence invitée)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CBMI 2008 : International Workshop on Content-Based Multimedia Indexing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CIDE 11 : 11ème colloque international sur le document électronique : interactions &amp; usages autour du document numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Rouen, France. pp.202 - 210</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CBMI.2008.4564999⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02161943v1</w:t>
+                <w:t xml:space="preserve">hal-02163459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le genre comme contexte : un fonds de légitimation des attentes et un lieu de convergence des normes sémiotiques. Réflexions sur le cas du document numérique.</w:t>
+                <w:t xml:space="preserve">Speech expressiveness : modeling and implementing the expressive impact of typographic and punctuation marks for textual inputs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violeta Athea</w:t>
+                <w:t xml:space="preserve">Johnathan Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Segalen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Moudenc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GLAT-Brest 2008 : Terminologie : discours, technologie et acteurs sociaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICTTA 2008 : International Conference on Information &amp; Communication Technologies: from theory to applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Damascus, Syria. pp.1 - 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTTA.2008.4530010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02161872v1</w:t>
+                <w:t xml:space="preserve">hal-02162324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de structures sémantiques pour la recherche d'images sur Internet.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Alain Moellic</w:t>
+                <w:t xml:space="preserve">Le genre comme contexte : un fonds de légitimation des attentes et un lieu de convergence des normes sémiotiques. Réflexions sur le cas du document numérique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violeta Athea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Atelier ECOI : Extraction de COnnaissance et Images, in conjunction with EGC 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, Sophia Antipolis, France</w:t>
+              <w:t xml:space="preserve">GLAT-Brest 2008 : Terminologie : discours, technologie et acteurs sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Brest, France. pp.249 - 260</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02163614v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02161872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpretative data analysis: when semantics makes deflect the number. The case of large scale textual corpora.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Mauceri</w:t>
+                <w:t xml:space="preserve">Utilisation de structures sémantiques pour la recherche d'images sur Internet.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Popescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Moellic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASMDA'07: 12th International Conference on Applied Stochastic Models and Data Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Chania, Greece</w:t>
+              <w:t xml:space="preserve">4ème Atelier ECOI : Extraction de COnnaissance et Images, in conjunction with EGC 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Sophia Antipolis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02164550v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02163614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpretative e-Learning Personalization: Methodology, Formal Aspects and generic Scenarios of Individual/Group Dynamics. A case of a course in art history.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prosody of expressive speech : bringing to light some discursive situation influences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioana Suciu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">S. Daniilia</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Moudenc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th International Conference on User Modeling : Workshop " Personalisation in E-Learning Environments at Individual and Group Level"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Corfu, Greece. pp.75 - 76</w:t>
+              <w:t xml:space="preserve">ACII 2007: 2nd International Conference on Affective Computing and Intelligent Interfaces Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02164020v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02164616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prosody of expressive speech : bringing to light some discursive situation influences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ioana Suciu</w:t>
+                <w:t xml:space="preserve">Interpretative data analysis: when semantics makes deflect the number. The case of large scale textual corpora.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Mauceri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Moudenc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACII 2007: 2nd International Conference on Affective Computing and Intelligent Interfaces Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">ASMDA'07: 12th International Conference on Applied Stochastic Models and Data Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Chania, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02164616v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02164550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The course as hermeneia : when interpretation leads the modeling of e-learning systems.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+                <w:t xml:space="preserve">Interpretative e-Learning Personalization: Methodology, Formal Aspects and generic Scenarios of Individual/Group Dynamics. A case of a course in art history.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioana Suciu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Daniilia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iPED 2007 : 2nd International Conference : Reseraching academic futures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Coventry, United Kingdom</w:t>
+              <w:t xml:space="preserve">11th International Conference on User Modeling : Workshop " Personalisation in E-Learning Environments at Individual and Group Level"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Corfu, Greece. pp.75 - 76</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02164956v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02164020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expressive text-to-speech approaches. Productive homologies and irreducible discrepancies between natural and singing voice synthesis modelling.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The course as hermeneia : when interpretation leads the modeling of e-learning systems.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Le Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioana Suciu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Moudenc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMC'07 : 4th Sound and Music Computing Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Lefkada, Greece. pp.79 - 87</w:t>
+              <w:t xml:space="preserve">iPED 2007 : 2nd International Conference : Reseraching academic futures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Coventry, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02165217v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02164956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What about the text ? Modelling global expressiveness in speech synthesis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Expressive text-to-speech approaches. Productive homologies and irreducible discrepancies between natural and singing voice synthesis modelling.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioana Suciu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Moudenc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCTA'06 : IEEE International Conference on Information and Communication Technologies: from Theory to Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2006, Damas, Syrie</w:t>
+              <w:t xml:space="preserve">SMC'07 : 4th Sound and Music Computing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Lefkada, Greece. pp.79 - 87</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02165815v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02165217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formal expressive indiscernibility underlying a prosodic deformation model</w:t>
+                <w:t xml:space="preserve">What about the text ? Modelling global expressiveness in speech synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioana Suciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Moudenc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Speech Communication Association (ISCA ):Tutorial and Research Workshop on Experimental Linguistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2006, Athens, Grèce</w:t>
+              <w:t xml:space="preserve">ICCTA'06 : IEEE International Conference on Information and Communication Technologies: from Theory to Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2006, Damas, Syrie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02166766v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02165815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A propos de l'héritage critique du document électronique : multimodalité sémiotique, stratégies de lecture et intertextualité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Formal expressive indiscernibility underlying a prosodic deformation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioana Suciu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Moudenc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIDE'99 : deuxième colloque international sur le document électronique, Paris : Europia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 1999, Damas, Syrie. pp.97 - 109</w:t>
+              <w:t xml:space="preserve">International Speech Communication Association (ISCA ):Tutorial and Research Workshop on Experimental Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2006, Athens, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02295287v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02166766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catégories de la pensée musicologique et structures d'information : vers une musicologie assistée par ordinateur</w:t>
+                <w:t xml:space="preserve">A propos de l'héritage critique du document électronique : multimodalité sémiotique, stratégies de lecture et intertextualité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Rouèche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Informatique Musicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 1996, île de Tatihou, France</w:t>
+              <w:t xml:space="preserve">CIDE'99 : deuxième colloque international sur le document électronique, Paris : Europia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1999, Damas, Syrie. pp.97 - 109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02986355v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02295287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ATLAS Project: A joint industrial and scientific development under the cognitive paradigm of information processing</w:t>
+                <w:t xml:space="preserve">Catégories de la pensée musicologique et structures d'information : vers une musicologie assistée par ordinateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Barillot</w:t>
+                <w:t xml:space="preserve">Christine Rouèche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">First European Conference on Cognitive Science in Industry,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1994, Luxembourg, Luxembourg. pp.451 - 466</w:t>
+              <w:t xml:space="preserve">Journées d'Informatique Musicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1996, île de Tatihou, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02281656v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02986355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du sens &amp;quot;interne&amp;quot; et &amp;quot;externe&amp;quot; d'un terme</w:t>
+                <w:t xml:space="preserve">The ATLAS Project: A joint industrial and scientific development under the cognitive paradigm of information processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Tanguy</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Garlatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème Journée ERLA-GLAT: théorie et pratiques terminologiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 1994, Brest, France. pp.84 - 97</w:t>
+              <w:t xml:space="preserve">First European Conference on Cognitive Science in Industry,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1994, Luxembourg, Luxembourg. pp.451 - 466</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02295280v1</w:t>
+                <w:t xml:space="preserve">hal-02281656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">YAKA : un système d'information intensionnel sur le cerveau humain</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Du sens &amp;quot;interne&amp;quot; et &amp;quot;externe&amp;quot; d'un terme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christian Barillot</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Tanguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INFORSID'94 : Informatique des Organisations et des systèmes d'information et de décision, 17-20 Mai, Aix en provence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 1994, Aix En Provence, France. pp.323 - 338</w:t>
+              <w:t xml:space="preserve">5ème Journée ERLA-GLAT: théorie et pratiques terminologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1994, Brest, France. pp.84 - 97</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02181270v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02295280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An information system to manage anatomical knowledge and image data about brain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
+                <w:t xml:space="preserve">YAKA : un système d'information intensionnel sur le cerveau humain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Garlatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Montabord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Barillot</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Visualisation in Biomedical Computing, September, Rochester, SPIE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INFORSID'94 : Informatique des Organisations et des systèmes d'information et de décision, 17-20 Mai, Aix en provence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1994, Aix En Provence, France. pp.323 - 338</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02181269v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02181270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An hypermedia system to manage anatomical knowledge about brain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An information system to manage anatomical knowledge and image data about brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bernard Gibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Montabord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Garlatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CAR'93 "Computer Assisted Radiology", H. U. Lemke, K. Inamura, C. C. Jaffe, R. Felix (eds.)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-49351-5_68⟩</w:t>
+              <w:t xml:space="preserve">Visualisation in Biomedical Computing, September, Rochester, SPIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1994, Rochester, United States. pp.424 - 434, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.185203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02166954v1</w:t>
+                <w:t xml:space="preserve">hal-02181269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">An hypermedia system to manage anatomical knowledge about brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Montabord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gibaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Garlatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CAR'93 "Computer Assisted Radiology", H. U. Lemke, K. Inamura, C. C. Jaffe, R. Felix (eds.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1993, Berlin, Germany. pp.414 - 419, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-49351-5_68⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02166954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les objets comme représentations des catégories naturelles ou artefactuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Garlatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RPO 1993 : 2èmes journées "Représentations Par Objets", 17-18 juin, La Grande Motte, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 1993, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02281653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6297,51 +6414,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Initial classifier weights replay for memoryless class Incremental Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eden Belouadah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6370,51 +6487,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMVC 2020 - The 31st British Machine Vision Virtual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, virtual, United Kingdom. pp.1-13, 2020, Proceedings of BMVC 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04532679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6424,184 +6541,184 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ressorts interprétatifs de la médiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michele de Gioia; Mario Marcon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'essentiel de la médiation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 978-2-8076-1088-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02504328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrimonial Traditions Meet Educational Preoccupations: The Interpretive Shift of the Accessibility Requirement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovative Methods for Science E ­ ducation: History of science, ICT and Inquiry Based Science Teaching</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Frank &amp; Timme, pp.203 - 222, 2012, 978-3-86596-354-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02135244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6611,78 +6728,78 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic-based fluency classification using LSTM-Attention with computationally-cheap data augmentation for an adaptive voicebot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Papa Séga Wade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihai Andries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Kanellos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6690,65 +6807,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Moudenc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04105008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId152"/>
+      <w:footerReference w:type="default" r:id="rId154"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6816,51 +6933,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D71EF1CD"/>
+    <w:nsid w:val="D06C3636"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7047,51 +7164,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ioannis-kanellos" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5323-1601" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/123013232" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04401882v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bouchabou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sao Mai Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lohr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Kanellos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Leduc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/roia.53" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493944v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Belouadah" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Popescu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neunet.2020.12.003" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03343114v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21186037" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03381762v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10202498" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02894323v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Nanan Vall&#233;e" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Asseu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/eng.2020.122009" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02894314v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Nanan N Vall&#233;e" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Asseu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17654/EC023010001" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107721v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mandigout" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaick Perrochon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fernandez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Rezzoug" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Encelle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2020.06.010" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163125v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rica Simona Antin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orestis Dimou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498319v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140983v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mauceri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163789v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Suciu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Moudenc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295289v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Thlivitis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01322261v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le D&#251;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Legras" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Tanguy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140982v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01322287v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Schmouchkovitch" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437409v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032449v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-0575-8_9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02894330v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.10961.25444" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161060v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ck Perrochon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086239v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01699838v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Papadakis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Lujak" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir B Karami" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRC.2018.00068" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271183v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Lucian Ginsca" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Lupu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Iftene" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24027-5_4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172319v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Borgne" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phong Vo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-14445-0_28" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185721v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814228v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185831v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Ionescu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Armagan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068079v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135191v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Bella" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135295v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135298v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135261v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631722v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Rouvrais" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FIE.2011.6142901" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725608v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lorente Gall" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295316v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Laurent" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bretier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345852v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295304v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472888v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345837v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Moellic" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Landais" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1631272.1631381" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163459v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162324v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnathan Launay" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Segalen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTTA.2008.4530010" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162040v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTTA.2008.4530012" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161943v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMI.2008.4564999" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161872v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Athea" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163614v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164550v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164020v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Bras" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daniilia" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164616v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164956v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165217v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165815v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166766v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295287v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986355v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rou&#232;che" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281656v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Garlatti" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gibaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barillot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295280v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181270v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Montabord" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181269v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.185203" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166954v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-49351-5_68" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/47D14884248BD926B758FBCD390D3F2CD9DBEA0D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281653v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04532679v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02504328v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3726/b16164" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135244v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04105008v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa S&#233;ga Wade" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Andries" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ioannis-kanellos" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5323-1601" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/123013232" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04401882v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bouchabou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sao Mai Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lohr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Kanellos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Leduc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/roia.53" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493944v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Belouadah" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Popescu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neunet.2020.12.003" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03381762v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10202498" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03343114v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21186037" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02894323v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Nanan Vall&#233;e" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Asseu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/eng.2020.122009" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02894314v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Nanan N Vall&#233;e" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Asseu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17654/EC023010001" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107721v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mandigout" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaick Perrochon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fernandez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Rezzoug" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Encelle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2020.06.010" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163125v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rica Simona Antin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orestis Dimou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498319v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140983v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mauceri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163789v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioana Suciu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Moudenc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295289v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Thlivitis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01322261v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le D&#251;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Legras" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Tanguy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140982v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01322287v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Schmouchkovitch" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05485978v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa S&#233;ga Wade" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Andries" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO63237.2025.11226329" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437409v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032449v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-0575-8_9" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02894330v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.10961.25444" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161060v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ck Perrochon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01699838v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Papadakis" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Lujak" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir B Karami" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRC.2018.00068" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086239v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271183v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Lucian Ginsca" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Lupu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Iftene" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24027-5_4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172319v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Borgne" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ballas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phong Vo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-14445-0_28" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185721v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185831v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Ionescu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Armagan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814228v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068079v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135191v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Bella" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135298v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135295v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135261v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631722v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Rouvrais" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FIE.2011.6142901" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725608v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lorente Gall" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295316v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Laurent" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bretier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345852v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295304v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472888v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345837v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Moellic" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Landais" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1631272.1631381" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161943v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CBMI.2008.4564999" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162040v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTTA.2008.4530012" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163459v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162324v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnathan Launay" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Segalen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTTA.2008.4530010" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161872v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Athea" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163614v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164616v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164550v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164020v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Bras" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daniilia" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164956v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165217v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165815v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166766v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295287v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986355v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rou&#232;che" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281656v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Garlatti" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gibaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barillot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295280v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181270v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Montabord" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181269v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.185203" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166954v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-49351-5_68" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/47D14884248BD926B758FBCD390D3F2CD9DBEA0D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281653v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04532679v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02504328v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3726/b16164" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135244v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04105008v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>