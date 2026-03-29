--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -66,1749 +66,1818 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le coût de la simplification de l'enseignement supérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 11, pp.553</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05567530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La garantie constitutionnelle de l'inamovibilité des fonctionnaires en Grèce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJFP. Actualité juridique Fonctions publiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11, pp.564</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05329814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ο δικαστικός έλεγχος στην περίοδο της κλιματικής κρίσης (Le contrôle juridictionnel en période de crise climatique)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e-Politeia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.51-59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04925723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction - L'indemnisation en droit de la responsabilité administrative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Janicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 03, pp.397</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05140170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les universités privées en Grèce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19, pp.1058</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04586920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique d'ouvrages étrangers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Fraenkel-Haeberle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Neyrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39 (1), pp.201-204</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04027063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Passer par Strasbourg pour aller à Luxembourg?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Chron. n° 28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04101549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Buchbesprechungen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die Verwaltung (VERW) - Zeitschrift für Verwaltungsrecht und Verwaltungswissenschaften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4 (56), pp.539</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04691835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique d'ouvrages étrangers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Jacquemet-Gauché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Prévédourou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 4, p. 787</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04209175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La genèse de la théorie des principes généraux du droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18, pp.923</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04100740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'hypothèse de l'économie procédurale en contentieux administratif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Ducharme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42, pp.2256</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04331434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’effet utile de la directive 2001/42 sur l’évaluation stratégique environnementale conforté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46 (4), pp.695</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03814235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rationalisation du régime de résiliation unilatérale du contrat administratif par l'administration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 02, pp.290</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03517776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ville, covid et libertés: la subsidiarité de la police municipale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit et ville</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 91 (1), pp.75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03814243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit de propriété des personnes publiques: un quiproquo de la jurisprudence constitutionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Michalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de droit constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1 (121), pp.223</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03814247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’accès au juge administratif : quels enseignements du droit comparé ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Michalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Angelo Giuseppe Orofino; Olivier Renaudie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’accès au juge administratif, Tensions et évolutions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wolters Kluwer Italia; CEDAM, pp.147-160, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04942643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Article 75, Article 76, Article 77, Article 78</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Michalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brunessen Bertrand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Règlement DSA 2022/2065 relatif à un marché unique des services numériques, Commentaire article par article</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bruylant, pp.791-823, 2024, 2802775286</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04887545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le contentieux administratif dans la jurisprudence du Conseil constitutionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Michalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Julien Bonnet; Xavier Dupré de Boulois; Pascale Idoux; Xavier Philippe; Marion Ubaud-Bergeron. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit constitutionnel et droit administratif, Entre unité et spécificités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mare et Martin, pp.73, 2023, coll. ISJPS, 978-2-84934-781-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04691843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le contrôle de proportionnalité pendant les crises dans les jurisprudences française et allemande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Michalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Xavier Dupré de Boulois; Xavier Philippe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gouverner et juger en période de crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mare &amp; Martin, pp.321, 2023, coll. ISJPS, 978-2-84934-691-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04101548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La classification des agents de la fonction publique: la catégorie juridique de fonctionnaire en question</w:t>
+                <w:t xml:space="preserve">Le consentement du citoyen: les instruments constitutionnels d’expression de l’adhésion des citoyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Michalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Xavier Dupré de Boulois. </w:t>
+              <w:t xml:space="preserve">Louise Fort; Jean-Baptiste Guyonnet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les classifications en droit administratif</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mare &amp; Martin, pp.247, 2021, coll. ISJPS, 978-2-84934-544-3</w:t>
+              <w:t xml:space="preserve">Consentement et droit public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.233, 2021, coll. Logiques juridiques, 978-2-343-22018-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03814281v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03814282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le principe d’ouverture: la quête de légitimité de l’administration européenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Michalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathias Amilhat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les concepts fondateurs et les principes directeurs du droit administratif européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l'Université de Toulouse 1 Capitole, pp.279, 2021, Cahiers Jean Monnet, 978-2-36170-240-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03814277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le consentement du citoyen: les instruments constitutionnels d’expression de l’adhésion des citoyens</w:t>
+                <w:t xml:space="preserve">La classification des agents de la fonction publique: la catégorie juridique de fonctionnaire en question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Michalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Louise Fort; Jean-Baptiste Guyonnet. </w:t>
+              <w:t xml:space="preserve">Xavier Dupré de Boulois. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consentement et droit public</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.233, 2021, coll. Logiques juridiques, 978-2-343-22018-5</w:t>
+              <w:t xml:space="preserve">Les classifications en droit administratif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare &amp; Martin, pp.247, 2021, coll. ISJPS, 978-2-84934-544-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...1094 lines deleted...]
-                <w:t xml:space="preserve">hal-03814247v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03814281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’intérêt à agir dans le contentieux de l’annulation des actes administratifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Michalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mare &amp; Martin, 2021, Bibliothèque des thèses Droit public, 978-2-84934-646-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03814266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1818,114 +1887,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intérêt à agir dans le contentieux de l'annulation des actes administratifs: étude comparée des droits français et allemand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioannis Michalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Droit. Université Paris 1 Panthéon-Sorbonne, 2019. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03814484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId39"/>
+      <w:footerReference w:type="default" r:id="rId40"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2072,51 +2141,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942643v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Michalis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887545v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691843v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-04101548v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814281v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814277v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814282v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05140170v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Janicot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05329814v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925723v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04586920v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027063v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Fraenkel-Haeberle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Neyrat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04101549v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691835v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100740v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209175v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jacquemet-Gauch&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jouve" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Pr&#233;v&#233;dourou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04331434v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Ducharme" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814235v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03517776v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814243v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814247v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814266v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/tel-03814484v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05567530v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Michalis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05329814v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925723v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05140170v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Janicot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04586920v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027063v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Fraenkel-Haeberle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Neyrat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04101549v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691835v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209175v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jacquemet-Gauch&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jouve" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Pr&#233;v&#233;dourou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100740v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04331434v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Ducharme" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814235v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03517776v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814243v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814247v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942643v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887545v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691843v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-04101548v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814282v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814277v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814281v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814266v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/tel-03814484v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>