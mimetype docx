--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -368,63 +368,63 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04238759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decreased steroidogenic enzymes activity in benign adrenocortical tumors is more pronounced in bilateral lesions as determined by steroid profiling in HPLC-MSMS during ACTH stimulation test</w:t>
+                <w:t xml:space="preserve">Decreased steroidogenic enzyme activity in benign adrenocortical tumors is more pronounced in bilateral lesions as determined by steroid profiling in LC-MS/MS during ACTH stimulation test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bonnet Fideline</w:t>
+                <w:t xml:space="preserve">Fidéline Bonnet-Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Barat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -447,82 +447,82 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Bouys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endocrine Abstracts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Endocrine Connections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (8), pp.e220063. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1530/endoabs.81.P15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1530/EC-22-0063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03831135v1</w:t>
+                <w:t xml:space="preserve">hal-03831131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photosensitizers incorporation in SOPC films at different hydration levels</w:t>
               </w:r>
@@ -632,63 +632,63 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03831133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decreased steroidogenic enzyme activity in benign adrenocortical tumors is more pronounced in bilateral lesions as determined by steroid profiling in LC-MS/MS during ACTH stimulation test</w:t>
+                <w:t xml:space="preserve">Decreased steroidogenic enzymes activity in benign adrenocortical tumors is more pronounced in bilateral lesions as determined by steroid profiling in HPLC-MSMS during ACTH stimulation test</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fidéline Bonnet-Serrano</w:t>
+                <w:t xml:space="preserve">Bonnet Fideline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Barat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -711,82 +711,82 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Bouys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endocrine Connections</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (8), pp.e220063. </w:t>
+              <w:t xml:space="preserve">Endocrine Abstracts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1530/EC-22-0063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1530/endoabs.81.P15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03831131v1</w:t>
+                <w:t xml:space="preserve">hal-03831135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards harmonization of solutions used for cystic fibrosis diagnosis by nasal potential difference measurements: A formulation approach with CHESS® software</w:t>
               </w:r>
@@ -1092,51 +1092,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Ji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fidéline Bonnet-Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta discipulorum academiae medicamentariae artis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, UMR 9 Cas pratiques d'analyses de données expérimentales, 4, pp.19-26</w:t>
@@ -2326,269 +2326,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01379565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation des corrélations phénotype-génotype dans la neurofibromatose de type 1</w:t>
+                <w:t xml:space="preserve">Multiyear analyses of ground-level air contaminants over Paris metropolitan region using real-time observations and air mass backward trajectories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre da Silva</w:t>
+                <w:t xml:space="preserve">Marie-Cecile G. Chalbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selma Metaane</w:t>
+                <w:t xml:space="preserve">Chantal Guihenneuc-Jouyaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandro Pizzighella</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ilias G. Kavouras</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta discipulorum academiae medicamentariae artis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Particuology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28, pp.60--71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.partic.2015.10.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01379549v1</w:t>
+                <w:t xml:space="preserve">hal-03831232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiyear analyses of ground-level air contaminants over Paris metropolitan region using real-time observations and air mass backward trajectories</w:t>
+                <w:t xml:space="preserve">Évaluation des corrélations phénotype-génotype dans la neurofibromatose de type 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Cecile G. Chalbot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">I. Nicolis</w:t>
+                <w:t xml:space="preserve">Alexandre da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Guihenneuc-Jouyaux</w:t>
+                <w:t xml:space="preserve">Selma Metaane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilias G. Kavouras</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sandro Pizzighella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Sabbagh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Particuology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Acta discipulorum academiae medicamentariae artis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, UE LC 9 Cas pratiques d'analyses de données expérimentales, 1, pp.7-14</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03831232v1</w:t>
+                <w:t xml:space="preserve">hal-01379549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SAT0571 Trends in Strong Opioid Analgesic Prescriptions by French Rheumatologists: A Nationwide Survey</w:t>
               </w:r>
@@ -2953,424 +2953,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01302497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intestinal permeability and fecal eosinophil-derived neurotoxin are the best diagnosis tools for digestive non-IgE-mediated cow’s milk allergy in toddlers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of protein pulse feeding on lean mass in malnourished and at-risk hospitalized elderly patients: A randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouillanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Curis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Kalach</w:t>
+                <w:t xml:space="preserve">Brigitte Hamon-Vilcot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Kapel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marie Odile Cousin</w:t>
+                <w:t xml:space="preserve">Pascale Chrétien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/cclm-2012-0083⟩</w:t>
+              <w:t xml:space="preserve">Clinical Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 32 (2), pp.186--192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clnu.2012.08.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03831271v1</w:t>
+                <w:t xml:space="preserve">hal-03831273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of protein pulse feeding on lean mass in malnourished and at-risk hospitalized elderly patients: A randomized controlled trial</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Hamon-Vilcot</w:t>
+                <w:t xml:space="preserve">Comparing methods for handling missing data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célina Roda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Momas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Guihenneuc-Jouyaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clnu.2012.08.015⟩</w:t>
+              <w:t xml:space="preserve">Epidemiology (Cambridge, Mass.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 24 (3), pp.469--471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/EDE.0b013e31828c4a44⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03831273v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing methods for handling missing data</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Intestinal permeability and fecal eosinophil-derived neurotoxin are the best diagnosis tools for digestive non-IgE-mediated cow’s milk allergy in toddlers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Kalach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Kapel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Judith Waligora-Dupriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Odile Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology (Cambridge, Mass.)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 24 (3), pp.469--471. </w:t>
+              <w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 51 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/EDE.0b013e31828c4a44⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/cclm-2012-0083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03831272v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infant gut microbiota is protective against cow's milk allergy in mice despite immature ileal T-cell response</w:t>
               </w:r>
@@ -5783,385 +5783,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03830998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BETA-CYCLODEXTRIN PYRIDINE GEL SYSTEMS - THE CRYSTAL-STRUCTURE OF A 1ST BETA-CYCLODEXTRIN PYRIDINE WATER COMPOUND</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AGGREGATION OF CYCLODEXTRINS - AN EXPLANATION OF THE ABNORMAL SOLUBILITY OF BETA-CYCLODEXTRIN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aw Coleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nicolis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Derango</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Charpin</w:t>
+                <w:t xml:space="preserve">N. Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Navaza</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Xxxx Dalbiezjp</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1992, 114, pp.5475-5476</w:t>
+              <w:t xml:space="preserve">Journal of Inclusion Phenomena and Molecular Recognition in Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 13, pp.139-143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00314686v1</w:t>
+                <w:t xml:space="preserve">hal-00314685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">β-Cyclodextrin/pyridine gel systems. The crystal structure of a first β-cyclodextrin pyridine-water compound</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. de Rango</w:t>
+                <w:t xml:space="preserve">BETA-CYCLODEXTRIN PYRIDINE GEL SYSTEMS - THE CRYSTAL-STRUCTURE OF A 1ST BETA-CYCLODEXTRIN PYRIDINE WATER COMPOUND</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Derango</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Charpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Navaza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ioannis Nicolis</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nicolis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1992, 114 (13), pp.5475--5476</w:t>
+              <w:t xml:space="preserve">, 1992, 114, pp.5475-5476</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03831004v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00314686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AGGREGATION OF CYCLODEXTRINS - AN EXPLANATION OF THE ABNORMAL SOLUBILITY OF BETA-CYCLODEXTRIN</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
+                <w:t xml:space="preserve">β-Cyclodextrin/pyridine gel systems. The crystal structure of a first β-cyclodextrin pyridine-water compound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. de Rango</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Charpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Navaza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Nicolis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Inclusion Phenomena and Molecular Recognition in Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1992, 13, pp.139-143</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, 114 (13), pp.5475--5476</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00314685v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aggregation of cyclodextrins: An explanation of the abnormal solubility ofβ-cyclodextrin</w:t>
               </w:r>
@@ -6463,51 +6463,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MULTI-OMIC AND LONGITUDINAL APPROACH FOR BIOMARKERS DISCOVERY IN FOOD PROTEIN INDUCED ENTEROCOLITIS SYNDROME (FPIES)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kapel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mayeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6870,51 +6870,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fecal EDN: a novel biomarker in acute FPIES?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kapel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Tounian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6995,51 +6995,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fecal EDN: a novel biomarker in acute FPIES?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kapel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Tounian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7120,51 +7120,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MULTI-OMIC AND LONGITUDINAL APPROACH FOR BIOMARKERS DISCOVERY IN FOOD PROTEIN INDUCED ENTEROCOLITIS SYNDROME (FPIES)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lemoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kapel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Mayeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7424,51 +7424,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Deschamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Gérart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Guihenneuc-Jouyaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Landais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8017,51 +8017,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04923891v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Lemoine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Kapel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Nicolis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Tounian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bruneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.16457" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04238759v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Toubon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Butel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Roz&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Nicolis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Delannoy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11061390" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831135v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnet Fideline" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Barat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Vaczlavik" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jouinot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bouys" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/endoabs.81.P15" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831133v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Souce" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tfayli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rosilio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Kasselouri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2022.184077" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831131v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fid&#233;line Bonnet-Serrano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EC-22-0063" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831129v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sadou Yay&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Caudron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sermet-Gaudelus" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Prognon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2021.05.002" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831134v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Priscille Trouvin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Chenaf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Riquelme" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Curis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rhum.2021.10.007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04314191v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Bestaoui" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odora Chiriac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Ji" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gibert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831178v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nicolis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2020.06.019" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03007714v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Esber" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mauras" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Labellie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mayeur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01203-20" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02991690v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Payen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Robin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Michonneau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Delannoye" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2020001531" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831177v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Beller" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Perrot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2020.05.012" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03292691v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Reygner" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Charrueau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Robert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2020.1759489" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830874v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cohen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Preta" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Joste" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Curis" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Huillard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.13849" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831231v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Ginguay" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Cynober" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology6010018" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831229v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Trouvin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dahan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Javier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379565v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Laoudy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Marnia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pam&#233;la Nguele Anne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Siguret" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379549v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre da Silva" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Metaane" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Pizzighella" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Sabbagh" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831232v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Cecile G. Chalbot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Guihenneuc-Jouyaux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias G. Kavouras" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.partic.2015.10.005" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831230v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-P. Trouvin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-M. Javier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2016-eular.5594" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075149v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lina Roda" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Momas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Guihenneuc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0104254" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302497v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouillanne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Neveux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2013.10.006" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831271v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kalach" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kapel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Judith Waligora-Dupriet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Castelain" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Odile Cousin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2012-0083" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831273v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Hamon-Vilcot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chr&#233;tien" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2012.08.015" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z245P9NF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831272v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EDE.0b013e31828c4a44" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831285v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Rodriguez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenol&#233;e Prioult" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Hacini-Rachinel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Moine" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bruttin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2011.01207.x" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831283v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bensaci" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Curis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P De Bandt" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S B&#233;nazeth" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-012-1257-3" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7HPM51KH-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831284v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Dubar" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone B&#233;nazeth" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Biot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp301811r" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630089v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kasselouri" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaminade" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Quiameso" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maillard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895148v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Deschamps" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B&#233;nazeth" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2009.06.003" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNRWG2BN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895197v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Henner&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Prognon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brion" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theochem.2009.01.020" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7GDLF965-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400518v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bohic" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Somogyi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simionovici" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011500v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chassot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Oudadesse" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Irigaray" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benazeth" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314653v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aw Coleman" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Selkti" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Villain" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Charpin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007166v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chevallier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Corriol" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314631v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Douteau-Guevel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831006v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Navaza" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831003v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. W. Coleman" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Rango" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314626v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xxxx Derangoc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830997v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony W. Coleman" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Charpin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette De Rango" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314668v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830999v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10610279408034923" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831001v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Villain" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Zhang" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja00077a068" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-SDK15RH3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314676v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zhang" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830998v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10610279308038302" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314686v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Derango" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Navaza" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Keller" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831004v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314685v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xxxx Dalbiezjp" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831002v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Keller" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Dalbiez" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF01053637" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-T19NJ3FK-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831005v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108270191002792" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1QLSS8HT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295803v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lemoine" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Bruneau" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tounian" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00009356v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00009313v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brun" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295603v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295688v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295753v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Rossignol" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831124v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-H. Preta" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bessone" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Narjoz" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annonc/mdw363.89" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831472v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Deschamps" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G&#233;rart" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Landais" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lasserre" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831007v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Munoz" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-011-5288-4_65" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-CBZRBXWW-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831008v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eddouadi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-011-5288-4_77" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-PNLK6DTV-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04923891v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Lemoine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Kapel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Nicolis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Tounian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bruneau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/all.16457" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04238759v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Toubon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Butel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Roz&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Nicolis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Delannoy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11061390" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831131v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fid&#233;line Bonnet-Serrano" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Barat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Vaczlavik" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jouinot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bouys" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EC-22-0063" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831133v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Souce" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Tfayli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rosilio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Kasselouri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2022.184077" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831135v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnet Fideline" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/endoabs.81.P15" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831129v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sadou Yay&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Caudron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sermet-Gaudelus" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Prognon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2021.05.002" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831134v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Priscille Trouvin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Chenaf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Riquelme" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Curis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rhum.2021.10.007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04314191v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Bestaoui" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odora Chiriac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Ji" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gibert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831178v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nicolis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2020.06.019" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03007714v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Esber" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mauras" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Labellie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mayeur" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01203-20" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02991690v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Payen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Robin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Michonneau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Delannoye" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2020001531" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831177v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Beller" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Perrot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2020.05.012" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03292691v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Reygner" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Charrueau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Robert" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2020.1759489" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830874v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cohen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Preta" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Joste" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Curis" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Huillard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcp.13849" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831231v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Ginguay" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Cynober" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology6010018" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831229v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Trouvin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dahan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Javier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379565v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Laoudy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Marnia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pam&#233;la Nguele Anne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Siguret" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831232v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Cecile G. Chalbot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Guihenneuc-Jouyaux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias G. Kavouras" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.partic.2015.10.005" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379549v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre da Silva" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Metaane" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Pizzighella" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Sabbagh" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831230v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-P. Trouvin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-M. Javier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2016-eular.5594" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075149v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lina Roda" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Momas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Guihenneuc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0104254" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302497v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouillanne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Neveux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nut.2013.10.006" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831273v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Hamon-Vilcot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chr&#233;tien" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clnu.2012.08.015" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z245P9NF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831272v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/EDE.0b013e31828c4a44" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831271v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kalach" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kapel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Judith Waligora-Dupriet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Castelain" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Odile Cousin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2012-0083" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831285v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Rodriguez" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenol&#233;e Prioult" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Hacini-Rachinel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Moine" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bruttin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2011.01207.x" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831283v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bensaci" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Curis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P De Bandt" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S B&#233;nazeth" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-012-1257-3" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7HPM51KH-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831284v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Dubar" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone B&#233;nazeth" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Biot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp301811r" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630089v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kasselouri" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaminade" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Quiameso" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maillard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895148v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Deschamps" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B&#233;nazeth" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2009.06.003" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNRWG2BN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895197v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Henner&#233;" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Prognon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brion" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theochem.2009.01.020" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7GDLF965-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400518v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bohic" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Somogyi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simionovici" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00011500v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chassot" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Oudadesse" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Irigaray" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benazeth" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314653v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aw Coleman" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Selkti" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Villain" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Charpin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02007166v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chevallier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Corriol" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314631v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Douteau-Guevel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831006v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Navaza" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831003v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. W. Coleman" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Rango" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314626v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xxxx Derangoc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830997v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony W. Coleman" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Charpin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette De Rango" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314668v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830999v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10610279408034923" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831001v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Villain" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Zhang" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja00077a068" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-SDK15RH3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314676v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zhang" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830998v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10610279308038302" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314685v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Keller" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xxxx Dalbiezjp" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314686v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Derango" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Navaza" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831004v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831002v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Keller" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Dalbiez" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF01053637" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-T19NJ3FK-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831005v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0108270191002792" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1QLSS8HT-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295803v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lemoine" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Bruneau" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tounian" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00009356v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00009313v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brun" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295603v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295688v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295753v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Rossignol" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831124v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-H. Preta" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bessone" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Narjoz" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annonc/mdw363.89" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831472v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Deschamps" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane G&#233;rart" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Landais" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lasserre" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831007v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Munoz" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-011-5288-4_65" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-CBZRBXWW-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831008v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eddouadi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-011-5288-4_77" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-PNLK6DTV-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>