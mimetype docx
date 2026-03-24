--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -667,217 +667,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02532706v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ShERML: Mapping Relational Data to RDF *</w:t>
+                <w:t xml:space="preserve">Regular Matching and Inclusion on Compressed Tree Patterns with Context Variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iovka Boneva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jose Lozano</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Niehren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Momar Sakho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the ISWC 2019 Satellite Tracks (Posters &amp; Demonstrations, Industry, and Outrageous Ideas) co-located with 18th International Semantic Web Conference (ISWC 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Auckland, New Zealand</w:t>
+              <w:t xml:space="preserve">LATA 2019 - 13th International Conference on Language and Automata Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Saint Petersburg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03516713v1</w:t>
+                <w:t xml:space="preserve">hal-01811835v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regular Matching and Inclusion on Compressed Tree Patterns with Context Variables</w:t>
+                <w:t xml:space="preserve">ShERML: Mapping Relational Data to RDF *</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iovka Boneva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Momar Sakho</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slawomir Staworko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Lozano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LATA 2019 - 13th International Conference on Language and Automata Theory and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Saint Petersburg, Russia</w:t>
+              <w:t xml:space="preserve">Proceedings of the ISWC 2019 Satellite Tracks (Posters &amp; Demonstrations, Industry, and Outrageous Ideas) co-located with 18th International Semantic Web Conference (ISWC 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Auckland, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01811835v4</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relational to RDF Data Exchange in Presence of a Shape Expression Schema</w:t>
               </w:r>
@@ -1047,299 +1047,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01590350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexity and Expressiveness of ShEx for RDF</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Graph Data Exchange with Target Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iovka Boneva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Hym</w:t>
+                <w:t xml:space="preserve">Angela Bonifati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Gordon Prud'Hommeaux</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radu Ciucanu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Database Theory (ICDT 2015)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EDBT/ICDT Workshops - Querying Graph Structured Data (GraphQ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Bruxelles, Belgium. pp.171-176</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01218552v1</w:t>
+                <w:t xml:space="preserve">hal-01095838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph Data Exchange with Target Constraints</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Complexity and Expressiveness of ShEx for RDF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slawomir Staworko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iovka Boneva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Emilio Labra Gayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Hym</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Bonifati</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eric Gordon Prud'Hommeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EDBT/ICDT Workshops - Querying Graph Structured Data (GraphQ)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">18th International Conference on Database Theory (ICDT 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Brussels, Belgium. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2015.195⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01095838v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01218552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simple Schemas for Unordered XML</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iovka Boneva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radu Ciucanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slawomir Staworko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2144,51 +2144,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schemas for Unordered XML on a DIME</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iovka Boneva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radu Ciucanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slawomir Staworko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2396,51 +2396,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iovka Boneva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lawek Staworko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Lozano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2735,51 +2735,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iovka Boneva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Emilio Labra Gayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gordon Prud'Hommeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slawomir Staworko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3421,51 +3421,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="733A070B"/>
+    <w:nsid w:val="D5C5135C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3652,51 +3652,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/iovkaboneva" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2696-7303" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/109052951" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05473894v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iovka Boneva" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Emilio Labra Gayo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Prud&#8217;hommeaux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Thornton" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andra Waagmeester" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-94575-5_26" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05473810v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shqiponja Ahmetaj" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hidders" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Hose" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jakubowski" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3696410.3714694" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937274v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Groz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Murlak" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slawomir Staworko" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02532706v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Niehren" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Momar Sakho" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516713v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Lozano" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01811835v4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775199v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Martin Lozano Aparicio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#322;awek Staworko" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590350v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose G Labra Gayo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric G Prud 'Hommeaux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218552v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hym" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gordon Prud'Hommeaux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2015.195" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095838v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bonifati" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Ciucanu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00824459v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534857v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tison" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Caron" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roos" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536503v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1754239.1754262" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536696v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Talbot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536694v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536732v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03151014v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2021.104776" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110745v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herminio Garc&#237;a-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Emilio Labra-Gayo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Manuel Cueva Lovelle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj-cs.318" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076329v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-014-9593-1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536689v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2004.10.020" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KQ2BG5G2-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474916v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawek Staworko" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193275v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Dusart" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fern&#225;ndez Alvarez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01846016v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288285v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218566v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110741v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54623-6_9" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268667v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667426v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Prud'Hommeaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Kontokostas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2200/S00786ED1V01Y201707WBE016" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00613198v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/iovkaboneva" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2696-7303" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/109052951" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05473894v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iovka Boneva" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Emilio Labra Gayo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Prud&#8217;hommeaux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Thornton" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andra Waagmeester" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-94575-5_26" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05473810v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shqiponja Ahmetaj" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hidders" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Hose" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jakubowski" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3696410.3714694" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937274v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Groz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Murlak" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slawomir Staworko" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02532706v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Niehren" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Momar Sakho" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01811835v4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516713v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Lozano" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01775199v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Martin Lozano Aparicio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#322;awek Staworko" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590350v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose G Labra Gayo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric G Prud 'Hommeaux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095838v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bonifati" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu Ciucanu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218552v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hym" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gordon Prud'Hommeaux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2015.195" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00824459v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534857v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tison" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Caron" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roos" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536503v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1754239.1754262" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536696v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Talbot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536694v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536732v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03151014v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ic.2021.104776" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110745v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herminio Garc&#237;a-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Emilio Labra-Gayo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Manuel Cueva Lovelle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj-cs.318" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01076329v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-014-9593-1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536689v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2004.10.020" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KQ2BG5G2-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474916v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawek Staworko" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193275v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Dusart" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fern&#225;ndez Alvarez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01846016v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288285v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218566v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110741v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54623-6_9" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268667v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667426v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Prud'Hommeaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Kontokostas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2200/S00786ED1V01Y201707WBE016" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00613198v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>