--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -162,51 +162,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -236,1531 +236,1674 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biomedical Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2026, 176, pp.104995. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbi.2026.104995⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05483061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cloud-based platform for seamless digital testing of cardiac medical devices and drugs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincenzo Carbone</w:t>
+                <w:t xml:space="preserve">Analysis of Clinical Improvement at 90 Days After Varicose Vein Surgery Using Machine Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Bakhouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Creton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Lareyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goffart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Beatriz Trenor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Project Repository Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.54050/PRJ2423681⟩</w:t>
+              <w:t xml:space="preserve">Angiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/00033197261416661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05400535v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parameter estimation in nonlinear mixed effect models based on ordinary differential equations: An optimal control approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A cloud-based platform for seamless digital testing of cardiac medical devices and drugs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Pasin</w:t>
+                <w:t xml:space="preserve">Vincenzo Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolphe Thiébaut</w:t>
+                <w:t xml:space="preserve">Yves Coudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Prague</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Oscar Camara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Trenor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Statistics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Project Repository Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 24 (1), pp.144-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.54050/PRJ2423681⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335826v2</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Differentially Private Probabilistic Framework for Modeling the Variability Across Federated Datasets of Heterogeneous Multi-View Observations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parameter estimation in nonlinear mixed effect models based on ordinary differential equations: An optimal control approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Clairon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Pasin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marco Lorenzi</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Thiébaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Prague</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Machine Learning for Biomedical Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">Computational Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03644819v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335826v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model for establishment, maintenance and reactivation of the immune response after vaccination against Ebola virus</w:t>
+                <w:t xml:space="preserve">A Differentially Private Probabilistic Framework for Modeling the Variability Across Federated Datasets of Heterogeneous Multi-View Observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Lorenzi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Machine Learning for Biomedical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03160892v2</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03644819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of the humoral immune response to a prime-boost Ebola vaccine: quantification and sources of variation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">A model for establishment, maintenance and reactivation of the immune response after vaccination against Ebola virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Balelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Pasin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Prague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Crauste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry van Effelterre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laura Solforosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 495, pp.110254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtbi.2020.110254⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/jvi.00579-19⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02280792v2</w:t>
+                <w:t xml:space="preserve">hal-03160892v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Random walks on binary strings applied to the somatic hypermutation of B-cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamics of the humoral immune response to a prime-boost Ebola vaccine: quantification and sources of variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Pasin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vuk Milisic</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thierry van Effelterre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viki Bockstal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Solforosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Biosciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 93 (18), pp.e00579-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/jvi.00579-19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mbs.2018.03.022⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02398630v1</w:t>
+                <w:t xml:space="preserve">hal-02280792v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-type Galton-Watson processes with affinity-dependent selection applied to antibody affinity maturation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuk Milisic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Wainrib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin of Mathematical Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11538-018-00548-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01937856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Random walks on binary strings applied to the somatic hypermutation of B-cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Balelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vuk Milisic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Wainrib</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematical Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 300, pp.168-186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mbs.2018.03.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02398630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cardiac Electromechanical Model Sensitivity Analysis using Causal Discovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safaa Al-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jairo Rodríguez-Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Sermesant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FIMH 2025 - 13th Functional Imaging and Modeling of the Heart International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Radomír Chabiniok, Jun 2025, Dallas, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-94559-5_31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05121540v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing Ionic Current Blockades and Electromechanical Biomarkers’ Interrelations Through a Novel Multi-Channel Causal Variational Autoencoder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safaa Al-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria T Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Sermesant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Trénor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 Computing in Cardiology Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Karlsruhe (Germany), Germany. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22489/CinC.2024.408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607082v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Computer Model for In Silico Trials on Pacemaker Energy Efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Coudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Leguèbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessia Baretta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Fauré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CinC 2024 - 51st international Computing in Cardiology conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Karlsruhe, Germany. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22489/cinc.2024.235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04886140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A causal discovery approach for streamline ion channels selection to improve drug-induced TdP risk assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safaa Al-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Llopis-Lorente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Teresa Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Sermesant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Trénor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 Computing in Cardiology (CinC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Atlanta (GA), United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22489/CinC.2023.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04105144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Probabilistic Framework for Modeling the Variability Across Federated Datasets of Heterogeneous Multi-View Observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Information Processing in Medical Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Bornholm, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03152886v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1770,427 +1913,427 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fed-BioMed: Open, Transparent and Trusted Federated Learning for Real-world Healthcare Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Cremonesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vesin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergen Cansiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Bouillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Federated Learning Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 832, Springer Nature Switzerland, pp.19-41, 2025, Studies in Computational Intelligence, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-78841-3_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04081557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Causality: fundamental principles and tools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safaa Al-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Abécassis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trustworthy AI in Medical Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapitre 14, Elsevier, pp.297-314, 2024, 978-0-443-23761-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-44-323761-4.00026-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04831368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of Multimodal Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Deprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana L Aguila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Altmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Olivier Colliot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Machine Learning for Brain Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, NM197, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.573 - 597, 2023, Neuromethods, 978-1-0716-3197-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-0716-3195-9_19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04239814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2200,51 +2343,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Channel Causal Variational Autoencoder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safaa Al-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2253,165 +2396,165 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fed-MIWAE: Federated Imputation of Incomplete Data via Deep Generative Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Balelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Sportisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Cremonesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alexandre Mattei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04069795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2421,114 +2564,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical foundations of antibody aﬃnity maturation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Balelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">General Mathematics [math.GM]. Université Sorbonne Paris Cité, 2016. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016USPCD091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02167077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId83"/>
+      <w:footerReference w:type="default" r:id="rId90"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2596,51 +2739,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4D6C7DCC"/>
+    <w:nsid w:val="0546D12B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2827,51 +2970,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/irene-balelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4593-8217" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236715879" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483061v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safaa Al-Ali" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Balelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05400535v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Carbone" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Coudi&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Camara" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Trenor" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54050/PRJ2423681" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335826v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Clairon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pasin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Thi&#233;baut" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Prague" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03644819v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Silva" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Lorenzi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160892v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Crauste" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry van Effelterre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2020.110254" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280792v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viki Bockstal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Solforosi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.00579-19" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398630v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuk Milisic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Wainrib" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2018.03.022" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01937856v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11538-018-00548-y" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121540v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jairo Rodr&#237;guez-Padilla" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Sermesant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-94559-5_31" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607082v3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria T Mora" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Tr&#233;nor" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22489/CinC.2024.408" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886140v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Legu&#232;be" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Baretta" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Faur&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22489/cinc.2024.235" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105144v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Llopis-Lorente" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Mora" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22489/CinC.2023.009" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152886v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04081557v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cremonesi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vesin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergen Cansiz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bouillard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78841-3_2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831368v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dumas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Ab&#233;cassis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-44-323761-4.00026-2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239814v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Deprez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana L Aguila" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Altmann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-1-0716-3195-9" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3195-9_19" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666466v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069795v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Sportisse" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Mattei" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02167077v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Balelli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016USPCD091" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/irene-balelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4593-8217" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/236715879" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483061v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safaa Al-Ali" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Balelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbi.2026.104995" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558541v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Bakhouche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Creton" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lareyre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goffart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00033197261416661" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05400535v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Carbone" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Coudi&#232;re" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Camara" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Trenor" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54050/PRJ2423681" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335826v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Clairon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pasin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Thi&#233;baut" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Prague" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03644819v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Silva" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Lorenzi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160892v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Crauste" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry van Effelterre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2020.110254" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280792v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viki Bockstal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Solforosi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.00579-19" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01937856v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuk Milisic" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Wainrib" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11538-018-00548-y" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398630v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2018.03.022" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121540v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jairo Rodr&#237;guez-Padilla" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Sermesant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-94559-5_31" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607082v3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria T Mora" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Tr&#233;nor" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22489/CinC.2024.408" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886140v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Legu&#232;be" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Baretta" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Faur&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22489/cinc.2024.235" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105144v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Llopis-Lorente" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Mora" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22489/CinC.2023.009" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152886v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04081557v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cremonesi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vesin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergen Cansiz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bouillard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-78841-3_2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831368v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dumas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Ab&#233;cassis" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-44-323761-4.00026-2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239814v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Deprez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana L Aguila" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Altmann" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-1-0716-3195-9" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3195-9_19" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666466v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069795v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Sportisse" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Mattei" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02167077v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Balelli" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016USPCD091" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>