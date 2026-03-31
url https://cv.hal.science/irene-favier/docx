--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -655,183 +655,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03014192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Librairie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 &amp; 21. Revue d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N°145 (1), pp.197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/vin.145.0197⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03014190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mark Rice. Making Machu Picchu. The politics of tourism in Twentieth-century Peru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IdeAs : idées d'Amérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ideas.7704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03014140v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-03014190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review: Catherine Rottenberg, The Rise of Neoliberal Feminism</w:t>
               </w:r>
@@ -1045,178 +1045,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03014198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Librairie</w:t>
+                <w:t xml:space="preserve">Compte-rendu &amp;quot;Mathieu Auzanneau, Or noir. La grande histoire du pétrole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 138 (2), pp.203. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01744858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...45 lines deleted...]
-                <w:t xml:space="preserve">Compte-rendu &amp;quot;Mathieu Auzanneau, Or noir. La grande histoire du pétrole</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Librairie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2018, 138 (2), pp.203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ving.138.0203⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01744858v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03014205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1317,306 +1317,306 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04934824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Vidéo (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilan de la table ronde « Histoire de la santé »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04260688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utopie et consolation amazonienne. Stefano Varese en anthropologue activiste, jalons biographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bérose. Encyclopédie internationale des histoires de l’anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04259517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utopía y consuelo amazónico. Stefano Varese como antropólogo activista, hitos biográficos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Combès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bérose. Encyclopédie internationale des histoires de l'anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04259506v1</w:t>
-              </w:r>
-[...92 lines deleted...]
-                <w:t xml:space="preserve">halshs-04260688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1930,165 +1930,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03969715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Un proyecto de digitalización de fuentes en historia de la salud mental: rescatar, difundir... ¿conservar?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Experiencia de investigación archivística. rol del archivero en la evolución del documento analógico al digital</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ANADAR, May 2022, Lima, Perú</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03969685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Una aproximación crítica al subgénero biográfico en la historia de la salud mental a partir de las fuentes del Hospital Víctor Larco Herrera (Lima, 1918-1969)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seminario del IFEA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IFEA, Feb 2022, Lima, Perú</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03969727v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-03969685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tribulations du libre choix. Faire une ethnographie de l'accouchement extrahospitalier en géographe et historienne, questions de méthode</w:t>
               </w:r>
@@ -3627,169 +3627,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03014154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">1925: la trace de Percy Fawcett se perd en Amazonie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'exploration du monde - Une autre histoire des grandes découvertes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03014181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Percy Fawcett</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Romain Bertrand; Hélène Blais; Isabelle Heullant-Donat; Guillaume Calafat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Exploration du monde : une autre histoire des grandes découvertes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Seuil, 2019, 978-2-02-140625-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02000620v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03014181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4510,51 +4510,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061824v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura P&#233;aud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Favier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13w2d" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934811v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/asclepio.2024.35" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934817v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12g5s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969810v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969826v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335868v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lissell Quiroz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014192v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.145.0177" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014140v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.7704" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014190v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.145.0197" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014136v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.8502" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969819v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bifea.13164" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014198v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.664.0191" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014205v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ving.138.0203" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744858v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934824v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Molinari" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/26667711-20241158" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04259517v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04259506v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Comb&#232;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04260688v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969674v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171764v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171771v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969715v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Nuq" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969727v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969685v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969695v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969681v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518492v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335912v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518490v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518491v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335903v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335981v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335919v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335907v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002628v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990840v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990820v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990806v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990794v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990790v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990799v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014086v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969756v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335999v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Charlier Zeineddine" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/iheal/9969" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheal.9969" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014154v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000620v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014181v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335892v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Beylier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259619v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335968v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03336002v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014236v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014225v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03014255v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061824v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura P&#233;aud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Favier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13w2d" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934811v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/asclepio.2024.35" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934817v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12g5s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969810v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969826v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335868v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lissell Quiroz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014192v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.145.0177" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014190v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vin.145.0197" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014140v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.7704" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014136v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.8502" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969819v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bifea.13164" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014198v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.664.0191" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744858v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014205v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ving.138.0203" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934824v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Molinari" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/26667711-20241158" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04260688v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04259517v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04259506v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Comb&#232;s" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969674v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171764v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171771v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969715v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Nuq" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969685v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969727v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969695v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969681v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518492v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335912v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518490v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518491v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335903v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335981v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335919v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335907v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002628v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990840v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990820v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990806v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990794v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990790v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990799v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014086v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969756v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335999v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Charlier Zeineddine" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/iheal/9969" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheal.9969" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014154v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014181v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000620v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335892v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Beylier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259619v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03335968v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03336002v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014236v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014225v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03014255v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>