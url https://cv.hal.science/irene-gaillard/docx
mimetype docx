--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Irene Gaillard </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maitre de Conférences à l'IPST-Cnam / Toulouse INP/ Université de ToulouseChercheur au CERTOP Centre de recherche : Travail, Organisation, PouvoirCo-responsable du Master d'ergonomie à l'IPST-Cnam</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irene-gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9957-333X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">035106093</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mon projet</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologization and transformation of work at the meso and micro levels of transition: findings from two territorial food projects in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adelaide Nascimento</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cerf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Boccara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Le Bail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaële Le Bouter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecology and Sustainable Food Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21683565.2025.2578252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05331924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervenir en situation de crise sociale : l’ergonomie pour créer les conditions d’un dialogue sur le travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baharak Pentecôte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (1), </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/activites.9319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental approach of safety in ergonomics/human factors: insights of constructed safety in six work environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Galey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adelaide Nascimento</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Cuvelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-22. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00140139.2024.2390127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ughetto (Pascal), Les nouvelles sociologies du travail. Introduction à la sociologie de l’activité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 61 (1), pp.144-147. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfs.611.0141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02912378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre en compte l’adoption technologique dès le stade de la conception : le cas d’un projet en viticultureadoption des technologies, conseil agricole, intervention ergonomique en conception, représentation, viticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Larbaigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lemercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Interdisciplinaires sur le Travail et la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22-1, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pistes.6442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les compétences pour négocier l’organisation du travail : le cas d’un projet industriel d’automatisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Lecoester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Forrierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Six</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15-2, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/activites.3290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01900040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Très Petites Entreprises : les compétences organisationnelles, base de la santé au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Conditions de Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Conditions de travail dans les TPE/PME : comment mobiliser et innover?, 5, pp.46-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intelligence du travail, base de la santé et de la performance des TPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, TPE, le travail à vif, 470, pp.69-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing activity: what endures and what is new?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Analysing activity: what endures and what is new?, 79 (1), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/th.791.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01575649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences organisationnelles et santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert de Terssac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologies pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Santé et travail : déjouer les risques?, 13, pp.19-26. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sopr.026.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01577468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingénierie & Ergonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Pomian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pradère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cépadues. 1997, 2.85428.442.9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une plus forte synergie entre ergonomie et sécurité industrielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Guennoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michèle Dupré; Jean-Christophe Lecoze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Risques industriels majeurs et environnement - Défis pour les acteurs internes et externes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.45-62, 2025, 978-2-7574-4369-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05020302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face à l'agressivité de personnes âgées atteintes de troubles neurocognitifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Walter Hesbeen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inclusion, exclusion et vulnérabilités dans les établissements de soins et médico-sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Seli Arslan, 2024, Perspective soignante, 9782842763008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expertise publique, un dispositif de régulation a postériori des risques : les rapports sur la catastrophe d'AZF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert de Terssac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire face aux risques dans les sociétés contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.113-129, 2016, Le travail en débats, 978-2-36630-060-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01575645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'évaluation des risques professionnels (ERP) vue par l'ergonome : le bon moment pour prendre en compte le travail réel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Octares. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé au travail pour une nouvelle dynamique. Constats et ouvertures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hors série (Hors série), </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.20-28, 2015, Le travail en débats, 9782366300406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01496014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'activité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Seuil. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des risques psychosiciaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.43-45, 2014, Dictionnaire des risques psychosociaux, 978.2.02.110922.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01576759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of the psychosocial dimension of work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent van Belleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandro de Gasparo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Falzon (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Constructive ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, pp.33-47, 2014, 978-1-4822-3562-3. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/b17456-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01576755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’accompagnement numérique à la coproduction de l’accès aux services publics : le cas des conseillers France services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Thibaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Flamard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58ème congrès de la Self. Ergonomie, communauté(s) et société : entre héritages et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SELF, Université Paris Nanterre, Jul 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05168207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche prospective ancrée dans l’activité de travail et développement de l’IA : le cas des centres de tri des déchets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Biencourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Barthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligence Artificielle et institutions publiques : enjeux, controverses et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Albi (81), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervening in a social crisis context. How to create the conditions for a dialogue about work?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baharak Pentecôte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Organizational Design and Management Conference: Societal transitions and transformation of work: Intervening in organizations and on the work of managers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Department of Ergonomics of Complex Systems of the National Polytechnic Institute of Bordeaux (Bordeaux-INP), Jul 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sens du « point de vue de l’activité » pour les acteurs des transformations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changer le travail dans le monde d'aujourd'hui : quelles approches, quelles pratiques?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Internationale d'Ergologie; Marcelle Duc; Yves Schwartz, Jun 2023, Toulouse, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sécurité en action : l'analyse des dangers et le préventeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Guennoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études sur les installations industrielles à Risque Industriel Majeur (RIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Michèle Dupré; Jean-Christophe Le Coze, Nov 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervenir en situation de crise sociale : des ajustements nécessaires pour amener le travail au cœur des discussions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baharak Pentecôte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vulnérabilités et risques émergents : penser et agir ensemble pour transformer durablement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Genève (Germain Poizat, Raphaël Maion, Simon Flandin), Haute Ecole Spécialisée de Suisse Occidentale (Carole Baudin, Bruno Parent, Rafaël Weissbrodt), Centre universitaire de médecine générale et de santé publique (Claire Bauduin), Centre hospitalier universitaire vaudois (Vera Bustamante) Hopitaux Universitaire de Genève (Christine Villaret), Optimance (David Bozier), Jul 2022, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Regulated and Managed to Constructive Safety in the Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Galey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adelaide Nascimento</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Cuvelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Judon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delgoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 21st Triennial Congress of the International Ergonomics Association “HFE in a connected world”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Vancouver, Canada. pp.664-671, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-74602-5_91⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse du travail, objet partagé d'une formation interdisciplinaire pour des situations de travail protectrices de la santé. Le cas d'une organisation internationale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaella Dorier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Murino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55ème Congrès de la SELF. L'activité et ses frontières. Penser et agier sur les transformations de nos sociétés.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Ergonomie de Langue Française, Jan 2021, Paris, France. pp.88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03130820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’analyse du travail, objet partagé d’une formation interdisciplinaire pour des situations de travail protectrices de la santé. Le cas d’une organisation internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaëlla Dorier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Murino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55ème Congrès de la SELF. L'activité et ses frontières. Penser et agier sur les transformations de nos sociétés.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir des outils d'actimétrie pour un travail et des usages raisonnés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Biencourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Barthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctoriales du 11e Colloque EPIQUE : Comment la Psychologie Ergonomique et l’Ergonomie contribuent-elles aux évolutions sociétales ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARPEGE, Jul 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03478441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la santé est pensée comme une émergence de l’éco-système de travail, quelles perspectives et quelles actions peuvent être envisagées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaëlla Dorier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Murino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Congrès National : Santé dans le monde du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Fribourg (Suisse), Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04767018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’analyse de l’activité pour concevoir des outils d’actimétrie permettant un travail et des usages raisonnés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Dutrieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Conférence de psychologie ergonomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier d’Échanges et de Recherche sur l’OBservation de l’Activité en Ergonomie (EROBAE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Boccara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delgoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Zara-Meylan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Barthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54ème congrès de la SELF. Comment contribuer à un autre monde ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thierry Morlet &amp; Arnaud Tran Van (SELF), Sep 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02336057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sens de l’organisation en acte, essence de l’organisation. Cas d’un établissement public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54ème congrès de la SELF. Comment contribuer à un autre monde ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'actimétrie à l'activité, quels sont les apports de l'ergonome à la conception d'un outil numérique de mesure sur le travail?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Dutrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Blanc-Beyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Carlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'ergonomie à quelles échelles?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bordeaux, France. pp.322-327</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatiser la manutention du charbon, une activité de conception organisationnelle considérant des compétences futures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Lecoester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Forrierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Six</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Conférence de psychologie ergonomique (EPIQUE 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour la Recherche en Psychologie Ergonomique et Ergonomie (ARPEGE), Jul 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences organisationnelles : la santé au travail en TPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présent et futue de l'Ergonomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Ergonomie de Langue Française (SELF), Sep 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01576547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les pratiques de l'ingénierie : un impératif pour mieux cibler le contenu de leur formation initiale en ergonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pradère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Pomian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIème congrès de la Société d'Ergonomie de Langue Française. Recherche, pratique, formation en ergonomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse des communications du thème : Apport de l'ergonomie à la formation des opérateurs concernés par les transformations des activités et du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIème congrès de la Société d'Ergonomie de Langue Française - Recherche, pratique, formation en ergonomie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre soin de l'intelligence du travail pour concevoir des organisations soutenables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agressivité, incivilités, violences : quand le guichet devient un exutoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.50-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'activité et des savoir-faire opérateurs experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie sociale et ethnologie. Universite Paris-Nord, 1992. Français. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01326227v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre en compte l'expérience vécue des soignants pour une analyse de l’activité au service du développement professionnel et d’une santé co-construite au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Renaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformation numérique en santé : défis et perspectives pour la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformations du travail par l'Intelligence Artificielle : Quels enjeux pour l'ergonomie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Biencourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Barthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Carlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55éme congrès de la SELF. L’activité et ses frontières. Penser et agir sur les transformations de nos sociétés.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.324-329, 2021, Actes du 55 ème Congrès de la SELF. L’activité et ses frontières. Penser et agir sur les transformations de nos sociétés</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03450140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role and Positioning of Observation in Ergonomics Approaches: A Research and Design Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Boccara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delgoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Zara-Meylan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Barthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th triennial congress of the International ergonomics association (IEA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 824, Springer, pp.1821-1828, 2018, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-96071-5_189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04088968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outiller l'observation de l'activité de travail. Quels processus de conception d'un dispositif technique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Barthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Boccara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delgoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meylan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52e Congrès de la SELF. Présent et futur de l’ergonomie – Répondre aux défis actuels et être acteur des évolutions de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.543-547, 2017, Présent et futur de l’ergonomie – Répondre aux défis actuels et être acteur des évolutions de demain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AZF : la sécurité en questions (Mondes Sociaux)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/u91i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ergonomie : 150 notions clés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.380-385</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId111"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Irene Gaillard </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maitre de Conférences à l'IPST-Cnam / Toulouse INP/ Université de ToulouseChercheur au CERTOP Centre de recherche : Travail, Organisation, PouvoirCo-responsable du Master d'ergonomie à l'IPST-Cnam</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irene-gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9957-333X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">035106093</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mon projet</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologization and transformation of work at the meso and micro levels of transition: findings from two territorial food projects in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adelaide Nascimento</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Cerf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Boccara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Le Bail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaële Le Bouter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agroecology and Sustainable Food Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21683565.2025.2578252⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05331924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervenir en situation de crise sociale : l’ergonomie pour créer les conditions d’un dialogue sur le travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baharak Pentecôte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (1), </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/activites.9319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04549481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental approach of safety in ergonomics/human factors: insights of constructed safety in six work environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Galey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adelaide Nascimento</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Cuvelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-22. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00140139.2024.2390127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ughetto (Pascal), Les nouvelles sociologies du travail. Introduction à la sociologie de l’activité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 61 (1), pp.144-147. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfs.611.0141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02912378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre en compte l’adoption technologique dès le stade de la conception : le cas d’un projet en viticultureadoption des technologies, conseil agricole, intervention ergonomique en conception, représentation, viticulture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Larbaigt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lemercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Interdisciplinaires sur le Travail et la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22-1, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pistes.6442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les compétences pour négocier l’organisation du travail : le cas d’un projet industriel d’automatisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Lecoester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Forrierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Six</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15-2, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/activites.3290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01900040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intelligence du travail, base de la santé et de la performance des TPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cadres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, TPE, le travail à vif, 470, pp.69-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing activity: what endures and what is new?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chauvin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le travail humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Analysing activity: what endures and what is new?, 79 (1), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/th.791.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01575649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Très Petites Entreprises : les compétences organisationnelles, base de la santé au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Conditions de Travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Conditions de travail dans les TPE/PME : comment mobiliser et innover?, 5, pp.46-56</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences organisationnelles et santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert de Terssac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologies pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Santé et travail : déjouer les risques?, 13, pp.19-26. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sopr.026.0019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01577468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sécurité en action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert de Terssac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Boissières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octarès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Le travail en débats, 978-2-915346-68-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05548949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingénierie & Ergonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Pomian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pradère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cépadues. 1997, 2.85428.442.9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04332389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une plus forte synergie entre ergonomie et sécurité industrielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Guennoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michèle Dupré; Jean-Christophe Lecoze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Risques industriels majeurs et environnement - Défis pour les acteurs internes et externes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.45-62, 2025, 978-2-7574-4369-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05020302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Face à l'agressivité de personnes âgées atteintes de troubles neurocognitifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Renaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Walter Hesbeen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inclusion, exclusion et vulnérabilités dans les établissements de soins et médico-sociaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Seli Arslan, 2024, Perspective soignante, 9782842763008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04642413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'expertise publique, un dispositif de régulation a postériori des risques : les rapports sur la catastrophe d'AZF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert de Terssac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire face aux risques dans les sociétés contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.113-129, 2016, Le travail en débats, 978-2-36630-060-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01575645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'évaluation des risques professionnels (ERP) vue par l'ergonome : le bon moment pour prendre en compte le travail réel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Octares. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé au travail pour une nouvelle dynamique. Constats et ouvertures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hors série (Hors série), </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.20-28, 2015, Le travail en débats, 9782366300406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01496014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'activité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Seuil. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des risques psychosiciaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.43-45, 2014, Dictionnaire des risques psychosociaux, 978.2.02.110922.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01576759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of the psychosocial dimension of work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent van Belleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandro de Gasparo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Falzon (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Constructive ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRC Press, pp.33-47, 2014, 978-1-4822-3562-3. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1201/b17456-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01576755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’accompagnement numérique à la coproduction de l’accès aux services publics : le cas des conseillers France services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée Thibaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Flamard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58ème congrès de la Self. Ergonomie, communauté(s) et société : entre héritages et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SELF, Université Paris Nanterre, Jul 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05168207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervening in a social crisis context. How to create the conditions for a dialogue about work?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baharak Pentecôte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Organizational Design and Management Conference: Societal transitions and transformation of work: Intervening in organizations and on the work of managers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Department of Ergonomics of Complex Systems of the National Polytechnic Institute of Bordeaux (Bordeaux-INP), Jul 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sens du « point de vue de l’activité » pour les acteurs des transformations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changer le travail dans le monde d'aujourd'hui : quelles approches, quelles pratiques?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Internationale d'Ergologie; Marcelle Duc; Yves Schwartz, Jun 2023, Toulouse, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche prospective ancrée dans l’activité de travail et développement de l’IA : le cas des centres de tri des déchets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Biencourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Barthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intelligence Artificielle et institutions publiques : enjeux, controverses et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Albi (81), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervenir en situation de crise sociale : des ajustements nécessaires pour amener le travail au cœur des discussions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baharak Pentecôte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vulnérabilités et risques émergents : penser et agir ensemble pour transformer durablement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Genève (Germain Poizat, Raphaël Maion, Simon Flandin), Haute Ecole Spécialisée de Suisse Occidentale (Carole Baudin, Bruno Parent, Rafaël Weissbrodt), Centre universitaire de médecine générale et de santé publique (Claire Bauduin), Centre hospitalier universitaire vaudois (Vera Bustamante) Hopitaux Universitaire de Genève (Christine Villaret), Optimance (David Bozier), Jul 2022, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sécurité en action : l'analyse des dangers et le préventeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Guennoc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études sur les installations industrielles à Risque Industriel Majeur (RIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Michèle Dupré; Jean-Christophe Le Coze, Nov 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir des outils d'actimétrie pour un travail et des usages raisonnés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Biencourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Barthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctoriales du 11e Colloque EPIQUE : Comment la Psychologie Ergonomique et l’Ergonomie contribuent-elles aux évolutions sociétales ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ARPEGE, Jul 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03478441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’analyse du travail, objet partagé d’une formation interdisciplinaire pour des situations de travail protectrices de la santé. Le cas d’une organisation internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaëlla Dorier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Murino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55ème Congrès de la SELF. L'activité et ses frontières. Penser et agier sur les transformations de nos sociétés.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse du travail, objet partagé d'une formation interdisciplinaire pour des situations de travail protectrices de la santé. Le cas d'une organisation internationale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaella Dorier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Murino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55ème Congrès de la SELF. L'activité et ses frontières. Penser et agier sur les transformations de nos sociétés.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Ergonomie de Langue Française, Jan 2021, Paris, France. pp.88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03130820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Regulated and Managed to Constructive Safety in the Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Galey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adelaide Nascimento</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Cuvelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Judon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delgoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 21st Triennial Congress of the International Ergonomics Association “HFE in a connected world”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Vancouver, Canada. pp.664-671, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-74602-5_91⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03779320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la santé est pensée comme une émergence de l’éco-système de travail, quelles perspectives et quelles actions peuvent être envisagées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaëlla Dorier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Murino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gerbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9e Congrès National : Santé dans le monde du travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Fribourg (Suisse), Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04767018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier d’Échanges et de Recherche sur l’OBservation de l’Activité en Ergonomie (EROBAE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Boccara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delgoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Zara-Meylan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Barthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54ème congrès de la SELF. Comment contribuer à un autre monde ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thierry Morlet &amp; Arnaud Tran Van (SELF), Sep 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02336057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’analyse de l’activité pour concevoir des outils d’actimétrie permettant un travail et des usages raisonnés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Dutrieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Conférence de psychologie ergonomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sens de l’organisation en acte, essence de l’organisation. Cas d’un établissement public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54ème congrès de la SELF. Comment contribuer à un autre monde ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'actimétrie à l'activité, quels sont les apports de l'ergonome à la conception d'un outil numérique de mesure sur le travail?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Dutrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Blanc-Beyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Carlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'ergonomie à quelles échelles?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bordeaux, France. pp.322-327</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01901292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétences organisationnelles : la santé au travail en TPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présent et futue de l'Ergonomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d'Ergonomie de Langue Française (SELF), Sep 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01576547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatiser la manutention du charbon, une activité de conception organisationnelle considérant des compétences futures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Lecoester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Forrierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Six</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Conférence de psychologie ergonomique (EPIQUE 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour la Recherche en Psychologie Ergonomique et Ergonomie (ARPEGE), Jul 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les pratiques de l'ingénierie : un impératif pour mieux cibler le contenu de leur formation initiale en ergonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Pradère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Pomian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIème congrès de la Société d'Ergonomie de Langue Française. Recherche, pratique, formation en ergonomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse des communications du thème : Apport de l'ergonomie à la formation des opérateurs concernés par les transformations des activités et du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIème congrès de la Société d'Ergonomie de Langue Française - Recherche, pratique, formation en ergonomie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1997, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02544864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre soin de l'intelligence du travail pour concevoir des organisations soutenables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agressivité, incivilités, violences : quand le guichet devient un exutoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.50-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'activité et des savoir-faire opérateurs experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie sociale et ethnologie. Universite Paris-Nord, 1992. Français. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01326227v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre en compte l'expérience vécue des soignants pour une analyse de l’activité au service du développement professionnel et d’une santé co-construite au travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Renaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transformation numérique en santé : défis et perspectives pour la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04660388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformations du travail par l'Intelligence Artificielle : Quels enjeux pour l'ergonomie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Biencourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Barthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Carlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55éme congrès de la SELF. L’activité et ses frontières. Penser et agir sur les transformations de nos sociétés.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.324-329, 2021, Actes du 55 ème Congrès de la SELF. L’activité et ses frontières. Penser et agir sur les transformations de nos sociétés</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03450140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role and Positioning of Observation in Ergonomics Approaches: A Research and Design Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Boccara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delgoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Zara-Meylan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Barthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th triennial congress of the International ergonomics association (IEA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 824, Springer, pp.1821-1828, 2018, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-96071-5_189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04088968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outiller l'observation de l'activité de travail. Quels processus de conception d'un dispositif technique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Barthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Boccara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delgoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meylan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52e Congrès de la SELF. Présent et futur de l’ergonomie – Répondre aux défis actuels et être acteur des évolutions de demain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.543-547, 2017, Présent et futur de l’ergonomie – Répondre aux défis actuels et être acteur des évolutions de demain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AZF : la sécurité en questions (Mondes Sociaux)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/u91i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisation du travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Mollo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ergonomie : 150 notions clés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.380-385</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId113"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A53107CF"/>
+    <w:nsid w:val="B9BF8648"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/irene-gaillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9957-333X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/035106093" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331924v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Nascimento" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boccara" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Bail" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Le Bouter" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2025.2578252" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549481v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baharak Pentec&#244;te" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Mollo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gaillard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.9319" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672259v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Galey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cuvelier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2024.2390127" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912378v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.611.0141" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02951047v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Larbaigt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lemercier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pistes.6442" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900040v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Lecoester" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Forrierre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Six" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.3290" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569920v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569921v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575649v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauvin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.791.0001" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577468v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert de Terssac" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.026.0019" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332389v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Pomian" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Prad&#232;re" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020302v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guennoc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642413v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Renaudin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575645v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.octares.com/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496014v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.octares.com/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576759v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576755v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent van Belleghem" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro de Gasparo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b17456-5" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168207v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Thibaut" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Flamard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718934v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Biencourt" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Barthe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220930v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324939v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891428v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220722v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779320v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Judon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Delgoulet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74602-5_91" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130820v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Dorier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Murino" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gerbaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374224v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffa&#235;lla Dorier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478441v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04767018v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149674v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Dutrieux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336057v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Zara-Meylan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Barthe" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149697v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901292v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Blanc-Beyne" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Carlier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569919v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576547v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544919v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544864v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224440v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01326227v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660388v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03450140v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04088968v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Boccara" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96071-5_189" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406026v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meylan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04807569v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u91i" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220696v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/irene-gaillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9957-333X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/035106093" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331924v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Nascimento" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boccara" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Le Bail" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Le Bouter" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2025.2578252" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549481v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baharak Pentec&#244;te" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Mollo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Gaillard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.9319" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672259v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Galey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cuvelier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2024.2390127" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912378v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.611.0141" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02951047v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Larbaigt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lemercier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pistes.6442" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900040v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Lecoester" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Forrierre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Six" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.3290" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569921v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575649v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauvin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.791.0001" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569920v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577468v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert de Terssac" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.026.0019" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548949v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Boissi&#232;res" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.octares.com/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332389v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Pomian" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Prad&#232;re" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020302v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guennoc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642413v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Renaudin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01575645v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496014v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.octares.com/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576759v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576755v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent van Belleghem" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro de Gasparo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b17456-5" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168207v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Thibaut" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Flamard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220930v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324939v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718934v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Biencourt" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Barthe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220722v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891428v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478441v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374224v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffa&#235;lla Dorier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Murino" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gerbaud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130820v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Dorier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779320v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Judon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Delgoulet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74602-5_91" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04767018v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336057v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Zara-Meylan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Barthe" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149674v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Dutrieux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149697v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901292v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Blanc-Beyne" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Carlier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576547v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569919v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544919v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544864v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224440v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01326227v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660388v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03450140v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04088968v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Boccara" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96071-5_189" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406026v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meylan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04807569v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/u91i" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220696v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>