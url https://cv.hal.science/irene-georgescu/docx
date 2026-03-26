--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,291 +100,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meso-organisational determinants of healthcare workers’ resilience: results of a scoping review</w:t>
+                <w:t xml:space="preserve">Do Google Reviews matter for doctors? Unpacking online emotional accountability on a digital platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Oprea</w:t>
+                <w:t xml:space="preserve">Agathe Morinière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgio Giacomelli</w:t>
+                <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Sartirana</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Irène Georgescu</w:t>
+                <w:t xml:space="preserve">Sea Matilda Bez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.healthpol.2025.105412⟩</w:t>
+              <w:t xml:space="preserve">Critical Perspectives On Accounting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 101, pp.102768. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cpa.2024.102768⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05491813v1</w:t>
+                <w:t xml:space="preserve">hal-04877302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do Google Reviews matter for doctors? Unpacking online emotional accountability on a digital platform</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Meso-organisational determinants of healthcare workers’ resilience: results of a scoping review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Oprea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgio Giacomelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Morinière</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Marco Sartirana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Trinchero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sea Matilda Bez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Perspectives On Accounting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 101, pp.102768. </w:t>
+              <w:t xml:space="preserve">Health Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 161, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cpa.2024.102768⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.healthpol.2025.105412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04877302v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motivation of patients with chronic cancer during COVID-19: a qualitative analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Minvielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -444,51 +444,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motivation of patients with chronic cancer during COVID-19: a qualitative analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Minvielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -574,64 +574,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asta Pundziene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neringa Gerulaitiene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sea Matilda Bez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -682,64 +682,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TripAdvisor of healthcare:Opportunities for value creation through patient feedback platforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sea Matilda Bez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Saleh Farazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -786,64 +786,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybridity and the use of performance measurement: facilitating compromises or creating moral struggles? Insights from healthcare organizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Morinière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Accounting, Auditing and Accountability Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -903,51 +903,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariel Eggrickx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">@GRH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 2, n°31, 35-63, </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -994,51 +994,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieillissement et EHPAD : quelles pistes de réflexions ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cohard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue droit &amp; santé : la revue juridique des entreprises de santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, pp.545-560</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1089,51 +1089,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Taphanel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1206,51 +1206,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Taphanel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1297,51 +1297,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feedback centré sur une facette de la performance et pression financière interne dans le cadre de la realization d’une tâche complexe : une étude dans les hôpitaux publics français.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Augé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1427,51 +1427,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La maîtrise des dépenses de personnel des établissements publics de santé : d'un mythe à des réalités ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue droit &amp; santé : la revue juridique des entreprises de santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 73, pp.758-763</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1496,51 +1496,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sources of financial pressure and up coding behavior in French public hospitals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank G.H. Hartmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1612,51 +1612,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pressions budgétaires à l'hôpital : une étude qualitative du concept de « RAPM » auprès de praticiens hospitaliers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Naro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptabilité Contrôle Audit / Accounting Auditing Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 18 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1690,51 +1690,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pression budgétaire et implication organisationnelle des médecins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Commeiras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1772,51 +1772,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pression budgétaire et implication organisationnelle des médecins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Commeiras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1895,77 +1895,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patient Feedback Platform in Healthcare</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Morinière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sea Matilda Bez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 3rd IEEE-TEMS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Kaunas (Lithuania), Lithuania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1990,77 +1990,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotional capitalism and digitalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Morinière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sea Matilda Bez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGOS European Group for Organizational Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sub-theme 05: [SWG] Digitalization of Social Evaluations – Social Media, Platforms, and their Evaluative Roles, Jul 2023, Cagliari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2085,64 +2085,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Democratizing Healthcare: Opportunities for Value Creation through Patient Feedback Platforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sea Matilda Bez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Saleh Farazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2180,64 +2180,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Platform to &amp;quot;Grade Your Doctor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sea Matilda Bez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE ICTE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Online, Lithuania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2262,64 +2262,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patient feedback platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sea Matilda Bez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saleh Farazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2383,51 +2383,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariel Eggricks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIRMAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2491,51 +2491,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaochen Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joaquin Ordieres-Meré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Minvielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2599,51 +2599,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Commeiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariel Eggrikx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29ème Congrès de l’Association Francophone de Gestion des Ressources Humaines (AGRH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2662,260 +2662,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02118327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond Hybridization versus polarization: the case of French Public Hospitals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Conduite du changement et qualité de vie au travail anticipée. Le cas d’un regroupement de laboratoires de biologie médicale d’un hôpital public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Commeiras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariel Eggrickx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gérald Naro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Academy of Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Anaheim California, United States</w:t>
+              <w:t xml:space="preserve">20ème Université de printemps de l’Audit Social et 2èmes Rencontres Internationales de Recherche en Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Le Gosier, Guadeloupe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01840556v1</w:t>
+                <w:t xml:space="preserve">hal-02118325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conduite du changement et qualité de vie au travail anticipée. Le cas d’un regroupement de laboratoires de biologie médicale d’un hôpital public</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Beyond Hybridization versus polarization: the case of French Public Hospitals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Grima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Naro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20ème Université de printemps de l’Audit Social et 2èmes Rencontres Internationales de Recherche en Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Le Gosier, Guadeloupe</w:t>
+              <w:t xml:space="preserve">Academy of Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Anaheim California, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02118325v1</w:t>
+                <w:t xml:space="preserve">hal-01840556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les heuristiques du jugement en contrôle de gestion : le cas des décisions rapides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Noel Chauvey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Accountability, Responsabilités et Comptabilités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Poitier, France. pp.cd-rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2940,51 +2940,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond Hybridization versus polarization: the case of French Public Hospitals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3035,51 +3035,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le contrôle de gestion des organisations publiques entre pilotage et reporting: une étude exploratoire sur les universités et les hôpitaux en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Naro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3143,51 +3143,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coping with Paroxysmal Extrem Work : the role of Organizational Citizenship Behavior,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3251,51 +3251,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les épreuves du contrôle : le cas d’une entreprise équitable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Deville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3346,51 +3346,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coping with Paroxysmal ExtremWork: the role of Organizational Citizenship Behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Grima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3454,51 +3454,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution des pratiques chez les acteurs du soin à l'hôpital : managérialisation et identité professionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Riviere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3536,51 +3536,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution des pratiques chez les acteurs du soin à l’hôpital : managérialisation et identité professionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Rivière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3612,208 +3612,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04333032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communication de l'information et pression financière interne: une étude exploratoire dans une organisation professionnelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Managerialism and professional identity: an exploratory study in French Public Hospitals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Rivière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33ème Congrès de l'AFC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Grenoble, France</w:t>
+              <w:t xml:space="preserve">12th congress of European Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Rotterdam, Pays-Bas</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02122123v1</w:t>
+                <w:t xml:space="preserve">hal-02122112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managerialism and professional identity: an exploratory study in French Public Hospitals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Communication de l'information et pression financière interne: une étude exploratoire dans une organisation professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A Rivière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th congress of European Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Rotterdam, Pays-Bas</w:t>
+              <w:t xml:space="preserve">33ème Congrès de l'AFC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02122112v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02122123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication de l'information et pressions financière interne: une étude exploratoire dans une organisation professionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptabilités et innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Grenoble, France. pp.cd-rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3838,51 +3838,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mode of controls and pressure: a study on professional organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35th EAA Annual congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Ljubljana, Slovénie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3907,51 +3907,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PRESSIONS ET BUDGET: UNE ETUDE QUALITATIVE DANS LE SECTEUR HOSPITALIER</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crises et nouvelles problématiques de la Valeur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Nice, France. pp.CD-ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4015,51 +4015,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Maurice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Moris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La place de la dimension européenne dans la Comptabilité Contrôle Audit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Strasbourg, France. pp.CD ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4116,51 +4116,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approches contingentes (structurelles et comportementales du contrôle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Naro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4202,51 +4202,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Contrôle de gestion et les mutations de l’hôpital Public dans un monde en transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Naro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4301,51 +4301,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 5. Slack(s), risques climatiques et organisations de santé : quelles perspectives de recherche ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Barreda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Le Ludec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4435,51 +4435,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les hôpitaux et les universités à l'heure du reporting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Augé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Naro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4543,51 +4543,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 11. Des illusions et désillusions de la mesure : le cas du secteur hospitalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Barreda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Augé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4647,51 +4647,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Module 2201 Comptabilité de Gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DUT TC 1ère année</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4716,51 +4716,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Module 3105. Gestion financière et budgétaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DUT TC 2ère année</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4785,51 +4785,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformations du secteur hospitalier francais et risques, un état de l’art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. San Martino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4867,51 +4867,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Module 11. Calcul et analyse des coûts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DUT GEA 2ère année</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4936,51 +4936,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Module 5. Calcul et analyse des coûts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DUT GEA 2ère année</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5037,51 +5037,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Pression Financière Interne, ses déterminants et ses effets sur les attitudes et comportements: le cas de l'hôpital public français.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Georgescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gestion et management. Université Montpellier I, 2010. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5277,51 +5277,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491813v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Oprea" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Giacomelli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sartirana" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Trinchero" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Georgescu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healthpol.2025.105412" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877302v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Morini&#232;re" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sea Matilda Bez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpa.2024.102768" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380032v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Minvielle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Scott&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-023-07735-1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379519v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147723v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asta Pundziene" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neringa Gerulaitiene" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Mathieu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.technovation.2023.102748" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943927v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Saleh Farazi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.technovation.2022.102625" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03420806v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/AAAJ-12-2019-4309" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998327v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Commeiras" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggrickx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.192.0035" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02091787v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cohard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03596359v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grima" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brunel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Taphanel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1053837ar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01937814v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057154v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Aug&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Naro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1060892ar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02608188v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Amadieu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100570v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank G.H. Hartmann" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healthpol.2013.02.003" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LX3J47WX-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01825502v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.183.0067" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01044826v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Commeiras" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02118161v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jgem.116.0294" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447911v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229597v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920487v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03672303v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03672293v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Farazi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998344v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggricks" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059741v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengjing Sun" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaochen Zheng" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Ordieres-Mer&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02118327v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggrikx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840556v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02118325v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907562v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Noel Chauvey" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112205v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078570v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vernhet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130006v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rivi&#232;re" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Prudhomme" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02094338v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deville" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sponem" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02094371v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grima" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rivi&#232;re" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122117v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Riviere" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333032v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122123v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122112v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rivi&#232;re" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690953v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122128v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484236v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00460130v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bonache" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Maurice" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Moris" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274589v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192007v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867084v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Barreda" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Ludec" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Mercier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nagot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.giord.2022.01.0107" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842969v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867106v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.chape.2018.01.0255" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121423v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121434v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02102688v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. San Martino" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02102683v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02102685v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00560745v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877302v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Morini&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Georgescu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sea Matilda Bez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpa.2024.102768" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491813v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Oprea" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Giacomelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sartirana" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Trinchero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healthpol.2025.105412" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380032v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Minvielle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Scott&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-023-07735-1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379519v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147723v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asta Pundziene" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neringa Gerulaitiene" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Mathieu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.technovation.2023.102748" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943927v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Saleh Farazi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.technovation.2022.102625" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03420806v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/AAAJ-12-2019-4309" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998327v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Commeiras" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggrickx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.192.0035" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02091787v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cohard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03596359v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Grima" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brunel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Taphanel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1053837ar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01937814v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057154v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Aug&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Naro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1060892ar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02608188v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Amadieu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100570v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank G.H. Hartmann" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healthpol.2013.02.003" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LX3J47WX-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01825502v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cca.183.0067" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01044826v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Commeiras" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02118161v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jgem.116.0294" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447911v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229597v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920487v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03672303v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03672293v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Farazi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998344v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggricks" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059741v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengjing Sun" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaochen Zheng" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Ordieres-Mer&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02118327v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggrikx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02118325v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840556v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907562v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Noel Chauvey" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112205v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078570v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vernhet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130006v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rivi&#232;re" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Prudhomme" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02094338v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deville" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sponem" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02094371v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grima" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rivi&#232;re" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122117v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Riviere" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333032v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122112v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rivi&#232;re" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122123v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00690953v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122128v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484236v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00460130v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bonache" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Maurice" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Moris" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274589v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192007v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867084v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Barreda" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Ludec" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Mercier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nagot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.giord.2022.01.0107" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842969v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867106v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.chape.2018.01.0255" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121423v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121434v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02102688v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. San Martino" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02102683v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02102685v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00560745v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>