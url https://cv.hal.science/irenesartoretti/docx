--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -75,1740 +75,1848 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Porte du Hainaut : penser le tourisme avec et pour les habitants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Huftier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Oumheta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espaces. Tourisme et loisirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, Habitants et Tourisme, 389</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risorse pubbliche ma non per tutti: gli adolescenti alle prese con tante possibilità e altrettante forme di esclusione</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Città in controluce</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (41-42), pp.74-86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des spatialités aux capacités, comment l’expérience des élèves participe de la construction personnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shin A. Koseki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SociologieS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, https://journals.openedition.org/sociologies/18288</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des espaces de l’inégalité scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shin A. Koseki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éducation &amp; formations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 102, pp.39-66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des espaces de l'inégalité scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shin Koseki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éducation &amp; formations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Les territoires de l'éducation : des approches nouvelles, des enjeux renouvelés, 102, pp.39-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48464/ef-102-03⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03347654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’espace domestique comme fait social total. Penser avec la photographie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Manuelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EspacesTemps.net</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, https://www.espacestemps.net/articles/lespace-domestique-comme-fait-social-total-penser-avec-la-photographie/. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26151/espacestemps.net-ex8e-mb42⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arts, sciences : le temps de l’hybridation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EspacesTemps.net</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, https://www.espacestemps.net/articles/arts-sciences-le-temps-de-lhybridation/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalle nuove pratiche di mobilità al progetto: sguardi incrociati fra Cina ed Europa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristiana Mazzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trasporti &amp; Cultura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalle nuove pratiche di mobilità al progetto: letture sensibili di Shanghai</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristiana Mazzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trasporti &amp; Cultura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 50, pp.89-95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Art sur la route</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clet Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 100, https://www.flux100.cnrs.fr/spip.php?article7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension d'ouvrage : « Giovanni Semi. Gentrification ? Tutte le città come Disneyland, Bologna, Il Mulino, Prefazione di Sharon Zukin, 240 pp. »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Polis. Ricerche e studi su società e politica in Italia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 133-135</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobile Ikea e vissuti domestici contemporanei. Analisi micrologica di fenomeni globali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologia Italiana </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1485/AIS_2016/7_APRILE_3349456⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casa oltre casa: alcune rappresentazioni contemporanee dello spazio domestico in architettura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Im@go. A journal of the Social Imaginary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3, pp.26-46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05149931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La modernizzazione difficile. Una generazione di architetti tra politica, filosofia e scienze sociali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Sartoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologia urbana e rurale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 95, pp.99-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3280/SUR2011-095006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interstizi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Bottini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giampaolo Nuvolati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Sartoretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Giulio Iacoli et al. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le parole dello spazio. Un lessico per le scienze della cultura</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cesati, 2025, 979-12-5496-249-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05149885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Echo-M : Towards an Ethical Framework for Selecting Cultural Heritage Objects for Digitization in Metaverse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khouloud Boukadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najla Fattouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Makram Mestiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Sartoretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huftier Arnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Leonard Barolli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Information Networking and Applications: Proceedings of the 39th International Conference on Advanced Information Networking and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Springer Nature, pp.365-376, 2025, 9783031877629</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05149859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chez-soi : les espaces, les décors, les vécus et leurs évolutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Sartoretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Giampaolo Nuvolati. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enciclopedia Sociologica dei Luoghi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, pp.97-112, 2019, ISBN-10 8855261215</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04521079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sous la carapace : une approche sensible pour expérimenter la métropole shanghaienne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Formes et lieux de la mobilité lente : scenarii pour la gare centrale de Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristiana Mazzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Sartoretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Cristiana Mazzoni; et al. </w:t>
+              <w:t xml:space="preserve">Cristiana Mazzoni; Roberta Borghi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Shanghai, Kaleidoscopic city</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.139-150, 2018, ISBN-13 979-1094148044</w:t>
+              <w:t xml:space="preserve">Strasbourg métropole. La ville-énergie : futurs possibles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.289-301, 2018, ISBN 979-10-94148-03-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04521073v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formes et lieux de la mobilité lente : scenarii pour la gare centrale de Strasbourg</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Sous la carapace : une approche sensible pour expérimenter la métropole shanghaienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristiana Mazzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Sartoretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Cristiana Mazzoni; Roberta Borghi. </w:t>
+              <w:t xml:space="preserve">Cristiana Mazzoni; et al. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Strasbourg métropole. La ville-énergie : futurs possibles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.289-301, 2018, ISBN 979-10-94148-03-7</w:t>
+              <w:t xml:space="preserve">Shanghai, Kaleidoscopic city</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.139-150, 2018, ISBN-13 979-1094148044</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...1113 lines deleted...]
-                <w:t xml:space="preserve">hal-04520332v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intimi Universi. Un viaggio attraverso spazi, arredi e vissuti domestici</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Sartoretti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, ISBN: 9788857536651</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04521098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId44"/>
+      <w:footerReference w:type="default" r:id="rId48"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1955,51 +2063,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149885v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Bottini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampaolo Nuvolati" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Sartoretti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149859v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Boukadi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Fattouch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makram Mestiri" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huftier Arnaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521079v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521073v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Mazzoni" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521076v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521064v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521051v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques L&#233;vy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shin A. Koseki" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03347654v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shin Koseki" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-102-03" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520661v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520591v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Manuelli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26151/espacestemps.net-ex8e-mb42" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520568v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787536v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520545v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520410v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clet Abraham" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521094v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520374v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1485/AIS_2016/7_APRILE_3349456" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149931v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520332v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/SUR2011-095006" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521098v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565582v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Sartoretti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huftier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Oumheta" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521064v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521051v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques L&#233;vy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shin A. Koseki" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520661v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03347654v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shin Koseki" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-102-03" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520591v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Manuelli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26151/espacestemps.net-ex8e-mb42" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520568v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787536v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Mazzoni" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520545v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520410v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clet Abraham" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521094v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520374v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1485/AIS_2016/7_APRILE_3349456" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149931v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520332v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/SUR2011-095006" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149885v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Bottini" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampaolo Nuvolati" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149859v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Boukadi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Fattouch" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makram Mestiri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huftier Arnaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521079v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521076v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521073v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521098v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>