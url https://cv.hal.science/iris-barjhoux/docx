--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -985,295 +985,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03575469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Insights into Cellular Impacts of Metals in Aquatic Animals</w:t>
+                <w:t xml:space="preserve">Seasonal monitoring of cellular energy metabolism in a sentinel species, Dreissena polymorpha (bivalve): Effect of global change?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aimie Le Saux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elise David</w:t>
+                <w:t xml:space="preserve">Fanny Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Betoulle</w:t>
+                <w:t xml:space="preserve">Béatrice Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iris Barjhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bultelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Rocher</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Dedourge-Geffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/environments7060046⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 725, pp.138450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.138450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02883963v1</w:t>
+                <w:t xml:space="preserve">hal-02901138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal monitoring of cellular energy metabolism in a sentinel species, Dreissena polymorpha (bivalve): Effect of global change?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New Insights into Cellular Impacts of Metals in Aquatic Animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimie Le Saux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Louis</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Stéphane Betoulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bultelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Rocher</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Odile Dedourge-Geffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 725, pp.138450. </w:t>
+              <w:t xml:space="preserve">Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (6), pp.46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.138450⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/environments7060046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02901138v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02883963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new protocol for the simultaneous flow cytometric analysis of cytotoxicity and immunotoxicity on zebra mussel (Dreissena polymorpha) hemocytes</w:t>
               </w:r>
@@ -3730,51 +3730,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7B9A7F85"/>
+    <w:nsid w:val="DD51886D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3961,51 +3961,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/iris-barjhoux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9862-9891" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160580641" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05329630v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Montembault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rioult" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Barjhoux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Villaume" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gaveau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.119033" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724420v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliciane de Almeida Roque" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Zablocki da Luz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Filipak Neto" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01480545.2024.2397432" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04382625v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliciane De Almeida Roque" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cosio" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciro Alberto De Oliveira Ribeiro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2023.153557" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04047998v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Palos Ladeiro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Dedourge-Geffard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise David" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12302-022-00692-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03689804v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Barrick" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Marion" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ch&#226;tel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Perrein-Ettajani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2021.105528" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575469v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Mbakidi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawther Aguibi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.1c03982" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883963v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimie Le Saux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Betoulle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bultelle" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Rocher" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/environments7060046" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901138v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Louis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.138450" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433472v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Palos Ladeiro" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2019.12.092" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153600v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise C. Fechner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie D. Lebrun" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Anzil" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-6993-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153596v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Simon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barjhoux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Camilleri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gagnaire" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Cavalie" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2018.08.011" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SWQF4BZ0-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153604v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cl&#233;randeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyn Le Menach" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Anschutz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gonzalez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2017.04.059" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153605v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Baudrimont" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cachot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-6995-4" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153609v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Budzinski" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-2895-7" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153613v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Morin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Landi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2012.01.011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03152539v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Filatreau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vicquelin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guinel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-010-4602-y" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5G6RQJJH-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153615v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436877v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184920v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Hur&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Marie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lance" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724238v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dutroncy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pignol" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charpentier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Silvestre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11962.91845" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04361102v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bouquillon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lance Emilie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604700v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Anzil" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ayrault" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822255v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonnard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Goutte" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Oziol" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_384" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434912v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bigot-Clivot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/67995" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602455v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Tales" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Pichon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Mathieu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Zahm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/iris-barjhoux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9862-9891" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/160580641" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05329630v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Montembault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rioult" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Barjhoux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Villaume" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gaveau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.119033" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724420v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliciane de Almeida Roque" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Zablocki da Luz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Filipak Neto" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01480545.2024.2397432" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04382625v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliciane De Almeida Roque" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cosio" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciro Alberto De Oliveira Ribeiro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2023.153557" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04047998v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Palos Ladeiro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Dedourge-Geffard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise David" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12302-022-00692-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-03689804v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Barrick" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Marion" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Ch&#226;tel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Perrein-Ettajani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2021.105528" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575469v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Mbakidi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawther Aguibi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.1c03982" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901138v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Louis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Rocher" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bultelle" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.138450" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883963v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimie Le Saux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Betoulle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/environments7060046" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433472v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Palos Ladeiro" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2019.12.092" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153600v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise C. Fechner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie D. Lebrun" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Anzil" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-6993-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153596v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Simon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Barjhoux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Camilleri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gagnaire" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Cavalie" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2018.08.011" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SWQF4BZ0-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153604v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cl&#233;randeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyn Le Menach" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Anschutz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gonzalez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2017.04.059" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153605v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Baudrimont" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cachot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-6995-4" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153609v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Budzinski" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-2895-7" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153613v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Morin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Landi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2012.01.011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03152539v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Filatreau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vicquelin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guinel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-010-4602-y" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5G6RQJJH-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153615v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436877v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184920v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Hur&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Marie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lance" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724238v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dutroncy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pignol" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charpentier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Silvestre" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11962.91845" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04361102v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bouquillon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lance Emilie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604700v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Anzil" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ayrault" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822255v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonnard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Goutte" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Oziol" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_384" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434912v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bigot-Clivot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/67995" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602455v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Tales" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Pichon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Mathieu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Zahm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>