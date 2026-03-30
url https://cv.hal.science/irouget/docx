--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -6838,277 +6838,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03667332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">National inventory of geological heritage in France: methodology, content and uses</w:t>
+                <w:t xml:space="preserve">Les collections et sites muséographiques dans l’inventaire national du patrimoine géologique : intérêt, état des lieux, lacunes et perspectives.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berthet Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brun Patrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Egoroff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">François Bétard</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Jouhannel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ProGEO SW Europe Regional Working Group "Virtual Conference on Geoconservation”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Online, Portugal</w:t>
+              <w:t xml:space="preserve">Collections de sciences de la Terre : pétrologie, minéralogie, paléontologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Villers-sur-Mer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03714159v1</w:t>
+                <w:t xml:space="preserve">hal-03764696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les collections et sites muséographiques dans l’inventaire national du patrimoine géologique : intérêt, état des lieux, lacunes et perspectives.</w:t>
+                <w:t xml:space="preserve">National inventory of geological heritage in France: methodology, content and uses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Berthet Didier</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Egoroff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brun Patrick</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Egoroff</w:t>
+                <w:t xml:space="preserve">Jacques Avoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvaine Jouhannel</w:t>
+                <w:t xml:space="preserve">Laura Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bétard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collections de sciences de la Terre : pétrologie, minéralogie, paléontologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Villers-sur-Mer, France</w:t>
+              <w:t xml:space="preserve">ProGEO SW Europe Regional Working Group "Virtual Conference on Geoconservation”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Online, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03764696v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does the shape of coleoid beaks bear an ecological signal?</w:t>
               </w:r>
@@ -8055,273 +8055,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03978614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géologie et écologie, regards croisés sur le patrimoine naturel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Rouget</w:t>
+                <w:t xml:space="preserve">Exceptionally preserved soft tissues of Vampyronassa rhodanica provide new insights on the evolution and palaeoecology of vampyroteuthids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Rowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Kruta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelie Lacoeuilhe</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hen-Jan T. Hoving</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neil H Landman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Villier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10 ans de partenariats pour la biodiversité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMS-Patrimoine naturel, Mar 2019, Paris, France. pp.77</w:t>
+              <w:t xml:space="preserve">Annual Meeting 2021, Palaeontological Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03066325v1</w:t>
+                <w:t xml:space="preserve">hal-03838556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exceptionally preserved soft tissues of Vampyronassa rhodanica provide new insights on the evolution and palaeoecology of vampyroteuthids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Kruta</w:t>
+                <w:t xml:space="preserve">Géologie et écologie, regards croisés sur le patrimoine naturel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Lacoeuilhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Roquinarc'h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Egoroff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hen-Jan T. Hoving</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elise Auberger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting 2021, Palaeontological Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Manchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">10 ans de partenariats pour la biodiversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMS-Patrimoine naturel, Mar 2019, Paris, France. pp.77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03838556v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03066325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intéresser à la géologie à travers les sciences participatives</w:t>
               </w:r>
@@ -10492,273 +10492,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrimoine géologique et politiques publiques : apports et perspectives de l’INPG</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Patrimoine en chantier : les roches du bâti prennent forme au MNHN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Morand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Egoroff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sans-Jofre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Noyes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29e Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05371229v1</w:t>
+                <w:t xml:space="preserve">hal-05371268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrimoine en chantier : les roches du bâti prennent forme au MNHN</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Patrimoine géologique et politiques publiques : apports et perspectives de l’INPG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Egoroff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Morand</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Francois Betard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29e Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05371268v1</w:t>
+                <w:t xml:space="preserve">hal-05371229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A National Geological Heritage Inventory as a tool for nature protection policies</w:t>
               </w:r>
@@ -10770,51 +10770,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Egoroff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Betard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XII International ProGEO SYmposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Tulcea, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10941,260 +10941,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of coleoid neuroanatomy</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geoheritage and geoconservation in SW Europe: achievements and challenges in France, Italy, Portugal and Spain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Maria Bollati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manu Monge-Ganuzas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Palaeontological Association 67th Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Cambrigde, United Kingdom</w:t>
+              <w:t xml:space="preserve">XI th International ProGEO Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Charnwood Forest Geopark, Loughborough, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04795254v1</w:t>
+                <w:t xml:space="preserve">hal-04374270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoheritage and geoconservation in SW Europe: achievements and challenges in France, Italy, Portugal and Spain</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evolution of coleoid neuroanatomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Klug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helmut Tischlinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Pohle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XI th International ProGEO Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Charnwood Forest Geopark, Loughborough, United Kingdom</w:t>
+              <w:t xml:space="preserve">The Palaeontological Association 67th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Cambrigde, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04374270v1</w:t>
+                <w:t xml:space="preserve">hal-04795254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-approach imaging techniques shed new light on Lebanese gladius-bearing coleoids</w:t>
               </w:r>
@@ -14552,336 +14552,336 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03756865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective Terre Solide 2021-2025</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cartes du Réseau et cartes d’évaluation de l’impact du DIM Matériaux anciens et patrimoniaux : Projets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Anheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Scaillet</w:t>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">INSU, CNRS. 2021</w:t>
+                <w:t xml:space="preserve">Leïla Saffray</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] Centre national de la recherche scientifique (CNRS). 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04795791v1</w:t>
+                <w:t xml:space="preserve">hal-03756938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartes du Réseau et cartes d’évaluation de l’impact du DIM Matériaux anciens et patrimoniaux : Projets</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Rouget</w:t>
+                <w:t xml:space="preserve">Prospective Terre Solide 2021-2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Scaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Tommasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Humler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leïla Saffray</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] Centre national de la recherche scientifique (CNRS). 2021</w:t>
+                <w:t xml:space="preserve">France Lagroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INSU, CNRS. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-03756938v1</w:t>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04795791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expertise géologique sur le Domaine du Bois de Bouis - Vidauban (Var, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Egoroff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Auberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Roquinarc'h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lacoeuilhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15085,51 +15085,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500096v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gousset" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouget" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Mijares" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent D&#233;troit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cla.70027" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142794v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Pereira" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Maria Bollati" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Monge-Ganuzas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12371-025-01102-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293247v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Maliuk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Dziedzic" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsalan Marghoub" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2025.107472" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265141v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Rowe" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Saleh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulfa Belhadj" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Radepont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13358-025-00398-x" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631331v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Souquet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kruta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Roscian" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Andr&#233;oletti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Sirot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18261/let.57.2.2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891644v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Villier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gueriau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4202/app.01160.2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585110v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simeng Wang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Didziokas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Evans" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-024-04451-0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04490124v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jattiot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Coquel-Poussy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.16894" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206739v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Lehmann" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2023.105651" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109737v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;tard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hobl&#233;a" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Aubron" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Billet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12371-023-00824-x" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147373v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.1511" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107688v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick De Wever" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences13030069" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374384v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Klug" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Hoffmann" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Tischlinger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Fuchs" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Pohle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13358-023-00285-3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977749v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charbonnier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slah Boulila" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Galbrun" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Laskar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gardin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12754" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107662v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basuyaux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Guichard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-023-04224-1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109744v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Uyeno" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Adriaens" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmor.21595" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838517v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714087v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil H Landman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fernandez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-12269-3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887308v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Xavier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Golikov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Queir&#243;s" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Perales-Raya" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rigoberto Rosas-Luis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.1038064" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683030v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Zaharias" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cornette" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14098" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764901v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Graviou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03222274v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delapr&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cherel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.7607" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120787v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Egoroff" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yorick Reyjol" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick de Wever" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032881v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myette Guiomar" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615945v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Steinhausser" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066569v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Cecca" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cla.12151" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01469189v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syw052" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396856v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charbonnier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pala.12265" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910756v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Huret" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda A. Hinnov" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2013.10.047" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066590v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Mary Yacobucci" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1749-4877.12076" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NLTXGHG6-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066581v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benzaggagh" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Theodor F&#252;rsich" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2014.937204" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406499v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.09.036" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066585v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/njgpa/2014/0449" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585221v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/g2013n2a2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585231v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Landman" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tafforeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-4983.2012.01188.x" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678152v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Neige" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577743v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bergerat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Collin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;line Ganzhorn" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2010.10.003" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N2Z3DPZR-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628581v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kruta" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Landman" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rouget" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cecca" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tafforeau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551550v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. H. Landman" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.L. Larson" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551253v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benzaggagh" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367182v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brayard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gerber" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2008.09.002" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52KD3J5B-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548805v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Tanabe" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410646v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Leli&#232;vre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zaragu&#235;ta Bagils" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2007.12.007" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LJLPKDNM-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096881v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069307v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nardin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Neige" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069208v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Dommergues" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585349v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1475-4983.00169" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585323v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585340v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cavin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Boudad" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duffaud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcen Kabiri" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le L&#339;uff" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1251-8050(01)01674-3" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TTHLLPGC-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513703v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lepareur" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Aussel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855073v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855067v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sans-Jofre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Nicot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716202v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Noyes" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855062v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795343v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Corn&#233;e" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716185v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Frizon de Lamotte" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764753v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Justice" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667332v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714159v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Avoine" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Baillet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764696v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berthet Didier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brun Patrick" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Jouhannel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665412v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cornette" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837806v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Royal Mapes" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887355v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Germain" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838223v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665422v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838015v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714150v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288512v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978614v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Salvador Mijares" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066325v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Lacoeuilhe" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Roquinarc'h" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Auberger" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838556v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hen-Jan T. Hoving" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615977v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;naida Le Moine" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225321v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979845v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2021.iss1.75" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288545v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Mansilla-Sanchez" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Detienne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225331v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire de Kermadec" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615975v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588279v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288622v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032913v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mouchi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pazz&#233; L&#233;o" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannnicke Dauphin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976079v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066411v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066285v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044316v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evariste Monvoisin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044301v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066608v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desmares" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coroyer G." TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Grosheny" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066176v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066213v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066515v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199785v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Moyne" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371188v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouziat" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schmitz" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Snoussi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371229v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Betard" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371268v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Morand" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371205v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371200v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795254v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374270v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838118v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimie Doriath-D&#246;ler" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Piguet-Ruinet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160100v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978572v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8860" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837994v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665451v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk-Jan Hoving" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611647v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rh. Mapes" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04254534v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066307v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manys Pes" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066501v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Goussard" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Wils" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319175v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066436v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dauphin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426089v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delzons" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611888v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hoblea" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829914v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829901v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829969v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dewever" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829958v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Callonnec" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merle" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thibieroz" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829934v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829954v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838170v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sansjofre" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/la_terre_le_vivant_les_humains-9782348075650" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838152v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c016" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751663v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c015" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838141v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c102" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611863v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Lalanne" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185856v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838496v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Billet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255210v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bertrand" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Romary" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Thomas" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence de Viguerie" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951928v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Anheim" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie David" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03756865v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fleur Barfuss" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04795791v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Scaillet" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tommasi" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Humler" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Guillot" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Lagroix" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03756938v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Saffray" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04260443v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gourdain" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lacoeuilhe" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500096v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gousset" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouget" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Mijares" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent D&#233;troit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cla.70027" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142794v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Pereira" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Maria Bollati" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Monge-Ganuzas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12371-025-01102-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293247v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiia Maliuk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Dziedzic" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsalan Marghoub" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2025.107472" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265141v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Rowe" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Saleh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulfa Belhadj" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Radepont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13358-025-00398-x" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631331v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Souquet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kruta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Roscian" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Andr&#233;oletti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Sirot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18261/let.57.2.2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891644v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Villier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gueriau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4202/app.01160.2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585110v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simeng Wang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Didziokas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Evans" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-024-04451-0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04490124v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jattiot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Coquel-Poussy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.16894" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206739v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Lehmann" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2023.105651" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109737v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;tard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hobl&#233;a" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Aubron" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Billet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12371-023-00824-x" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147373v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.1511" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107688v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick De Wever" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences13030069" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374384v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Klug" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Hoffmann" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Tischlinger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Fuchs" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Pohle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13358-023-00285-3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977749v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charbonnier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slah Boulila" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Galbrun" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Laskar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gardin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12754" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107662v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basuyaux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Guichard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-023-04224-1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109744v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Uyeno" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Adriaens" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmor.21595" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838517v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714087v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil H Landman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fernandez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-12269-3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887308v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Xavier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Golikov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Queir&#243;s" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Perales-Raya" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rigoberto Rosas-Luis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.1038064" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683030v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Zaharias" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cornette" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14098" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764901v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Graviou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03222274v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delapr&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cherel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.7607" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120787v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Egoroff" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yorick Reyjol" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick de Wever" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032881v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myette Guiomar" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615945v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Steinhausser" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066569v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Cecca" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cla.12151" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01469189v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syw052" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396856v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charbonnier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pala.12265" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910756v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Huret" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda A. Hinnov" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2013.10.047" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066590v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Mary Yacobucci" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1749-4877.12076" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NLTXGHG6-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066581v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benzaggagh" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Theodor F&#252;rsich" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2014.937204" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406499v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.09.036" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066585v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/njgpa/2014/0449" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585221v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/g2013n2a2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585231v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Landman" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tafforeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-4983.2012.01188.x" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678152v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Neige" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577743v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bergerat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Collin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;line Ganzhorn" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2010.10.003" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N2Z3DPZR-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628581v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kruta" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Landman" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rouget" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cecca" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tafforeau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551550v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. H. Landman" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.L. Larson" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551253v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benzaggagh" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367182v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brayard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gerber" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2008.09.002" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-52KD3J5B-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00548805v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Tanabe" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00410646v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Leli&#232;vre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zaragu&#235;ta Bagils" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2007.12.007" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LJLPKDNM-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096881v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069307v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nardin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Neige" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069208v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Dommergues" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585349v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1475-4983.00169" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585323v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585340v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Cavin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Boudad" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duffaud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcen Kabiri" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Le L&#339;uff" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1251-8050(01)01674-3" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TTHLLPGC-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513703v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lepareur" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Aussel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855073v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855067v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sans-Jofre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Nicot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716202v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Noyes" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855062v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795343v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Corn&#233;e" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716185v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Frizon de Lamotte" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764753v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Justice" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667332v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764696v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berthet Didier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brun Patrick" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Jouhannel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714159v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Avoine" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Baillet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665412v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cornette" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837806v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Royal Mapes" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887355v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Germain" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838223v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665422v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838015v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714150v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288512v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978614v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Salvador Mijares" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838556v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hen-Jan T. Hoving" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066325v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Lacoeuilhe" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Roquinarc'h" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Auberger" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615977v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;naida Le Moine" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225321v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979845v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2021.iss1.75" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288545v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Mansilla-Sanchez" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Detienne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225331v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire de Kermadec" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615975v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588279v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288622v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032913v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mouchi" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pazz&#233; L&#233;o" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannnicke Dauphin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976079v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066411v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066285v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044316v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evariste Monvoisin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044301v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066608v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desmares" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coroyer G." TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Grosheny" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066176v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066213v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066515v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00199785v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Moyne" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371188v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouziat" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Schmitz" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Snoussi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371268v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Morand" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371229v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Betard" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371205v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371200v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374270v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795254v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838118v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimie Doriath-D&#246;ler" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Piguet-Ruinet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160100v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978572v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.8860" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837994v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665451v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk-Jan Hoving" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611647v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rh. Mapes" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04254534v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066307v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manys Pes" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066501v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Goussard" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Wils" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319175v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066436v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dauphin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426089v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Delzons" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611888v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Hoblea" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829914v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829901v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829969v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dewever" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829958v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Callonnec" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merle" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thibieroz" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829934v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829954v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838170v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sansjofre" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/la_terre_le_vivant_les_humains-9782348075650" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838152v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c016" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751663v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c015" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838141v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2718-3.c102" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611863v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Lalanne" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01185856v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838496v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Billet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255210v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bertrand" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Romary" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Thomas" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence de Viguerie" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951928v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Anheim" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Tengberg" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie David" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03756865v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fleur Barfuss" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03756938v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Saffray" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04795791v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Scaillet" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tommasi" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Humler" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Guillot" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Lagroix" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04260443v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gourdain" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lacoeuilhe" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>