--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -910,278 +910,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04319294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Chemotherapy on the Ovaries: Molecular Aspects and the Prevention of Ovarian Damage</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ATG7 and ATG9A loss-of-function variants trigger autophagy impairment and ovarian failure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël Grynberg</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Clémence Delcour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larbi Amazit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Patino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Fagart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms20215342⟩</w:t>
+              <w:t xml:space="preserve">Genetics in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (4), pp.930-938. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41436-018-0287-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04319288v1</w:t>
+                <w:t xml:space="preserve">hal-04319232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ATG7 and ATG9A loss-of-function variants trigger autophagy impairment and ovarian failure</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Françoise Magnin</w:t>
+                <w:t xml:space="preserve">The Impact of Chemotherapy on the Ovaries: Molecular Aspects and the Prevention of Ovarian Damage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Sonigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Beau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Binart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Fagart</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michaël Grynberg</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics in Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 21 (4), pp.930-938. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (21), pp.5342. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41436-018-0287-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms20215342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04319232v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional evidence implicating NOTCH2 missense mutations in primary ovarian insufficiency etiology</w:t>
               </w:r>
@@ -2333,575 +2333,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02895986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet autocrine de la prolactine dans la tumorigenèse de l’adénome lactotrope : un modèle d’invalidation spécifique de son récepteur</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Lamothe</w:t>
+                <w:t xml:space="preserve">Analysis of the role of autophagy inhibition by two complementary human cytomegalovirus BECN1/Beclin 1-binding proteins.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Mouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Bernard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">I. Beau</w:t>
+                <w:t xml:space="preserve">Eva Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Autret</w:t>
+                <w:t xml:space="preserve">Dorine Bonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebekka Brost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larbi Amazit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2016.07.058⟩</w:t>
+              <w:t xml:space="preserve">Autophagy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (2), pp.327-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15548627.2015.1125071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03142937v1</w:t>
+                <w:t xml:space="preserve">hal-01344313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the role of autophagy inhibition by two complementary human cytomegalovirus BECN1/Beclin 1-binding proteins.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lina Mouna</w:t>
+                <w:t xml:space="preserve">Effet autocrine de la prolactine dans la tumorigenèse de l’adénome lactotrope : un modèle d’invalidation spécifique de son récepteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lamothe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Hernandez</w:t>
+                <w:t xml:space="preserve">V. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duvoid-Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorine Bonte</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Larbi Amazit</w:t>
+                <w:t xml:space="preserve">G. Autret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autophagy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 77 (4), pp.253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2016.07.058⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15548627.2015.1125071⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01344313v1</w:t>
+                <w:t xml:space="preserve">hal-03142937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primary-cilium-dependent autophagy controls epithelial cell volume in response to fluid flow</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Germline Prolactin Receptor Mutation Is Not a Major Cause of Sporadic Prolactinoma in Humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Bouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Beau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Idil Orhon</w:t>
+                <w:t xml:space="preserve">Isabelle Broutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Dupont</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Martine Burtin</w:t>
+                <w:t xml:space="preserve">Philippe Chanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Cell Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncb3360⟩</w:t>
+              <w:t xml:space="preserve">Neuroendocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 103 (6), pp.738-745. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000442981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03933678v1</w:t>
+                <w:t xml:space="preserve">hal-02519628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Germline Prolactin Receptor Mutation Is Not a Major Cause of Sporadic Prolactinoma in Humans</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Beau</w:t>
+                <w:t xml:space="preserve">Primary-cilium-dependent autophagy controls epithelial cell volume in response to fluid flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idil Orhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Zaidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Broutin</w:t>
+                <w:t xml:space="preserve">Valérie Boitez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Chanson</w:t>
+                <w:t xml:space="preserve">Martine Burtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroendocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 103 (6), pp.738-745. </w:t>
+              <w:t xml:space="preserve">Nature Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (6), pp.657-667. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1159/000442981⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ncb3360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02519628v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03933678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of Multiple Gene Mutations Accounts for a new Genetic Architecture of Primary Ovarian Insufficiency</w:t>
               </w:r>
@@ -4040,286 +4040,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01960665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequential cleavage and excision of a segment of the thyrotropin receptor ectodomain</w:t>
+                <w:t xml:space="preserve">Gonadotropin receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon de Bernard</w:t>
+                <w:t xml:space="preserve">Mai Thu Vu Hai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micheline Misrahi</w:t>
+                <w:t xml:space="preserve">Nicolas de Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Huet</w:t>
+                <w:t xml:space="preserve">Nicolae Ghinea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Agnès Desroches</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Loosfelt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 60 (2), pp.89</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02693822v1</w:t>
+                <w:t xml:space="preserve">hal-04618896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gonadotropin receptors</w:t>
+                <w:t xml:space="preserve">Sequential cleavage and excision of a segment of the thyrotropin receptor ectodomain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mai Thu Vu Hai</w:t>
+                <w:t xml:space="preserve">Simon de Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas de Roux</w:t>
+                <w:t xml:space="preserve">Micheline Misrahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolae Ghinea</w:t>
+                <w:t xml:space="preserve">Jean-Claude Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hugues Loosfelt</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Desroches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 274 (1), pp.101-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.274.1.101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04618896v1</w:t>
+                <w:t xml:space="preserve">hal-02693822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Basolateral Localization Signal of the Follicle-stimulating Hormone Receptor</w:t>
               </w:r>
@@ -4357,51 +4357,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Le Bivic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Loosfelt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 273 (29), pp.18610-18616. </w:t>
@@ -4452,90 +4452,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonadotrophin and Thyrotrophin Receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Milgrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas de Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolae Ghinea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Loosfelt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hormone Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 48 (4), pp.33-37. </w:t>
@@ -4586,90 +4586,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basolateral Localization and Transcytosis of Gonadotropin and Thyrotropin Receptors Expressed in Madin-Darby Canine Kidney Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micheline Misrahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babette Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Loosfelt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 272 (8), pp.5241-5248. </w:t>
@@ -4707,103 +4707,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonadotropin and thyrostimulin receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micheline Misrahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micheline Misrahi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas de Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolae Ghinea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Beau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Loosfelt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Επιθεώρηση Κλινικής Φαρμακολογίας και Φαρμακοκινητικής – Διεθνής Έκδοση = Review of Clinical Pharmacology and Pharmacokinetics – International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 11 (1), pp.13-17</w:t>
@@ -5423,51 +5423,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895227v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lorenzo de Brionne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Sellami" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Trassard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Beau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-73158-7_17" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600701v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Lecot-Connan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Boumerdassi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Magnin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Binart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kamenick&#253;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202302141R" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04337429v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sonigo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2023.03.013" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688894v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chasseloup" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourdeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tabarin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Regazzo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dumontet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-8587(21)00236-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03285572v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Klionsky" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Kamal Abdel-Aziz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Abdelfatah" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Abdellatif" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asghar Abdoli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2020.1797280" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04319294v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Renault" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Pati&#241;o" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Delemer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Young" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgz226" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04319288v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Grynberg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20215342" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04319232v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Delcour" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Amazit" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Patino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fagart" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41436-018-0287-y" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04319242v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.23667" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04319231v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Grynberg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1179558119854755" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04304885v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Carlosama" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Catherine Pati&#241;o" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cen.13749" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02071077v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bernard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lamothe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Beau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duvoid-Guillou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s O Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201701111RR" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03105451v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sonigo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Jankowski" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Yoo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Trassard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bousquet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31883-8" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176999v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chaumorcel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lussignol" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Mouna" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Cavignac" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamau Fahie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00252-18" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515405v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201801089R" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02304895v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Hugon-Rodin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gompel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dod&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12881-017-0407-6" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895986v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bouilly" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Barraud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13048-017-0345-0" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142937v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bernard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Autret" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2016.07.058" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1TJ150ZJ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344313v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Hernandez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine Bonte" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebekka Brost" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2015.1125071" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933678v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idil Orhon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupont" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Zaidan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Boitez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Burtin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncb3360" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519628v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Broutin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chanson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000442981" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896004v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kemal Azibi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2016-2152" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496768v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Abdalla" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hagai Abeliovich" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Abraham" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Acevedo-Arozena" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/auto.19496" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514892v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Marin-Esteban" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Turbica" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dufour" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Semiramoth" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Gleizes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.00050-12" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735751v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J Klionsky" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio C Abdalla" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert T Abraham" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/auto.8.4.19496" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00178497v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boyer-Di Ponio" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Wright-Crosnier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Groyer-Picard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Driancourt" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddm222" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00204080v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Cotte-Laffitte" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique G&#233;niteau-Legendre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary K. Estes" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L. Servin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2007.00956.x" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00204021v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Berger" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2006.00827.x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00203803v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Amsellem" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00263-07" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01960665v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Desroches" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Condamine" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leprince" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/me.2003-0130" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693822v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Bernard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Misrahi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Huet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.274.1.101" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618896v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Thu Vu Hai" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Roux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolae Ghinea" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Loosfelt" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581809v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Le Bivic" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Vannier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.273.29.18610" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581656v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Milgrom" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000191310" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581724v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babette Gross" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.272.8.5241" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592922v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581577v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Misrahi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ghinea" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Loosfelt" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0303-7207(96)03953-6" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6PQ8M6GW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04650967v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakina Mhaouty-Kodja" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Habert" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Babajko" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cabaton" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04166740v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J. Cabaton" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895227v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Blot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lorenzo de Brionne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Sellami" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Trassard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Beau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-73158-7_17" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600701v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Lecot-Connan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Boumerdassi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Magnin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Binart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kamenick&#253;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202302141R" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04337429v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sonigo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2023.03.013" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688894v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chasseloup" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourdeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tabarin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Regazzo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dumontet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-8587(21)00236-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03285572v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Klionsky" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Kamal Abdel-Aziz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Abdelfatah" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Abdellatif" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asghar Abdoli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2020.1797280" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04319294v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Renault" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Pati&#241;o" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Delemer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Young" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgz226" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04319232v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Delcour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Amazit" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Patino" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fagart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41436-018-0287-y" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04319288v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Grynberg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20215342" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04319242v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.23667" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04319231v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Grynberg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1179558119854755" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04304885v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Carlosama" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Catherine Pati&#241;o" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cen.13749" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02071077v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bernard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lamothe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Beau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duvoid-Guillou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s O Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201701111RR" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03105451v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sonigo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Jankowski" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Yoo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Trassard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bousquet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31883-8" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176999v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chaumorcel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lussignol" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Mouna" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Cavignac" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamau Fahie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00252-18" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515405v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201801089R" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02304895v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Hugon-Rodin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gompel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dod&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12881-017-0407-6" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02895986v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bouilly" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Barraud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13048-017-0345-0" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344313v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Hernandez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorine Bonte" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebekka Brost" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2015.1125071" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142937v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bernard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Autret" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2016.07.058" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1TJ150ZJ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519628v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Broutin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chanson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000442981" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933678v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idil Orhon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupont" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Zaidan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Boitez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Burtin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncb3360" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896004v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kemal Azibi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2016-2152" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496768v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Abdalla" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hagai Abeliovich" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Abraham" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abraham Acevedo-Arozena" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/auto.19496" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514892v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Marin-Esteban" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Turbica" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dufour" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Semiramoth" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Gleizes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/iai.00050-12" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735751v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J Klionsky" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio C Abdalla" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert T Abraham" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/auto.8.4.19496" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00178497v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boyer-Di Ponio" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Wright-Crosnier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Groyer-Picard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Driancourt" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddm222" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00204080v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Cotte-Laffitte" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique G&#233;niteau-Legendre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary K. Estes" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L. Servin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2007.00956.x" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00204021v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Berger" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2006.00827.x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00203803v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Amsellem" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00263-07" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01960665v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Desroches" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Condamine" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leprince" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/me.2003-0130" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618896v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Thu Vu Hai" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Roux" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolae Ghinea" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Loosfelt" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693822v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Bernard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Misrahi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Huet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.274.1.101" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581809v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Le Bivic" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Vannier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.273.29.18610" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581656v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Milgrom" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000191310" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581724v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babette Gross" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.272.8.5241" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592922v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581577v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Misrahi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ghinea" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Loosfelt" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0303-7207(96)03953-6" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6PQ8M6GW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04650967v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakina Mhaouty-Kodja" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Habert" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Babajko" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cabaton" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04166740v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J. Cabaton" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>