--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -572,277 +572,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02821721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flowering time trait, gene and microsatellite differentiation among experimental populations of wheat</w:t>
+                <w:t xml:space="preserve">Soft sweeps in experimental selfing populations : consequences for hitch-hiking mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Isabelle Goldringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Raquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Rhoné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Remoue</w:t>
+                <w:t xml:space="preserve">Nathalie Galic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Galic</w:t>
+                <w:t xml:space="preserve">Philippe Brabant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. International congress of european society for evolutionary biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2007, Uppsala, Sweden</w:t>
+              <w:t xml:space="preserve">, Aug 2007, Upsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02819999v1</w:t>
+                <w:t xml:space="preserve">hal-02815621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft sweeps in experimental selfing populations : consequences for hitch-hiking mapping</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Flowering time trait, gene and microsatellite differentiation among experimental populations of wheat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Rhoné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Goldringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Raquin</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Renaud Vitalis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Remoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Galic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Brabant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. International congress of european society for evolutionary biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2007, Upsala, Sweden</w:t>
+              <w:t xml:space="preserve">, Aug 2007, Uppsala, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02815621v1</w:t>
+                <w:t xml:space="preserve">hal-02819999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bases génétiques de l'évolution adaptative de populations végétales en gestion dynamique : données expérimentales et modélisation</w:t>
               </w:r>
@@ -1320,217 +1320,217 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La préservation et la restauration de la biodiversité des implantations INRAE, un projet piloté par la Direction Responsabilité Sociétale et Environnementale (DRSE)</w:t>
+                <w:t xml:space="preserve">StopGES : outil d’aide à la décision réduire les émissions de GES des unités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victoria Félix</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antoine Savoie</w:t>
+                <w:t xml:space="preserve">Frédéric Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée générale de la délégation aux infrastructures scientifiques collectives d'INRAE</w:t>
+              <w:t xml:space="preserve">Assemblée générale de la délégation aux infrastructures scientifiques collectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04651363v1</w:t>
+                <w:t xml:space="preserve">hal-04651488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">StopGES : outil d’aide à la décision réduire les émissions de GES des unités</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La préservation et la restauration de la biodiversité des implantations INRAE, un projet piloté par la Direction Responsabilité Sociétale et Environnementale (DRSE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Félix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Verger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Huard</w:t>
+                <w:t xml:space="preserve">Antoine Savoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée générale de la délégation aux infrastructures scientifiques collectives</w:t>
+              <w:t xml:space="preserve">Assemblée générale de la délégation aux infrastructures scientifiques collectives d'INRAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04651488v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04651363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1542,209 +1542,209 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">StopGES : un outil d’aide à la décision pour la réduction des émissions de gaz à effet de serre dans les unités INRAE</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">La méthode « ACT pas à pas » de l’ADEME : une démarche socle de la stratégie bas carbone d’INRAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, spécial 04 NOV'AE, pp.69-77, 2025, </w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, spécial 04 NOV'AE, pp.54-60, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9678⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05314544v1</w:t>
+                <w:t xml:space="preserve">hal-05314528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La méthode « ACT pas à pas » de l’ADEME : une démarche socle de la stratégie bas carbone d’INRAE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">StopGES : un outil d’aide à la décision pour la réduction des émissions de gaz à effet de serre dans les unités INRAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Huard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bonnin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Huard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, spécial 04 NOV'AE, pp.54-60, 2025, </w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, spécial 04 NOV'AE, pp.69-77, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9676⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05314528v1</w:t>
+                <w:t xml:space="preserve">hal-05314544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1814,51 +1814,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien de Courcelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ADEME; INRAE; I-CARE. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -1874,237 +1874,237 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plan de mobilité centre INRA Ile-de-France Jouy-en-Josas</w:t>
+                <w:t xml:space="preserve">Rapport sur la prise en compte du développement durable dans le fonctionnement interne de l'INRA pour la période 2013-2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Blanc</w:t>
+                <w:t xml:space="preserve">David Savy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Pineau</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">INRA. 2018, 15 p</w:t>
+                <w:t xml:space="preserve">Lionel Casalan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Gauguery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Guilbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Interne] 2018, 37 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04650867v1</w:t>
+                <w:t xml:space="preserve">hal-02788840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport sur la prise en compte du développement durable dans le fonctionnement interne de l'INRA pour la période 2013-2018</w:t>
+                <w:t xml:space="preserve">Plan de mobilité centre INRA Ile-de-France Jouy-en-Josas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRA. 2018, 15 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Casalan</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-02788840v1</w:t>
+                <w:t xml:space="preserve">hal-04650867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse du livre blanc des sciences de la vie du département des sciences de la vie de l'université Paris Saclay</w:t>
               </w:r>
@@ -2221,51 +2221,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels indicateurs pour suivre la diversité génétique des plantes cultivées ? Le cas du blé tendre en France depuis un siècle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Goffaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Goldringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bonneuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2371,77 +2371,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">présentation du projet biodiversité d'INRAE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Félix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Savoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Verger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2628,51 +2628,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809862v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Goldringer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Bonnin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Montalent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonneuil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Goffaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808780v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonnin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Montalent" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hamon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803712v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804820v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821721v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lucas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819999v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rhon&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goldringer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Vitalis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Remoue" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Galic" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815621v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Raquin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brabant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755900v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boisson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Brunel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Camilleri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829928v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pauwels" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Saumitou-Laprade" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760096v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bataillon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques David" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lavigne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777444v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Olivieri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gh&#233;rardi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Prosperi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Huguet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651363v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria F&#233;lix" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Verger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Savoie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651488v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314544v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9678" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314528v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9676" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04911130v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mouthuy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Barau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien de Courcelles" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650867v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Blanc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pineau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788840v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Savy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Casalan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Gauguery" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guilbaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800505v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bittoun" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Capy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chiocchia" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Doll&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810480v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651746v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809862v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Goldringer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Bonnin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Montalent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonneuil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Goffaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808780v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonnin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Montalent" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hamon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803712v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804820v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821721v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lucas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815621v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goldringer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Raquin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rhon&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Galic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Brabant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819999v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Vitalis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Remoue" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755900v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boisson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Brunel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Camilleri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829928v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Pauwels" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Saumitou-Laprade" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760096v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bataillon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques David" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lavigne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777444v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Olivieri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gh&#233;rardi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Prosperi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Huguet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651488v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651363v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria F&#233;lix" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Verger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Savoie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314528v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9676" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314544v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9678" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04911130v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mouthuy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Barau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien de Courcelles" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788840v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Savy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Casalan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Gauguery" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Guilbaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04650867v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Blanc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pineau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800505v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bittoun" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Capy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chiocchia" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Doll&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810480v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651746v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>