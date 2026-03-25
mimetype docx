--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> isabelle bourdon </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">isabelle-bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0794-7411</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">083296417</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Action Design Research to Facilitate the Adoption of Personal Health Records</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhode Ghislaine Nguewo Ngassam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linnea Ung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorick Lartigau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Demoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of organizational and end user computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (4), pp.1-18. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/JOEUC.288551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do French agri-tech start-ups contribute to the sustainability of food value chains?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gauche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the International Council for Small Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (1), pp.79-93. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/26437015.2021.1989993⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03515194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la difficile cohabitation des technologies d’information officielles et fantômes : le cas des pratiques photographiques numériques dans un établissement de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N°112 (6), pp.81. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.112.0081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Ré)inventer votre business model par le big data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lehmann-Ortega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les systèmes de communication Internet des entreprises du CAC40 : une étude longitudinale (2007-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en sciences de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (5), </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/resg.122.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01923267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eau Méditerranée's Panopticon: Democratic Oversight for Deregulated Public Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Buffenoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Business and Organizational Excellence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 36 (2), pp.25-33. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/joe.21767⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Patient’s Perception of Oral Teleconsultation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Petcu,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Giraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology Assessment in Health Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 33 (2), pp.147-154. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0266462317000319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01592371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the performance of Carbon Finance in the prism of Responsible Management : focus on the quantitative empirical tests of the EU ETS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Amri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Recherches en Economie et en Management Africain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic Innovation in Microfirms to Overcome Resistance to Change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Business and Organizational Excellence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 35 (6), pp.65-74. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/joe.21713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux de la recherche sur les jeux vidéo à destination des professionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, De l'innovation technologique à l'innovation managériale, 5, pp.111-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’implémentation et le déploiement de la Finance Carbone en contexte euro-africain : regard croisé France-Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Amri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Camerounaise de Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 29, pp.49-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge Sharing in Online Communities: The Power Game</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Strategy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36 (3), pp.11 - 17. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JBS-04-2014-0044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01159735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un Management Responsable de l’Intelligence Énergétique (MRIE) : cap sur l’Efficacité Énergétique et les Green IT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amri El Amri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale CREMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Transition Energétique versus Développement Durable : L’Ecole Africaine à l’heure de la COP 21, 2, pp.154-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparence et fiabilisation des données dans la relation de délégation, le cas Veolia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Meliga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situations de gestion dans les MMORPG : des perspectives de gamification et de serious-gaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02050268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participer à une communauté de pratique virtuelle : retours d'expériences dans une multinationale de l'ingénierie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en sciences de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 100, pp.121-140. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/resg.100.0121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MMORPG et perspectives de gamification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4, pp.94-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03664361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitalisation de l'expérience de jeu par les joueurs de MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des technologies organisationnelles (2009-2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, pp.262-273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Technology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 12 (3), pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00823515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Link among Information Technology, Business Models, and Strategic Breakthroughs: Examples from Amazon, Dell, and eBay.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Business and Organizational Excellence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 33 (1), pp.58-68. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/joe.21523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01260968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’adoption de la Finance Carbone : les approches soutenables de la réduction des émissions de CO2 dans les organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Amri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Marocaine des Sciences de Management (RMSM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2, pp.70-103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1001 Listes: Strategic breakthroughs by a low-tech company in a high-tech world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Business and Organizational Excellence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 31 (3), pp.58-68. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/joe.21424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00804328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an Enacted Approach to Understanding OSS Developer’s Motivations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meissonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Amabile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Boudrandi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Human Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (1), pp.38-54. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/jthi.2012010103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an Enacted Approach to Understanding OSS Developer's Motivations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meissonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Houze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Boudrandi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Human Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (1), pp.17. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/jthi.2012010103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00823509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie & Technologies de l’Information et de la Communication (TIC) : une étude exploratoire sur les éco-TIC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ait Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Laqueche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.039.0307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sous l’épée de Damoclès : l’évaluation des cadres, entre performance individuelle et esprit d’équipe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Vercher-Chaptal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Palpacuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 5 (35), </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.035.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01388327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les motivations des développeurs de l'open source à partir de leur participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meissonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Houzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Amabile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Boudrandi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 15 (2), pp.71-97. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sim.102.0071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi contribuer à des bases de connaissances ? Une exploration des facteurs explicatifs à la lumière du modèle UTAUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Hollet-Haudebert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 14 (1), </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sim.091.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sous l'épée de Damoclès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Vercher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Palpacuer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 70 (octobre-décembre), 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some success factors for the communal management of knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 28 (6), pp.461-467. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijinfomgt.2008.08.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00489595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving KMS Acceptance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Moro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelio Ravarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Knowledge Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 3 (2), pp.68 - 90. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/jkm.2007040104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01923359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (57)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts Environnementaux de la Blockchain pour le Consentement Patient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Armaghan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st America’s Conference on Information Systems (AMCIS 2025)- Intelligent Technologies for a Better Future- 14-16 août 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIS; AMCIS, Aug 2025, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Patient Consent Processes: A Case Study in Clinical Trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Armaghan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30e Conférences de l’Association Information et Management: Evolutions et perspectives des systèmes d’information dans les organisations et sociétés en transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIM 2025, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05084868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse Comparative des Solutions de E-Consentement : Critères et Recommandations pour la Recherche Clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Armaghan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M2025: Culture, art et métiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMT Alès, Nov 2025, Alès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05317525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration des données de l’internet des objets (IOT) dans les Data-Driven Business Models (DDBM) : Vers une taxonomie enrichie et illustration à travers le cas LBEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zina Douar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cohard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Chapellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30ème Conférence de l’Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Information et Management (AIM), May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnemental Impacts of Blockchain for Patient Consent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Armaghan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of the 30th UK Academy for Information Systems (UKAIS) International Conference 2025: Shaping Future of Academia: The impact of AI on Teaching, Research and Scholarship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Newcastle University Business School, Apr 2025, Newcastle (GB), United Kingdom. pp.110-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05052685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts environnementaux de la blockchain : une étude de cas pour le consentement patient »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrons de business models fondés sur les données : le cas des startups du secteur de l’assurance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bahhar Mariam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème journée GT innovation AIMS et GT AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIMS/AIM, Oct 2024, Cannes France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04777560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative Data-Driven Solution Business Model Patterns in Insurance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bahhar Mariam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DIF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative Data-Driven Solution Business Model Patterns in Insurance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bahhar Mariam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Carry - le - Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">32 ways to innovate business models through data: Emerging data-driven solution business model patterns from a study of 471 late stage data-driven startups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Eber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hawaii International Conference on System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Manoa, United States. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24251/HICSS.2021.608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03857824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agri-Food 4.0 for Key Challenges: An analysis of 95 French Innovative Start-ups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gauche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th International Council for Small Businesses (ICSB) World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerging innovation patterns in digital agriculture: A study of 198 digital solutions from 116 startups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Eber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HICSS 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agri-alimentaire 4.0 en France : un état de lieux de technologies et services numériques proposés par les startup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gauche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème conférence de l'Association Information et Management (AIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital divide between Colombian and French Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenny Melo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gauche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Americas Conference on Information Systems (AMCIS 2021) "Digital Innovation and Entrepreneurship"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies d’information en agriculture : Une étude exploratoire dans le métier de conseil agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gauche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Lachia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des Technologies Organisationnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03102886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux environnementaux au Maroc : La Finance Carbone au Prisme du Management Responsable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Adil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Conférence sur la francophonie économique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FSJES, Mar 2020, Rabat, Maroc. 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation de business model : une exploration des patrons de business model de big data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Marrakech (en ligne), Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03104544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Allergy Card: Design and users’ perceptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhode Ghislaine Nguewo Ngassam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linnea Ung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Demoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorick Lartigau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Special Topic Conference (STC 2020) EFMI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03128364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">32 ways to innovate business models through data: Emerging data-driven solution business model patterns from a study of 471 late stage data-driven startups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Eber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HICSS 2021 :: Hawaii International Conference on System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital service innovation enabled by the blockchain use in healthcare: the case of the allergic patients ledger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhode Ghislaine Nguewo Ngassam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorick Lartigau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D management conference 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labels de Qualité de Vie au Travail : entre usage interne et affichage externe ? Le cas de Great Place to Work®</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Hollet-Haudebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Villesèque-Dubus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th French Centre for Social &amp; Environmental Accounting Research Conference (CSEAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réinventer les business models grâce aux Big Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03104546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finance Carbone à l’heure de la COP 22 : performativité au prisme du Management Responsable au Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Adil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 84ème congrès de l’ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Québec, Canada. 39 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03666924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance de l’adoption de la finance carbone au prisme du management responsable : étude empirique dans le contexte marocain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Amri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">84ème congrès de l’ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Québec à Montréal (UQAM), May 2016, Québec, Canada. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour d’une expérience méthodologique sur l’influence du processus de ludification dans le taux de complétude d’une enquête quantitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 21ème Colloque AIM : Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Lille, France. pp.21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance and Organizational Aspects of Oral tele-Consultation: a French Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Petcu,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Giraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hawaii International Conference on System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Institute of Electrical and Electronics Engineers, Jan 2016, Hawaii United States. pp.3124-3132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01273672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse multivariée d’une série chronologique EU ETS : méthodes et applications en Finance Carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Adil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Troisièmes Journées d’Econométrie de la Finance (JEF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02074142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Telemedicine in dentistry, lessons to be learned: a case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Petcu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Giraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediterranean Conference on Information Systems will (MCIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Paphos, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02143954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance and Organizational Aspects of Oral tele-Consultation: a Languedoc Roussillon Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Petcu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Giraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Congrès ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les phénomènes d’apprentissage et d’épanouissement des joueurs de MMORPG : proposition d’un modèle de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Conférence de l'Association Information et Management - AIM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02058036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral tele-consultation acceptance for the dependent elderly: issues and methodological proposal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Giraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Petcu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Conférence de l'Association Information et Management - AIM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Rabat, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02058034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage de compétences managériales via les MMORPG : proposition d’un modèle de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Journée de recherche AIM : Serious Game et Co-design : "Faites vos jeux !"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02078500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Phenomena of MMORPG Players: A Proposed Research Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Mediterranean Conference on Information Systems - MCIS 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Samos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02057575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une étude ethnométhodologique sur le jeu vidéo, les rêves et la qualité du sommeil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Journée AIM : Serious Game et SI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre travail d’équipe et responsabilité : Construction et validation d’une échelle de mesure basée sur une typologie des rôles des joueurs de MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème Congrès AIM : Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promesses et réalités de l’intelligence énergétique : cap sur l’efficacité énergétique (EE) et les Green IT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Amri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 82ème Congrès International de l’ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management de la transparence et fiabilisation des données dans la relation de délégation, le cas Veolia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Meliga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. M. Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque MTO’2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Nîmes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ideationplatform, new tool to co-create</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheruy Clémence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Belbaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autcharaporn Somsing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Information and Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un Management Responsable de l’Intelligence Energétique (MRIE) : Cap sur l’Efficacité Energétique (EE) et les Green IT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Amri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la Journée AIM pré-ICIS francophone en SI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Milan, Italie. 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportements et compétences managériales des joueurs de jeux vidéo en ligne massivement multi-joueurs en situation de groupe : un cas de gamification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la 1ère Journée AIM : Serious Game et SI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Grenoble, France. 30 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’adoption de la Finance Carbone : les approches responsables de la réduction des émissions de CO2 dans les organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Adil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 8ème Congrès RIODD 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Lille, France. 38 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en évidence d'expériences de gestion à travers la pratique des MMORPG : des enjeux de gamification et de serious-gaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 5ème Congrès MTO Management des Technologies Organisationnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Montpellier, France. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un Management Responsable des Technologies de l’Information (MRTI) : exploration de trois études de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ait Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la 2ème JRSIDD de l’AIM : Journée de Recherche en Systèmes d’Information et Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, La Rochelle, France. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un Management Responsable de la Supply Chain : réussir la transition vers une Chaîne logistique sobre en carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Adil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 8ème Congrès International CPI’2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Tlemcen, Algérie. 19 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles motivations pour l’adoption des pratiques de Management Responsable des TI (MRTI) ? Une étude exploratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ait Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 18ème Congrès de l’AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Lyon, France. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitalisation de l’expérience de jeu par les joueurs de MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 4èmes journées MTO (Management des Technologies Organisationnelles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Nîmes, France. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion responsable des Technologies de l'Information et de la communication (TIC) : Un isomorphisme institutionnel ? Le cas de la gestion des déchets informatiques (e-déchets)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ait Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème Congrès de l’AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Bordeaux, France. 19 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01968273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État de l'art du jeu vidéo : histoire et usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème Congrès de l'AIM 2012 : Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Bordeaux, France. pp.100-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des e-déchets. Etude de cas et pistes de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ait Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la 16ème Conférence de l’AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIM, Jun 2011, Saint Denis, La Réunion. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations et participation au sein d'une communauté de pratique virtuelle : étude de cas dans une multinationale de l'ingénierie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Teissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème conférence de l'AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, La réunion, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00804041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internet et la communication RSE des entreprises du CAC40</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01924276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie et Technologies de l’Information et de la Communication : une étude exploratoire sur les éco-TIC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ait Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Laqueche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 15ème Congrès de l’AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, La Rochelle, France. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation d'Internet par les grandes entreprises françaises pour la communication externe de leur RSE.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l’Association pour le Développement de l'Enseignement et de la Recherche sur la Responsabilité Sociale de l'Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01924295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Analysis of Key Factors for the Success of the Communal Management of Knowledge.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th UKAIS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Bournemouth, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00487656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communauté de Pratique virtuelle : développement d’une échelle de la perception individuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01924317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The key success factors affecting KMS adoption: quantitative results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Moro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelio Ravarini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Evry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01924321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les facteurs clés de succès des Systèmes de Gestion des Connaissances : proposition d'un modèle explicatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelio Ravarini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01924333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Ré)inventez votre business model par le Big Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lehmann-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03104538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A use case of blockchain in Healthcare: allergy card</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhode Ghislaine Nguewo Ngassam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorick Lartigau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Horst Treiblmaier; Trevor Clohessy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blockchain and distributed ledger technology use cases: applications and lessons learned</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.69-94, 2020, Progress in IS, 978-3-030-44336-8. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-44337-5_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Acceptability of Teleconsultations in Teledentistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Giraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of E-Health and Telemedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-12, 2016, 1466699787. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-4666-9978-6.ch001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01328021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implémentation et déploiement du Management Responsable de l’Intelligence Energétique (MRIE) : nouvelles approches, nouveaux comportements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Adil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Développement Durable Euro Africain des Energies Renouvelables, Oxymore Financier, Complémentarité Sociale et Environnementale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.154-187, 522, 2015, 978-9954-9229-4-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02104806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving KMS Effectiveness: The Role Of Organizational And Individuals’ Influence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Moro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelio Ravarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge Management, Organizational Memory and Transfer Behaviour: Global Approaches and Advancements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01923594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconciling complex organizations and data management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Buffenoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744410v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId193"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> isabelle bourdon </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">isabelle-bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0794-7411</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">083296417</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Action Design Research to Facilitate the Adoption of Personal Health Records</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhode Ghislaine Nguewo Ngassam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linnea Ung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorick Lartigau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Demoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of organizational and end user computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34 (4), pp.1-18. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/JOEUC.288551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do French agri-tech start-ups contribute to the sustainability of food value chains?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gauche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the International Council for Small Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 3 (1), pp.79-93. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/26437015.2021.1989993⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03515194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la difficile cohabitation des technologies d’information officielles et fantômes : le cas des pratiques photographiques numériques dans un établissement de santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N°112 (6), pp.81. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.112.0081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Ré)inventer votre business model par le big data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lehmann-Ortega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03126252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les systèmes de communication Internet des entreprises du CAC40 : une étude longitudinale (2007-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en sciences de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (5), </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/resg.122.0105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01923267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eau Méditerranée's Panopticon: Democratic Oversight for Deregulated Public Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Buffenoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Business and Organizational Excellence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 36 (2), pp.25-33. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/joe.21767⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Patient’s Perception of Oral Teleconsultation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Petcu,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Giraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology Assessment in Health Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 33 (2), pp.147-154. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0266462317000319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01592371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the performance of Carbon Finance in the prism of Responsible Management : focus on the quantitative empirical tests of the EU ETS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Amri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Recherches en Economie et en Management Africain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic Innovation in Microfirms to Overcome Resistance to Change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Jaouen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Business and Organizational Excellence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 35 (6), pp.65-74. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/joe.21713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux de la recherche sur les jeux vidéo à destination des professionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, De l'innovation technologique à l'innovation managériale, 5, pp.111-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’implémentation et le déploiement de la Finance Carbone en contexte euro-africain : regard croisé France-Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Amri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Camerounaise de Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 29, pp.49-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge Sharing in Online Communities: The Power Game</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Strategy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36 (3), pp.11 - 17. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JBS-04-2014-0044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01159735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un Management Responsable de l’Intelligence Énergétique (MRIE) : cap sur l’Efficacité Énergétique et les Green IT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amri El Amri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale CREMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Transition Energétique versus Développement Durable : L’Ecole Africaine à l’heure de la COP 21, 2, pp.154-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparence et fiabilisation des données dans la relation de délégation, le cas Veolia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Meliga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situations de gestion dans les MMORPG : des perspectives de gamification et de serious-gaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02050268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MMORPG et perspectives de gamification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des Technologies Organisationnelles (2014-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4, pp.94-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03664361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participer à une communauté de pratique virtuelle : retours d'expériences dans une multinationale de l'ingénierie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en sciences de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 100, pp.121-140. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/resg.100.0121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitalisation de l'expérience de jeu par les joueurs de MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des technologies organisationnelles (2009-2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, pp.262-273</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Technology and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 12 (3), pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00823515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Link among Information Technology, Business Models, and Strategic Breakthroughs: Examples from Amazon, Dell, and eBay.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Business and Organizational Excellence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 33 (1), pp.58-68. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/joe.21523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01260968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’adoption de la Finance Carbone : les approches soutenables de la réduction des émissions de CO2 dans les organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Amri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Marocaine des Sciences de Management (RMSM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2, pp.70-103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1001 Listes: Strategic breakthroughs by a low-tech company in a high-tech world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Business and Organizational Excellence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 31 (3), pp.58-68. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/joe.21424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00804328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an Enacted Approach to Understanding OSS Developer’s Motivations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meissonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Amabile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Boudrandi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Human Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (1), pp.38-54. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/jthi.2012010103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an Enacted Approach to Understanding OSS Developer's Motivations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meissonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Houze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Boudrandi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Technology and Human Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8 (1), pp.17. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/jthi.2012010103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00823509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie & Technologies de l’Information et de la Communication (TIC) : une étude exploratoire sur les éco-TIC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ait Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Laqueche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.039.0307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sous l’épée de Damoclès : l’évaluation des cadres, entre performance individuelle et esprit d’équipe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Vercher-Chaptal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Palpacuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 5 (35), </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.035.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01388327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les motivations des développeurs de l'open source à partir de leur participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Meissonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Houzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Amabile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Boudrandi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 15 (2), pp.71-97. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sim.102.0071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02144479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi contribuer à des bases de connaissances ? Une exploration des facteurs explicatifs à la lumière du modèle UTAUT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Hollet-Haudebert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes d'Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 14 (1), </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sim.091.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sous l'épée de Damoclès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Vercher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Palpacuer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Gestion des Ressources Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 70 (octobre-décembre), 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some success factors for the communal management of knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Information Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 28 (6), pp.461-467. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijinfomgt.2008.08.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00489595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving KMS Acceptance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Moro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelio Ravarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Knowledge Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 3 (2), pp.68 - 90. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/jkm.2007040104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01923359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (57)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts Environnementaux de la Blockchain pour le Consentement Patient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Armaghan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st America’s Conference on Information Systems (AMCIS 2025)- Intelligent Technologies for a Better Future- 14-16 août 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIS; AMCIS, Aug 2025, Montréal (Québec), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05181750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving Patient Consent Processes: A Case Study in Clinical Trials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Armaghan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30e Conférences de l’Association Information et Management: Evolutions et perspectives des systèmes d’information dans les organisations et sociétés en transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIM 2025, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05084868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse Comparative des Solutions de E-Consentement : Critères et Recommandations pour la Recherche Clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Armaghan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M2025: Culture, art et métiers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMT Alès, Nov 2025, Alès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05317525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégration des données de l’internet des objets (IOT) dans les Data-Driven Business Models (DDBM) : Vers une taxonomie enrichie et illustration à travers le cas LBEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zina Douar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cohard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Chapellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30ème Conférence de l’Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Information et Management (AIM), May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnemental Impacts of Blockchain for Patient Consent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negar Armaghan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceeding of the 30th UK Academy for Information Systems (UKAIS) International Conference 2025: Shaping Future of Academia: The impact of AI on Teaching, Research and Scholarship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Newcastle University Business School, Apr 2025, Newcastle (GB), United Kingdom. pp.110-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05052685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts environnementaux de la blockchain : une étude de cas pour le consentement patient »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04681971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrons de business models fondés sur les données : le cas des startups du secteur de l’assurance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bahhar Mariam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème journée GT innovation AIMS et GT AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIMS/AIM, Oct 2024, Cannes France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04777560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative Data-Driven Solution Business Model Patterns in Insurance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bahhar Mariam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DIF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative Data-Driven Solution Business Model Patterns in Insurance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bahhar Mariam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Carry - le - Rouet, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04821962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">32 ways to innovate business models through data: Emerging data-driven solution business model patterns from a study of 471 late stage data-driven startups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Eber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hawaii International Conference on System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Manoa, United States. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24251/HICSS.2021.608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03857824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agri-Food 4.0 for Key Challenges: An analysis of 95 French Innovative Start-ups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gauche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th International Council for Small Businesses (ICSB) World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerging innovation patterns in digital agriculture: A study of 198 digital solutions from 116 startups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Eber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HICSS 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital divide between Colombian and French Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenny Melo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gauche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Americas Conference on Information Systems (AMCIS 2021) "Digital Innovation and Entrepreneurship"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agri-alimentaire 4.0 en France : un état de lieux de technologies et services numériques proposés par les startup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gauche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26ème conférence de l'Association Information et Management (AIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux environnementaux au Maroc : La Finance Carbone au Prisme du Management Responsable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Adil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Conférence sur la francophonie économique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FSJES, Mar 2020, Rabat, Maroc. 22 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technologies d’information en agriculture : Une étude exploratoire dans le métier de conseil agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauro Florez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Piot-Lepetit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Gauche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Lachia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management des Technologies Organisationnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03102886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation de business model : une exploration des patrons de business model de big data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Marrakech (en ligne), Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03104544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Allergy Card: Design and users’ perceptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhode Ghislaine Nguewo Ngassam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linnea Ung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Demoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorick Lartigau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Special Topic Conference (STC 2020) EFMI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03128364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">32 ways to innovate business models through data: Emerging data-driven solution business model patterns from a study of 471 late stage data-driven startups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Eber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HICSS 2021 :: Hawaii International Conference on System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital service innovation enabled by the blockchain use in healthcare: the case of the allergic patients ledger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhode Ghislaine Nguewo Ngassam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorick Lartigau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">R&amp;D management conference 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Labels de Qualité de Vie au Travail : entre usage interne et affichage externe ? Le cas de Great Place to Work®</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Hollet-Haudebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Villesèque-Dubus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th French Centre for Social &amp; Environmental Accounting Research Conference (CSEAR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réinventer les business models grâce aux Big Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03104546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finance Carbone à l’heure de la COP 22 : performativité au prisme du Management Responsable au Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Adil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 84ème congrès de l’ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Québec, Canada. 39 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03666924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance de l’adoption de la finance carbone au prisme du management responsable : étude empirique dans le contexte marocain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Amri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">84ème congrès de l’ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Québec à Montréal (UQAM), May 2016, Québec, Canada. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02096737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour d’une expérience méthodologique sur l’influence du processus de ludification dans le taux de complétude d’une enquête quantitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 21ème Colloque AIM : Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Lille, France. pp.21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance and Organizational Aspects of Oral tele-Consultation: a French Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Petcu,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Giraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hawaii International Conference on System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Institute of Electrical and Electronics Engineers, Jan 2016, Hawaii United States. pp.3124-3132</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01273672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse multivariée d’une série chronologique EU ETS : méthodes et applications en Finance Carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Adil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Troisièmes Journées d’Econométrie de la Finance (JEF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02074142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Telemedicine in dentistry, lessons to be learned: a case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Petcu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Giraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mediterranean Conference on Information Systems will (MCIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Paphos, Cyprus</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02143954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance and Organizational Aspects of Oral tele-Consultation: a Languedoc Roussillon Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Petcu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Giraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Congrès ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les phénomènes d’apprentissage et d’épanouissement des joueurs de MMORPG : proposition d’un modèle de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Conférence de l'Association Information et Management - AIM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02058036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral tele-consultation acceptance for the dependent elderly: issues and methodological proposal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Giraudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Petcu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Conférence de l'Association Information et Management - AIM 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Rabat, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02058034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprentissage de compétences managériales via les MMORPG : proposition d’un modèle de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Journée de recherche AIM : Serious Game et Co-design : "Faites vos jeux !"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02078500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Phenomena of MMORPG Players: A Proposed Research Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Mediterranean Conference on Information Systems - MCIS 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Samos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02057575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une étude ethnométhodologique sur le jeu vidéo, les rêves et la qualité du sommeil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Journée AIM : Serious Game et SI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre travail d’équipe et responsabilité : Construction et validation d’une échelle de mesure basée sur une typologie des rôles des joueurs de MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19ème Congrès AIM : Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promesses et réalités de l’intelligence énergétique : cap sur l’efficacité énergétique (EE) et les Green IT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Amri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 82ème Congrès International de l’ACFAS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management de la transparence et fiabilisation des données dans la relation de délégation, le cas Veolia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Meliga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. M. Granet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque MTO’2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Nîmes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ideationplatform, new tool to co-create</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheruy Clémence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Belbaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autcharaporn Somsing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Association Information and Management Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportements et compétences managériales des joueurs de jeux vidéo en ligne massivement multi-joueurs en situation de groupe : un cas de gamification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la 1ère Journée AIM : Serious Game et SI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Grenoble, France. 30 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un Management Responsable de l’Intelligence Energétique (MRIE) : Cap sur l’Efficacité Energétique (EE) et les Green IT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil El Amri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la Journée AIM pré-ICIS francophone en SI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Milan, Italie. 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’adoption de la Finance Carbone : les approches responsables de la réduction des émissions de CO2 dans les organisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Adil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 8ème Congrès RIODD 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Lille, France. 38 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en évidence d'expériences de gestion à travers la pratique des MMORPG : des enjeux de gamification et de serious-gaming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 5ème Congrès MTO Management des Technologies Organisationnelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Montpellier, France. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un Management Responsable des Technologies de l’Information (MRTI) : exploration de trois études de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ait Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la 2ème JRSIDD de l’AIM : Journée de Recherche en Systèmes d’Information et Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, La Rochelle, France. 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un Management Responsable de la Supply Chain : réussir la transition vers une Chaîne logistique sobre en carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Adil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 8ème Congrès International CPI’2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Tlemcen, Algérie. 19 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles motivations pour l’adoption des pratiques de Management Responsable des TI (MRTI) ? Une étude exploratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ait Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 18ème Congrès de l’AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Lyon, France. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capitalisation de l’expérience de jeu par les joueurs de MMORPG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 4èmes journées MTO (Management des Technologies Organisationnelles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Nîmes, France. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion responsable des Technologies de l'Information et de la communication (TIC) : Un isomorphisme institutionnel ? Le cas de la gestion des déchets informatiques (e-déchets)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ait Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème Congrès de l’AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Bordeaux, France. 19 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01968273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État de l'art du jeu vidéo : histoire et usages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème Congrès de l'AIM 2012 : Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Bordeaux, France. pp.100-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des e-déchets. Etude de cas et pistes de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ait Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de la 16ème Conférence de l’AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIM, Jun 2011, Saint Denis, La Réunion. 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations et participation au sein d'une communauté de pratique virtuelle : étude de cas dans une multinationale de l'ingénierie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Teissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème conférence de l'AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, La réunion, France. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00804041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internet et la communication RSE des entreprises du CAC40</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01924276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecologie et Technologies de l’Information et de la Communication : une étude exploratoire sur les éco-TIC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Ait Daoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Laqueche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du 15ème Congrès de l’AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, La Rochelle, France. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03654676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation d'Internet par les grandes entreprises françaises pour la communication externe de leur RSE.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l’Association pour le Développement de l'Enseignement et de la Recherche sur la Responsabilité Sociale de l'Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01924295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Analysis of Key Factors for the Success of the Communal Management of Knowledge.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th UKAIS Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Bournemouth, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00487656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communauté de Pratique virtuelle : développement d’une échelle de la perception individuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01924317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The key success factors affecting KMS adoption: quantitative results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Moro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelio Ravarini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Evry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01924321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les facteurs clés de succès des Systèmes de Gestion des Connaissances : proposition d'un modèle explicatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelio Ravarini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01924333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Ré)inventez votre business model par le Big Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lehmann-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03104538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A use case of blockchain in Healthcare: allergy card</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhode Ghislaine Nguewo Ngassam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorick Lartigau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Horst Treiblmaier; Trevor Clohessy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blockchain and distributed ledger technology use cases: applications and lessons learned</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.69-94, 2020, Progress in IS, 978-3-030-44336-8. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-44337-5_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02972380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Acceptability of Teleconsultations in Teledentistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Kimble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Giraudeau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopedia of E-Health and Telemedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-12, 2016, 1466699787. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-4666-9978-6.ch001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01328021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implémentation et déploiement du Management Responsable de l’Intelligence Energétique (MRIE) : nouvelles approches, nouveaux comportements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Boutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Rodhain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Adil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Développement Durable Euro Africain des Energies Renouvelables, Oxymore Financier, Complémentarité Sociale et Environnementale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.154-187, 522, 2015, 978-9954-9229-4-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02104806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving KMS Effectiveness: The Role Of Organizational And Individuals’ Influence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Vitari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Moro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelio Ravarini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Knowledge Management, Organizational Memory and Transfer Behaviour: Global Approaches and Advancements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01923594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconciling complex organizations and data management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Buffenoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bourdon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00744410v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId193"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7E4EE7A5"/>
+    <w:nsid w:val="6BC4A65A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-bourdon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0794-7411" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/083296417" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654736v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhode Ghislaine Nguewo Ngassam" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linnea Ung" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorick Lartigau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Demoly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/JOEUC.288551" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03515194v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Florez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Piot-Lepetit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourdon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gauche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/26437015.2021.1989993" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482484v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.112.0081" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03126252v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Schirmer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lehmann-Ortega" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923267v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Vitari" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rodhain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.122.0105" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014004v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Kimble" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Buffenoir" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joe.21767" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592371v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Petcu," TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Giraudeau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0266462317000319" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014005v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Boutti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil El Amri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014001v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Jaouen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joe.21713" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LJ71BFWH-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024829v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chollet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024333v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01159735v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tessier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JBS-04-2014-0044" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024406v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amri El Amri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024311v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Meliga" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02050268v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02049438v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.100.0121" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664361v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670304v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00823515v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01260968v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joe.21523" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RHGHM08T-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02049521v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804328v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joe.21424" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144381v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Meissonier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Amabile" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Boudrandi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/jthi.2012010103" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00823509v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Houze" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965601v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Ait Daoud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Laqueche" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.039.0307" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388327v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vercher-Chaptal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Palpacuer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.035.0015" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144479v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Houz&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.102.0071" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764993v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hollet-Haudebert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.091.0009" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061466v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vercher" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00489595v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijinfomgt.2008.08.007" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923359v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Moro" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelio Ravarini" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bourdon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/jkm.2007040104" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181750v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negar Armaghan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Martinez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084868v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317525v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia de Souza" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132310v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zina Douar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cohard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chapellier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052685v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681971v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777560v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahhar Mariam" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821967v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821962v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857824v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Eber" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24251/HICSS.2021.608" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285059v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03006432v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285081v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285126v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Melo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102886v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Lachia" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129005v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Amri Adil" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03104544v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128364v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03006435v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282170v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu Taddei" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02482440v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Villes&#232;que-Dubus" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03104546v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666924v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096737v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088009v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273672v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074142v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143954v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Petcu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086429v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Petcu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kimble" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Giraudeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02058036v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chollet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rodhain" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02058034v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078500v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057575v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02089016v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02089009v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086989v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boutti" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Amri" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02099456v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meliga" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Granet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02088858v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheruy Cl&#233;mence" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Belbaly" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Autcharaporn Somsing" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654792v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654802v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654788v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654796v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654767v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654799v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654790v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654744v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968273v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784724v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654710v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804041v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Teissier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924276v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654676v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924295v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00487656v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924317v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924321v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924333v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03104538v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972380v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44337-5_4" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01328021v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-4666-9978-6.ch001" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104806v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923594v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744410v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-bourdon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0794-7411" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/083296417" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654736v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhode Ghislaine Nguewo Ngassam" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linnea Ung" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorick Lartigau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Demoly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/JOEUC.288551" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03515194v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Florez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Piot-Lepetit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourdon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gauche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/26437015.2021.1989993" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482484v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.112.0081" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03126252v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Schirmer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lehmann-Ortega" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923267v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Vitari" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rodhain" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.122.0105" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014004v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Kimble" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Buffenoir" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joe.21767" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01592371v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Petcu," TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Giraudeau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0266462317000319" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014005v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Boutti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil El Amri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014001v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Jaouen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joe.21713" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LJ71BFWH-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024829v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chollet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024333v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01159735v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tessier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JBS-04-2014-0044" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024406v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amri El Amri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024311v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Meliga" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02050268v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664361v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02049438v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.100.0121" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670304v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00823515v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01260968v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joe.21523" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RHGHM08T-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02049521v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804328v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/joe.21424" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144381v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Meissonier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Amabile" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Boudrandi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/jthi.2012010103" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00823509v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Houze" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965601v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Ait Daoud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Laqueche" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.039.0307" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388327v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vercher-Chaptal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Palpacuer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.035.0015" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144479v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Houz&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.102.0071" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764993v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hollet-Haudebert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.091.0009" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061466v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vercher" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00489595v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijinfomgt.2008.08.007" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923359v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Moro" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelio Ravarini" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bourdon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/jkm.2007040104" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181750v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negar Armaghan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Martinez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084868v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317525v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia de Souza" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132310v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zina Douar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cohard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chapellier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052685v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681971v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777560v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahhar Mariam" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821967v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821962v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857824v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Eber" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24251/HICSS.2021.608" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285059v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03006432v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285126v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Melo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03285081v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129005v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Amri Adil" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03102886v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Lachia" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03104544v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128364v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03006435v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282170v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu Taddei" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02482440v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Villes&#232;que-Dubus" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03104546v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03666924v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096737v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088009v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273672v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074142v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143954v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Petcu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086429v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Petcu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kimble" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Giraudeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02058036v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chollet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rodhain" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02058034v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078500v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02057575v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02089016v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02089009v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02086989v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boutti" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Amri" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02099456v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meliga" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Granet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02088858v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheruy Cl&#233;mence" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Belbaly" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Autcharaporn Somsing" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654802v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654792v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654788v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654796v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654767v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654799v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654790v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654744v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968273v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00784724v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654710v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00804041v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Teissier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924276v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654676v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924295v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00487656v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924317v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924321v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01924333v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03104538v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972380v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44337-5_4" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01328021v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-4666-9978-6.ch001" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104806v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01923594v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00744410v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>