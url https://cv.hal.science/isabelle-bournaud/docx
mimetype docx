--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -504,235 +504,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04347085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction au dossier - L’accompagnement étudiant dans l’enseignement supérieur : quand objectifs pédagogiques et de réussite s’entremêlent</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Motivations de tuteurs de l’enseignement supérieur dans un programme de handi-tutorat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bournaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Janand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikaël de Clercq</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Bournaud</w:t>
+                <w:t xml:space="preserve">Laura Lacombe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation et profession : revue scientifique internationale en éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 31 (3), pp.1-3. </w:t>
+              <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 56, pp.207-222. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18162/fp.2023.840⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cdle.056.0207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04566009v1</w:t>
+                <w:t xml:space="preserve">hal-03837480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motivations de tuteurs de l’enseignement supérieur dans un programme de handi-tutorat</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Husson</w:t>
+                <w:t xml:space="preserve">Introduction au dossier - L’accompagnement étudiant dans l’enseignement supérieur : quand objectifs pédagogiques et de réussite s’entremêlent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël de Clercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bournaud</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laura Lacombe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 56, pp.207-222. </w:t>
+              <w:t xml:space="preserve">Formation et profession : revue scientifique internationale en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 31 (3), pp.1-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/cdle.056.0207⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18162/fp.2023.840⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03837480v1</w:t>
+                <w:t xml:space="preserve">hal-04566009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intelligence émotionnelle et stratégies d’apprentissage des primo-entrants à l’Université</w:t>
               </w:r>
@@ -1330,51 +1330,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mieux définir pour mieux agir : vers une conceptualisation étendue de la réussite dans l'enseignement supérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël de Clercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bournaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1704,164 +1704,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05160175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convergences et controverses autour de la réussite étudiante</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Deroche</w:t>
+                <w:t xml:space="preserve">Expériences de tuteurs auprès d’apprenants en situation de handicap</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Philion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bournaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Demachy</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Janand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Nantes; Université de Laval, Quebec, Apr 2024, Nantes, France</w:t>
+              <w:t xml:space="preserve">L'enseignement supérieur et les communautés : des dynamiques interconnectées (AIPU 2024 - 33e Congrès de l'Association Internationale de Pédagogie Universitaire - AIPU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association internationale de pédagogie universitaire (AIPU), May 2024, Sherbrooke (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04511316v1</w:t>
+                <w:t xml:space="preserve">hal-04602728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préparer les élèves-ingénieurs à la diversité et l'inclusion grâce à leur participation à un programme de tutorat auprès de jeunes en situation de handicap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1903,165 +1890,178 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nantes Université [Nantes Univ], Apr 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04557165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expériences de tuteurs auprès d’apprenants en situation de handicap</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ruth Philion</w:t>
+                <w:t xml:space="preserve">Convergences et controverses autour de la réussite étudiante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Deroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bournaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Janand</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Skrodzki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Demachy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'enseignement supérieur et les communautés : des dynamiques interconnectées (AIPU 2024 - 33e Congrès de l'Association Internationale de Pédagogie Universitaire - AIPU)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association internationale de pédagogie universitaire (AIPU), May 2024, Sherbrooke (Québec), Canada</w:t>
+              <w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Nantes; Université de Laval, Quebec, Apr 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04602728v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifier les écarts entre les représentations du métier d'étudiante par les étudiantes et par les enseignantes</w:t>
               </w:r>
@@ -2166,273 +2166,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04511349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifier et comprendre les difficultés d'adaptation des primo entrantes à l'université : utilisation d'une méthode mixte quantitative-qualitative avec des méthodes statistiques d'apprentissage automatique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Étonnements de primo-entrantes à l'université : nature et diversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bournaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Clavel</w:t>
+                <w:t xml:space="preserve">Magali Gallezot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Joëlle Ramage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2024, Nantes, France</w:t>
+              <w:t xml:space="preserve">, Nantes Université [Nantes Univ]; Université Laval Quebec, Apr 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04489836v2</w:t>
+                <w:t xml:space="preserve">hal-04557126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étonnements de primo-entrantes à l'université : nature et diversité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identifier et comprendre les difficultés d'adaptation des primo entrantes à l'université : utilisation d'une méthode mixte quantitative-qualitative avec des méthodes statistiques d'apprentissage automatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pamphile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bournaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Clavel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Joëlle Ramage</w:t>
+                <w:t xml:space="preserve">Céline Clavel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversité, Réussite[s] dans l’Enseignement Supérieur (2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nantes Université [Nantes Univ]; Université Laval Quebec, Apr 2024, Nantes, France</w:t>
+              <w:t xml:space="preserve">, Apr 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04557126v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04489836v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rapport d'étonnement comme outil pédagogique d’accompagnement pour faciliter l'acculturation des primo-entrants à l'université</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bournaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fuchs Gallezot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2535,51 +2535,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Depoutot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bournaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Demachy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque AIPU 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Rennes, May 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2807,51 +2807,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Janand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Lacombe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium MAPS2 Management et Psychiatrie : "Impacts et pilotage des innovations numériques en santé mentale"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, En Ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2870,204 +2870,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04215666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispositif “oui-si” à destination des primo-entrants à l’université Paris-Sud : profils et ressenti des étudiants</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quels critères considérer pour évaluer un dispositif d’aide aux primo-entrants à l’université ? Le cas d’ateliers de méthodologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bournaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hervé Mathias</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pamphile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADMEE 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, Casablanca, Maroc</w:t>
+              <w:t xml:space="preserve">Symposium, 32ème colloque de l’ADMEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADMEE, Jan 2020, Casablanca, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03175302v1</w:t>
+                <w:t xml:space="preserve">hal-04363710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels critères considérer pour évaluer un dispositif d’aide aux primo-entrants à l’université ? Le cas d’ateliers de méthodologie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dispositif “oui-si” à destination des primo-entrants à l’université Paris-Sud : profils et ressenti des étudiants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Joëlle Ramage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bournaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Pamphile</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Mathias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium, 32ème colloque de l’ADMEE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADMEE, Jan 2020, Casablanca, Maroc</w:t>
+              <w:t xml:space="preserve">ADMEE 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Casablanca, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04363710v1</w:t>
+                <w:t xml:space="preserve">halshs-03175302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identifier les habitudes de travail des primo-entrants à l’université pour mieux les accompagner</w:t>
               </w:r>
@@ -3364,51 +3364,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bournaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Maurines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Gallezot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADMEE 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Luxembourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4714,51 +4714,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagner les primo-entrants dans leur acculturation à l'université par la rédaction d'un rapport d'étonnement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Joëlle Ramage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4835,77 +4835,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagner les primo-entrants dans leur acculturation à l'université par la rédaction d'un rapport d'étonnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Joëlle Ramage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Gallezot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Pamphile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5342,51 +5342,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A395269B"/>
+    <w:nsid w:val="B2EC09E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5573,51 +5573,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-bournaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9819-2789" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/134447069" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347096v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Husson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Philion" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Janand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bournaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.5573" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04375594v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pamphile" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1119635ar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347085v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04566009v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l de Clercq" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/fp.2023.840" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837480v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lacombe" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.056.0207" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565982v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/fp.2023.844" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03837473v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.3873" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174559v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.3156" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096855v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dufour-Gergam" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174520v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jo&#235;lle Ramage" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Mathias" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184490v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Zucker" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Ganascia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/088395198117712" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333682v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Demers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998824v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Lefeuvre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Olivier Klein" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160178v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160175v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Deroche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511316v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Skrodzki" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Humbert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Demachy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557165v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602728v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511349v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Fuchs Gallezot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gerard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gueudet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mathias" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489836v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clavel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557126v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Gallezot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Clavel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363720v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347107v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Depoutot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363706v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347124v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215666v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03175302v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363710v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174759v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184765v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935265v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03175284v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Maurines" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184768v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363723v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544206v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Courtine" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-36468-4_1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-3PSSG6HK-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571857v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570837v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572574v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-44914-0_6" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-GJWVKTJ9-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572569v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-39967-4_16" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-RLPLS5RM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573415v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617609v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617608v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649097v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Breidenstein" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Wolinski" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0026796" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KV66T90Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649100v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0027890" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-CRJGFZ9R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557156v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vessiere" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle G&#233;rard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Karamanos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423361v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363717v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184771v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253223v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089701v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-bournaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9819-2789" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/134447069" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347096v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Husson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Philion" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Janand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bournaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.5573" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04375594v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pamphile" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1119635ar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347085v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837480v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lacombe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.056.0207" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04566009v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l de Clercq" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/fp.2023.840" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565982v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/fp.2023.844" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03837473v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.3873" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174559v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.3156" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096855v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dufour-Gergam" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174520v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jo&#235;lle Ramage" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Mathias" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184490v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Zucker" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Ganascia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/088395198117712" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333682v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Demers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998824v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Lefeuvre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Olivier Klein" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160178v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160175v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Deroche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602728v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557165v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511316v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Skrodzki" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Humbert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Demachy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511349v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Fuchs Gallezot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gerard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gueudet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mathias" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557126v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Gallezot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Clavel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489836v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Clavel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363720v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347107v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Depoutot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363706v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347124v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215666v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363710v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03175302v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174759v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184765v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935265v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03175284v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Maurines" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184768v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363723v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544206v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Courtine" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-36468-4_1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-3PSSG6HK-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571857v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570837v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572574v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-44914-0_6" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-GJWVKTJ9-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572569v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-39967-4_16" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-RLPLS5RM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01573415v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617609v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617608v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649097v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Breidenstein" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Wolinski" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0026796" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KV66T90Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649100v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BFb0027890" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-CRJGFZ9R-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557156v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vessiere" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle G&#233;rard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Karamanos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423361v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363717v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184771v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253223v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089701v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>