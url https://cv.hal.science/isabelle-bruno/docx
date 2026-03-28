--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -66,1595 +66,1686 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Marichalar, La montagne aux étoiles. Enquête sur les terres contestées de l’astronomie , Paris, La Découverte, coll. « Sciences humaines », 2024, 304 p.</w:t>
+                <w:t xml:space="preserve">‘Reinventing’ the Beach? Lessons from a Local Development Plan in the French Riviera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Salle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfse.035.0131c⟩</w:t>
+              <w:t xml:space="preserve">Political Quarterly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1467-923x.70060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05406904v1</w:t>
+                <w:t xml:space="preserve">hal-05560555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Elliott, Underwater. Loss, Flood Insurance, and the Moral Economy of Climate Change in the United States , New York, Columbia University Press, coll. « Society and the Environment », 2021, 296 p.</w:t>
+                <w:t xml:space="preserve">Pascal Marichalar, La montagne aux étoiles. Enquête sur les terres contestées de l’astronomie , Paris, La Découverte, coll. « Sciences humaines », 2024, 304 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, n° 35 (2), pp.131b-154b. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2025, n° 35 (2), pp.131c-154c. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfse.035.0131c⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfse.035.0131b⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-05406909v1</w:t>
+                <w:t xml:space="preserve">hal-05406904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The making of the coastal concession apparatus: a sociohistorical study of Pampelonne Beach (France, 1920s–1970s)</w:t>
+                <w:t xml:space="preserve">Rebecca Elliott, Underwater. Loss, Flood Insurance, and the Moral Economy of Climate Change in the United States , New York, Columbia University Press, coll. « Society and the Environment », 2021, 296 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégory Salle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TOMO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 44, pp.e22700. </w:t>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, n° 35 (2), pp.131b-154b. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21669/tomo.v44.22700⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfse.035.0131b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05498899v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05406909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature et propriété : reprendre, mettre en commun, rendre inappropriable</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The making of the coastal concession apparatus: a sociohistorical study of Pampelonne Beach (France, 1920s–1970s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul Cary</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Salle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfse.030.0029⟩</w:t>
+              <w:t xml:space="preserve">TOMO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 44, pp.e22700. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21669/tomo.v44.22700⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04241846v1</w:t>
+                <w:t xml:space="preserve">hal-05498899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature et propriété : pour une socio-économie écologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nature et propriété : reprendre, mettre en commun, rendre inappropriable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Barral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Cary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Revue Française de Socio-Economie, n° 29 (2), pp.19-42. </w:t>
+              <w:t xml:space="preserve">, 2023, 1 (30), pp.29-50. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfse.029.0019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfse.030.0029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04225208v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04241846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O “estatativismo” como uso militante da quantificação</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nature et propriété : pour une socio-économie écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Cary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologias</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1590/15174522-105471⟩</w:t>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Revue Française de Socio-Economie, n° 29 (2), pp.19-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfse.029.0019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03499916v1</w:t>
+                <w:t xml:space="preserve">hal-04225208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La casse de l’État social mise en lumière par la pandémie. Retour sur un lent processus de délitement : Présentation et mise en perspective d’une sélection d’articles tirés de dix années de publications de la Revue française de Socio-économie</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">O “estatativismo” como uso militante da quantificação</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfse.spe2020.0023⟩</w:t>
+              <w:t xml:space="preserve">Sociologias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23, pp.82 - 109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1590/15174522-105471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04120081v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03499916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Five ways to ensure that models serve society: a manifesto</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Monica Di Fiore</w:t>
+                <w:t xml:space="preserve">La casse de l’État social mise en lumière par la pandémie. Retour sur un lent processus de délitement : Présentation et mise en perspective d’une sélection d’articles tirés de dix années de publications de la Revue française de Socio-économie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Eloire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Cary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Monchatre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Zune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois-Xavier Devetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/d41586-020-01812-9⟩</w:t>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Hors-série « en lutte », pp.23-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfse.spe2020.0023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03098594v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04120081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘Before long there will be nothing but billionaires!’ The power of elites over space on the Saint-Tropez peninsula</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Five ways to ensure that models serve society: a manifesto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Saltelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Bammer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erica Charters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Di Fiore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socio-Economic Review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Socio-Economic Review, 16 (2), pp.435-458. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 582 (7813), pp.482-484. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ser/mwy016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/d41586-020-01812-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02446097v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Si le roi savait</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">‘Before long there will be nothing but billionaires!’ The power of elites over space on the Saint-Tropez peninsula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Salle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/traces.8995⟩</w:t>
+              <w:t xml:space="preserve">Socio-Economic Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Socio-Economic Review, 16 (2), pp.435-458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ser/mwy016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02135912v1</w:t>
+                <w:t xml:space="preserve">hal-02446097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« État ne touche pas à mon matelas ! »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Si le roi savait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Briatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Carnino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Cherrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Colmellere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Actes de la Recherche en Sciences Sociales, 218 (3), pp.26. </w:t>
+              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Faire revue, 18, pp.89-98. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/arss.218.0026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/traces.8995⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02307964v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02135912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Défaire l’arbitraire des faits. De l’art de gouverner (et de résister) par les 'données probantes</w:t>
+                <w:t xml:space="preserve">« État ne touche pas à mon matelas ! »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Salle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Actes de la Recherche en Sciences Sociales, 218 (3), pp.26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/arss.218.0026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02456466v1</w:t>
+                <w:t xml:space="preserve">hal-02307964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des faits, des faits, des faits!&amp;quot; À propos du gouvernement par les chiffres et autres données probantes (dans l’éducation et ailleurs)</w:t>
+                <w:t xml:space="preserve">Défaire l’arbitraire des faits. De l’art de gouverner (et de résister) par les 'données probantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Lusófona de Educação</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Revista Lusófona de Educação, 28, pp.25-42</w:t>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Revue française de socio-économie, HS 2, pp.213-227</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02453256v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02456466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statactivism: forms of action between disclosure and affirmation</w:t>
+                <w:t xml:space="preserve">Des faits, des faits, des faits!&amp;quot; À propos du gouvernement par les chiffres et autres données probantes (dans l’éducation et ailleurs)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tommaso Vitale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Partecipazione e conflitto - PArticipation and COnflict</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 7 (2), pp.198 - 220</w:t>
+              <w:t xml:space="preserve">Revista Lusófona de Educação</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Revista Lusófona de Educação, 28, pp.25-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01767045v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02453256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Malcolm Baldrige National Quality Award : des &amp;quot;gourous&amp;quot; aux &amp;quot;missionnaires&amp;quot; de la qualité</w:t>
+                <w:t xml:space="preserve">Statactivism: forms of action between disclosure and affirmation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Vitale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Partecipazione e conflitto - PArticipation and COnflict</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 7 (2), pp.198 - 220</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03179972v1</w:t>
+                <w:t xml:space="preserve">hal-01767045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le Malcolm Baldrige National Quality Award : des &amp;quot;gourous&amp;quot; aux &amp;quot;missionnaires&amp;quot; de la qualité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Sociétés contemporaines, 89 (1), pp.47-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soco.089.0047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03179972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Europeanization through its instrumentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lou Mandin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of European Public Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 13 (4), pp.519 - 536. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/13501760600693895⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01301022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1664,998 +1755,998 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concéder l’indisponible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Salle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La nature sous contrat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.211-228, 2025, 9782753598140. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13t34⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04443106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When Moral Obligation Meets Physical Opportunity: Studying Elite Lifestyles and Power in the Saint-Tropez Area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Salle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Francois Denord; Mikael Palme; Bertrand Réau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Researching Elites and Power. Theory, Methods, Analyses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.213-221, 2020, Methodos Series, 978-3-030-45175-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-45175-2_17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03056082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sous le sable, le commun ? Le droit à la plage contre l’enclosure balnéaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Salle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laval, Christian; Sauvêtre, Pierre; Taylan, Ferhat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’alternative du commun</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann, pp.179-187, 2019, Les Colloques Cerisy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03219368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désir de frontières, retour des rivages. Sur les figures contemporaines de la plage inhospitalière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dubet, François. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le retour des frontières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, pp.245-262, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02432892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The social sciences of quantification in France: an overview - Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Jany-Catrice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Touchelay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno, Isabelle; JANY-CATRICE, Florence; Touchelay, Béatrice. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Social Sciences of Quantification: From Politics of Large Numbers to Target-Driven Policies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.1-14, 2016, 978-3-319-43999-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-44000-2_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03971256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silencing the disbelievers&amp;quot;. Games of truth and power struggles around fact-based management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Derouet, Jean-Louis; Normand, Romuald. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A European Politics of Education. Perspectives from Sociology, Policy Studies and Politics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, pp.140-154, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03224343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benchmarking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michalos, Alex C. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Quality of Life and Well-Being Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.363-368, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02445383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Governing social creativity through benchmarking. From Xerox management to the “Innovative Europe”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kozlowski, Michal; Kurant, Agnieszka; Sowa, Jan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joy Forever. The Political Economy of Social Creativity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MayFly Books, pp.143-156, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02465037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction : pour un statactivisme !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Prévieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyprien Tasset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno, Isabelle; Didier, Emmanuel; Prévieux, Julien. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Statactivisme. Comment lutter avec des nombres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, pp.5-30, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02474292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire taire les incrédules&amp;quot;. Essai sur les figures du pouvoir bureaucratique à l’ère du benchmarking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hibou, Béatrice. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La bureaucratisation néolibérale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, pp.103-128, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02461336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’européanisation saisie par son instrumentation : benchmarking, gender mainstreaming et MOC… boîtes à outils ou boîtes de Pandore ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lou Mandin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno Palier; Yves Surel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Europe en action - L'européanisation dans une perspective comparée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions L'Harmattan, pp.193 - 250, 2007, 9782296024113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03569944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2665,694 +2756,694 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Social Sciences of Quantification. From Politics of Large Numbers to Target-Driven Policies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Jany-Catrice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Touchelay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05531775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From politics of large number to target-driven politics. Social sciences of quantification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Jany-Catrice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Touchelay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer, pp.240, 2016, 9783319829562</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02464564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Social Sciences of Quantification. From Politics of Large Numbers to Target-Driven Policies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Touchelay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Jany-Catrice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer, 204 p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01721227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statactivism: State Restructuring, Financial Capitalism and Statistical Mobilizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Vitale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Isabelle Bruno; Didier Emmanuel; Tommaso Vitale. Edizioni Franco Angeli, pp.158, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01491549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statactivisme. Comment lutter avec des nombres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Prévieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Découverte / Zones, pp.269, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03178359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benchmarking. L’État sous pression statistique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Didier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Découverte / Zones, pp.209, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02446704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grande mutation. Éducation et néolibéralisme en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Laval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions Syllepse. 2010, 2849502693</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05531761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À vos marques®, prêts… cherchez ! La stratégie européenne de Lisbonne, vers un marché de la recherche,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions du Croquant. 2008, 291496837X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05531763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3362,125 +3453,125 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On trying to study changes among elites in Saint-Tropez: Advantages and drawbacks of an &amp;quot;in-between&amp;quot; position</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Changing Elites in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Bergen; LSE, Nov 2015, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03034228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId86"/>
+      <w:footerReference w:type="default" r:id="rId88"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3627,51 +3718,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406904v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bruno" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.035.0131c" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406909v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.035.0131b" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498899v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Salle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21669/tomo.v44.22700" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04241846v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barral" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cary" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.030.0029" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04225208v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.029.0019" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499916v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Didier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/15174522-105471" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04120081v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloire" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monchatre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zune" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Devetter" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.spe2020.0023" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098594v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Saltelli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Bammer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Charters" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Di Fiore" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/d41586-020-01812-9" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02446097v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ser/mwy016" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135912v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briatte" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Carnino" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cherrier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Colmellere" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.8995" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02307964v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.218.0026" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02456466v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02453256v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01767045v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Vitale" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03179972v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.089.0047" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01301022v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jacquot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Mandin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13501760600693895" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04443106v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/263074" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13t34" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03056082v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45175-2_17" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03219368v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02432892v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03971256v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jany-Catrice" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Touchelay" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44000-2_1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03224343v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02445383v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02465037v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02474292v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pr&#233;vieux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Tasset" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02461336v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569944v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531775v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02464564v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721227v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01491549v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03178359v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02446704v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531761v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laval" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531763v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03034228v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560555v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bruno" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Salle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1467-923x.70060" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406904v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.035.0131c" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406909v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.035.0131b" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498899v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21669/tomo.v44.22700" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04241846v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Barral" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cary" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.030.0029" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04225208v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.029.0019" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499916v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Didier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/15174522-105471" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04120081v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloire" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monchatre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zune" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Devetter" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.spe2020.0023" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098594v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Saltelli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Bammer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Charters" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Di Fiore" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/d41586-020-01812-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02446097v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ser/mwy016" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135912v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Briatte" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Carnino" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cherrier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Colmellere" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.8995" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02307964v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.218.0026" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02456466v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02453256v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01767045v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Vitale" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03179972v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.089.0047" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01301022v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jacquot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Mandin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13501760600693895" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04443106v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/263074" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13t34" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03056082v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45175-2_17" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03219368v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02432892v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03971256v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jany-Catrice" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Touchelay" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44000-2_1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03224343v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02445383v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02465037v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02474292v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pr&#233;vieux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Tasset" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02461336v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03569944v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531775v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02464564v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721227v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01491549v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03178359v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02446704v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531761v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laval" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cl&#233;ment" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531763v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03034228v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>