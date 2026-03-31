--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -347,315 +347,315 @@
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0227802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02559883v1</w:t>
+                <w:t xml:space="preserve">inserm-02472733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First referral to an integrated onco- palliative care program: a retrospective analysis of its timing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Validity of the French version of the Autonomy Preference Index and its adaptation for patients with advanced cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Colombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miren Urtizberea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Vinant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Rouquette</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Palliative Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12904-020-0539-x⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (1), pp.e0227802. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0227802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02559873v1</w:t>
+                <w:t xml:space="preserve">hal-02559883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity of the French version of the Autonomy Preference Index and its adaptation for patients with advanced cancer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First referral to an integrated onco- palliative care program: a retrospective analysis of its timing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Barth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Colombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Montheil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Huillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Boudou-Rouquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0227802⟩</w:t>
+              <w:t xml:space="preserve">BMC Palliative Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12904-020-0539-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02472733v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02559873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multicentre analysis of intensity of care at the end-of-life in patients with advanced cancer, combining health administrative data with hospital records: variations in practice call for routine quality evaluation</w:t>
               </w:r>
@@ -1069,51 +1069,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Vinant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Huillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Goldwasser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1324,51 +1324,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of integrated palliative care on the quality of end-of-life care: retrospective analysis of 521 cancer patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Colombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Montheil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1573,607 +1573,607 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01393731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of Inter-Services Communication through a CDSS Dedicated to Myocardial Perfusion Scintigraphy</w:t>
+                <w:t xml:space="preserve">Terminology for the description of the diagnostic studies in the field of EBM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Nies</w:t>
+                <w:t xml:space="preserve">Natalia Grabar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gersende Georg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Faraggi</w:t>
+                <w:t xml:space="preserve">Ludovic Trinquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Colombet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Durieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 169, pp.135-139. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/978-1-60750-806-9-135⟩</w:t>
+              <w:t xml:space="preserve">, 2011, User Centred Networked Health Care, 169, pp. 769 - 773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/978-1-60750-806-9-769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01393914v1</w:t>
+                <w:t xml:space="preserve">hal-01393922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terminology for the description of the diagnostic studies in the field of EBM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improvement of Inter-Services Communication through a CDSS Dedicated to Myocardial Perfusion Scintigraphy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Nies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gersende Georg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Grabar</w:t>
+                <w:t xml:space="preserve">Marc Faraggi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Colombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Trinquart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Colombet</w:t>
+                <w:t xml:space="preserve">Pierre Durieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, User Centred Networked Health Care, 169, pp. 769 - 773. </w:t>
+              <w:t xml:space="preserve">, 2011, 169, pp.135-139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/978-1-60750-806-9-769⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/978-1-60750-806-9-135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01393922v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lecture critique d’article en médecine palliative : tentative de conciliation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of automated alerts on unnecessarily repeated serology tests in a cardiovascular surgery department: a time series analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Niès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Colombet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Zapletal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gillaizeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine Palliative</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.medpal.2010.05.001⟩</w:t>
+              <w:t xml:space="preserve">BMC Health Services Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 10 (1), pp.70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1472-6963-10-70⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01396870v1</w:t>
+                <w:t xml:space="preserve">inserm-00668465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronology of prescribing error during the hospital stay and prediction of pharmacist's alerts overriding: a prospective analysis.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lecture critique d’article en médecine palliative : tentative de conciliation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Colombet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Health Services Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 10 (1), pp.13. </w:t>
+              <w:t xml:space="preserve">Médecine Palliative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 9 (5), pp.242-250. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1472-6963-10-13⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.medpal.2010.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00663911v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01396870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of automated alerts on unnecessarily repeated serology tests in a cardiovascular surgery department: a time series analysis.</w:t>
+                <w:t xml:space="preserve">Chronology of prescribing error during the hospital stay and prediction of pharmacist's alerts overriding: a prospective analysis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Niès</w:t>
+                <w:t xml:space="preserve">Thibaut Caruba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Colombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gillaizeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Zapletal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Gillaizeau</w:t>
+                <w:t xml:space="preserve">Vanida Bruni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Chevalier</w:t>
+                <w:t xml:space="preserve">Virginie Korb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Health Services Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 10 (1), pp.70. </w:t>
+              <w:t xml:space="preserve">, 2010, 10 (1), pp.13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1472-6963-10-70⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1472-6963-10-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00668465v1</w:t>
+                <w:t xml:space="preserve">inserm-00663911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specification of business rules for the development of hospital alarm system: application to the pharmaceutical validation.</w:t>
               </w:r>
@@ -2472,51 +2472,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gillaizeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellis Chan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Trinquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Colombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2828,51 +2828,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A429DE37"/>
+    <w:nsid w:val="0230EA13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3059,51 +3059,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-colombet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8721-1526" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069938148" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/195974204" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000138913399" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02559883v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Colombet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rigal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miren Urtizberea" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Vinant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rouquette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0227802" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02559873v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Barth" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Montheil" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huillard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Boudou-Rouquette" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12904-020-0539-x" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02472733v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02559878v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bouleuc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Piolot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vilfaillot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jaulmes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12904-019-0419-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829926v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goldwasser" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nisenbaum" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Balladur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dauchy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2018.01.017" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829945v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Joffin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Serresse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Grabar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12904-017-0209-9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372365v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rousseau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvonne Guillard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2015.01.009" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393866v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Weiler" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chaillot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2014.05.023" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01295713v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Durand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gillaizeau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Niarra" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjspcare-2011-000157" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393731v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Woitha" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen van Beek" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nisar Ahmed" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Hasselaar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mollard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6963-12-381" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393914v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nies" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gersende Georg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Faraggi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durieux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-806-9-135" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393922v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Grabar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Trinquart" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-806-9-769" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396870v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2010.05.001" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663911v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Caruba" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanida Bruni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Korb" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6963-10-13" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00668465v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ni&#232;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Zapletal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chevalier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6963-10-70" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337200v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Boussadi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bousquet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Sabatier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Degoulet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00113694v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dart" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Leneveut" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Zunino" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l M&#233;nard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6947-3-13" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310581v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellis Chan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rt Walton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247265v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bergamaschi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brunier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fasshauer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Ottolini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://observatoire.francetierslieux.fr/projet-recherche/cahier-de-recherche-un-peu-plus-quun-etat-de-lart/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-colombet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8721-1526" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069938148" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/195974204" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000138913399" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02472733v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Colombet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rigal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miren Urtizberea" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Vinant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rouquette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0227802" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02559883v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02559873v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Barth" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Montheil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huillard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Boudou-Rouquette" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12904-020-0539-x" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-02559878v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bouleuc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Piolot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Vilfaillot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jaulmes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12904-019-0419-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829926v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Goldwasser" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nisenbaum" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Balladur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dauchy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2018.01.017" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829945v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Joffin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Serresse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Grabar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12904-017-0209-9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372365v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rousseau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvonne Guillard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2015.01.009" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393866v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Weiler" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chaillot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2014.05.023" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01295713v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Durand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gillaizeau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Niarra" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjspcare-2011-000157" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393731v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Woitha" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen van Beek" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nisar Ahmed" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Hasselaar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mollard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6963-12-381" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393922v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Grabar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Trinquart" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-806-9-769" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393914v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nies" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gersende Georg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Faraggi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Durieux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-806-9-135" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00668465v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ni&#232;s" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Zapletal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chevalier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6963-10-70" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396870v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2010.05.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663911v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Caruba" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanida Bruni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Korb" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6963-10-13" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337200v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelali Boussadi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bousquet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Sabatier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Degoulet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00113694v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dart" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Leneveut" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Zunino" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l M&#233;nard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6947-3-13" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310581v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellis Chan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rt Walton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247265v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bergamaschi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brunier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Fasshauer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Ottolini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://observatoire.francetierslieux.fr/projet-recherche/cahier-de-recherche-un-peu-plus-quun-etat-de-lart/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>