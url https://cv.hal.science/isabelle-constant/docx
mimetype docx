--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -100,425 +100,425 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation d’une méthode ELISA de dosage de la progestérone plasmatique bovine, dans un objectif d’étalonnage d’un biocapteur électronique embarqué</w:t>
+                <w:t xml:space="preserve">Perioperative hemodynamic optimization - Paediatrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Constant</w:t>
+                <w:t xml:space="preserve">Jean-Luc Fellahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Blanc</w:t>
+                <w:t xml:space="preserve">Matthieu Biais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laureine Aba’a</w:t>
+                <w:t xml:space="preserve">Osama Abou-Arab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Simon</w:t>
+                <w:t xml:space="preserve">Marc Beaussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Andanson</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bernard Cholley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, régulier 04 NOV'AE, 14 p. </w:t>
+              <w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.101663. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9386⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.accpm.2025.101663⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05349518v1</w:t>
+                <w:t xml:space="preserve">hal-05393232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perioperative hemodynamic optimization - Adults including obstetrics</w:t>
+                <w:t xml:space="preserve">Validation d’une méthode ELISA de dosage de la progestérone plasmatique bovine, dans un objectif d’étalonnage d’un biocapteur électronique embarqué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Fellahi</w:t>
+                <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Biais</w:t>
+                <w:t xml:space="preserve">Fabienne Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Osama Abou-Arab</w:t>
+                <w:t xml:space="preserve">Laureine Aba’a</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Beaussier</w:t>
+                <w:t xml:space="preserve">Juliette Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Cholley</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stéphane Andanson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.101662. </w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, régulier 04 NOV'AE, 14 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.accpm.2025.101662⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/Revue-NOVAE.2025.9386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05393239v1</w:t>
+                <w:t xml:space="preserve">hal-05349518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perioperative hemodynamic optimization - Paediatrics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Perioperative hemodynamic optimization - Adults including obstetrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Fellahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Biais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osama Abou-Arab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Beaussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Cholley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, pp.101663. </w:t>
+              <w:t xml:space="preserve">, 2025, pp.101662. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.accpm.2025.101663⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.accpm.2025.101662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05393232v1</w:t>
+                <w:t xml:space="preserve">hal-05393239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guidelines: Anaesthesia in the context of COVID-19 pandemic</w:t>
               </w:r>
@@ -798,51 +798,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lucas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1106,51 +1106,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Pires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Barbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1257,51 +1257,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Monziols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Schlegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Tourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1369,51 +1369,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Fossaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1619,51 +1619,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonzalo Cantalapiedra-Hijar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne de La Torre Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucette Genestoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1763,51 +1763,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digestibility in suckling beef cows is improved by short-term feed restriction but did not contribute to between-animal variation in feed efficiency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne de La Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1932,51 +1932,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Barreto Mendes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien. Bes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. EAAP International Symposium on Energy and Protein Metabolism and Nutrition (ISEP 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Granada, Spain. </w:t>
@@ -2191,51 +2191,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Y. Chilliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Steps to Sustainable Livestock International Conference 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2016, Bristol, United Kingdom</w:t>
@@ -2303,51 +2303,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Recoules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal P. d'Hour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Egal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2415,51 +2415,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne de La Torre Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Recoules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal P. d'Hour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2566,51 +2566,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Meeting of the FAO-CIHEAM Mountain Pasture Network</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Trivero, Italy</w:t>
@@ -2652,51 +2652,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using NIR spectroscopy on cheeses for the authentication of cows feeding and geographical origin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2812,51 +2812,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Delavaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Sibra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10.International Meeting on Mountain cheese</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Dronero, Italy</w:t>
@@ -2879,570 +2879,570 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using near infrared spectroscopy (NIRS) for determining the cows' feeding from cheeses samples</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Using NIR spectroscopy on milk for the traceability of cows feeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Coppa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Agabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Jestin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jacques Agabriel</w:t>
+                <w:t xml:space="preserve">G. Lombardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Agricultural Engineering (AgEng 2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">4. Conference NIRS on the GO 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Università di Padova. Padova, ITA., May 2010, Padova, Italy. 83 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02754198v1</w:t>
+                <w:t xml:space="preserve">hal-02756272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using NIR spectroscopy on milk for the traceability of cows feeding</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using NIR spectroscopy to determine cow diet and geographical origin from milk samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Coppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">G. Lombardi</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giampiero Lombardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Conference NIRS on the GO 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Università di Padova. Padova, ITA., May 2010, Padova, Italy. 83 p</w:t>
+              <w:t xml:space="preserve">23. General Meeting of the European Grassland Federation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Kiel, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756272v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de méthodes d’estimation de l’état corporel chez des vaches de réforme</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using near infrared spectroscopy (NIRS) for determining the cows' feeding from cheeses samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Jestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Giraud</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jacky Martin</w:t>
+                <w:t xml:space="preserve">Jacques Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">International Conference on Agricultural Engineering (AgEng 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754389v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using NIR spectroscopy to determine cow diet and geographical origin from milk samples</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Constant</w:t>
+                <w:t xml:space="preserve">Comparaison de méthodes d’estimation de l’état corporel chez des vaches de réforme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Drevillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ponsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giampiero Lombardi</w:t>
+                <w:t xml:space="preserve">Jacky Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23. General Meeting of the European Grassland Federation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Kiel, Germany</w:t>
+              <w:t xml:space="preserve">17. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756266v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation de la digestibilité de la ration de taurillons Salers à partir d’un marqueur indigestible : l’ytterbium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garcia-Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Egal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3536,64 +3536,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Capitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3648,77 +3648,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conduite de l'alimentation en élevage bovin allaitant : analyse des écarts entre pratiques et recommandations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Veysset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ingrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lherm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3773,64 +3773,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Authentification de la zone de production de laits de grand mélange (plaine-montagne) à partir de méthodes spectrales dans le visible et le proche infrarouge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Jestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3926,51 +3926,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de la composition nutritionnelle des laits de tank selon leur origine et les pratiques d'élevage en France, Slovénie, Slovaquie et Norvège</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Sibra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Constant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Chassaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4318,51 +4318,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05349518v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Constant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Blanc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureine Aba&#8217;a" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Simon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Andanson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9386" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05393239v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fellahi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Biais" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osama Abou-Arab" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beaussier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cholley" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2025.101662" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05393232v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2025.101663" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862828v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Velly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gayat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey de Jong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Quintard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cuvillon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2020.05.012" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351519v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chassaing" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sibra" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joze Verbic" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odd Magne Harstad" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Golecky" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-016-0300" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649566v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Agabriel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lucas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2013.02.086" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21RTH1TL-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645351v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Coppa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sibra" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-5272" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203792v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Delavaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barbet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ortigues Marty" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934631v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lerch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Monziols" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schlegel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Tourret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494585v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Picard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fossaert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Torre Capitan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383603v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Herremans" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Froidmont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874033v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Cantalapiedra-Hijar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucette Genestoux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Grand" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03796440v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Torre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sepchat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.037" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03798793v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Barreto Mendes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien. Bes" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.181" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934616v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lerch" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Huau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Monziols" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Xavier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739585v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Menassol" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Chilliard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743385v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Recoules" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. d'Hour" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Egal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739303v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748123v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pomi&#232;s" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pradel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Verdier-Metz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749990v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750307v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754198v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jestin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756272v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lombardi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754389v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Giraud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Drevillon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lecomte" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ponsart" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Martin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756266v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Lombardi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758561v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vimal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751119v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Capitan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195142v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Veysset" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lherm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751045v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804606v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823835v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Cornu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Ratel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05393232v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fellahi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Biais" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osama Abou-Arab" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beaussier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cholley" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2025.101663" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05349518v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Constant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Blanc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureine Aba&#8217;a" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Simon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Andanson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-NOVAE.2025.9386" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05393239v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2025.101662" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862828v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Velly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gayat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey de Jong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Quintard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cuvillon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2020.05.012" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351519v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chassaing" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sibra" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joze Verbic" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odd Magne Harstad" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslav Golecky" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-016-0300" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649566v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Agabriel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lucas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2013.02.086" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21RTH1TL-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645351v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Coppa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sibra" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-5272" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203792v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Delavaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barbet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ortigues Marty" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934631v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lerch" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Monziols" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schlegel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Tourret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494585v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Picard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Fossaert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Torre Capitan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383603v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Herremans" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Froidmont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874033v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Cantalapiedra-Hijar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucette Genestoux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Grand" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03796440v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Torre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sepchat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.037" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03798793v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Barreto Mendes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien. Bes" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2022.07.181" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934616v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lerch" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Huau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Monziols" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Xavier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739585v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Menassol" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Y. Chilliard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743385v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Recoules" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. d'Hour" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Egal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739303v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748123v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pomi&#232;s" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pradel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Verdier-Metz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749990v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750307v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756272v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lombardi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756266v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Lombardi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754198v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jestin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754389v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Giraud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Drevillon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lecomte" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ponsart" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Martin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758561v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vimal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751119v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Capitan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195142v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Veysset" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lherm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751045v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804606v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823835v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Cornu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Ratel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>