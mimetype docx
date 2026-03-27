--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2705,394 +2705,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05241988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réponse immunitaire de Spodoptera frugiperda (Lepidoptera: Noctuidae) à l'infection par différents organismes entomopathogènes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How pathogenic bacteria and viruses defeat the immune defenses of their Lepidoptera host</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Huot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Darboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Gosselin-Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Duvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Negre</w:t>
+                <w:t xml:space="preserve">Nicolas Nègre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REID-ImmunInv2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">MicrobiOccitanie 2019- Rencontre des Microbiologistes Région Occitanie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02165414v1</w:t>
+                <w:t xml:space="preserve">hal-02154505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How pathogenic bacteria and viruses defeat the immune defenses of their Lepidoptera host</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Louise Huot</w:t>
+                <w:t xml:space="preserve">Production de mutants perte de fonction chez la noctuelle ravageur de culture, Spodoptera frugiperda grâce à CRISPR/Cas9</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Frayssinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle d'Alençon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Darboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MicrobiOccitanie 2019- Rencontre des Microbiologistes Région Occitanie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">REID-ImmunInv2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02154505v1</w:t>
+                <w:t xml:space="preserve">hal-02165412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production de mutants perte de fonction chez la noctuelle ravageur de culture, Spodoptera frugiperda grâce à CRISPR/Cas9</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Frayssinet</w:t>
+                <w:t xml:space="preserve">Réponse immunitaire de Spodoptera frugiperda (Lepidoptera: Noctuidae) à l'infection par différents organismes entomopathogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Darboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Duvic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Gosselin-Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Huot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle d'Alençon</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Negre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">REID-ImmunInv2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02165412v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02165414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of differentially expressed long non-coding RNAs (lncRNAs) in response to viral infection in S. frugiperda hemocytes</w:t>
               </w:r>
@@ -3186,90 +3186,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome-wide analysis of genes and gene families involved in the immunity of Spodoptera frugiperda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Duvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Darboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Escoubas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Negre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Neunemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3426,260 +3426,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extensive transcription analysis of Hyposoter didymator ichnovirus genome in permissive and non-permissive lepidopteran host species</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Régulation de la mort cellulaire au cours de l’infection par le polydnavirus HdIV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Eychenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Bouazizi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Nathalie Volkoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Darboux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. International Symposium on Molecular Insect Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">Colloque Immunité des invertébrés : IMMUNINV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR CNRS 6282, May 2014, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01991481v1</w:t>
+                <w:t xml:space="preserve">hal-05242515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régulation de la mort cellulaire au cours de l’infection par le polydnavirus HdIV</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Extensive transcription analysis of Hyposoter didymator ichnovirus genome in permissive and non-permissive lepidopteran host species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Doremus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Cousserans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabor Gyapay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Samain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Immunité des invertébrés : IMMUNINV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR CNRS 6282, May 2014, Dijon, France</w:t>
+              <w:t xml:space="preserve">7. International Symposium on Molecular Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05242515v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de la vankyrine Hd27-vank1 du polydnavirus sur la viabilité de l’hôte</w:t>
               </w:r>
@@ -5377,51 +5377,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FE49F6E9"/>
+    <w:nsid w:val="3C15E594"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5608,51 +5608,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-darboux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4990-8856" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05410672v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Alary" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Darboux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Massot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.181166" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216198v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jouan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2025.105843" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04006610v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Robin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Ogliastro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.001827" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124768v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cusson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Nathalie Volkoff" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2018.10.007" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483831v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Lorenzi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ravallec" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Eychenne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008210" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124769v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Visconti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molimm.2019.02.011" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01633879v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gouin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bretaudeau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiwoong Nam" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gimenez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-10461-4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190108v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Doremus" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Cousserans" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Gyapay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Milano" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0104072" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837278v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2014.09.017" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837249v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Urbach" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2012.12.010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G6JTV9HP-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643920v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Provost" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Hilliou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delobel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bernardo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2011.03.010" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7M6GNW4P-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652321v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Clavijo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne Mannucci" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0027522" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661045v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onya Opota" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Charles" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Warot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pauron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpb.2007.11.002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VQRXR2TG-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666076v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pauchet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2007.00934.x" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682430v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deraison" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Duportets" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Gorojankina" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671164v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Castella" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Silva-Filha" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nielsen-Le Roux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05245298v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Nielsen-Leroux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0965-1748(01)00046-7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6JMSQKS-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698579v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lingueglia" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barbry" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lazdunski" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216242v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05241988v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Joun" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Clouet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165414v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Duvic" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Gosselin-Grenet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Huot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Negre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154505v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N&#232;gre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165412v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Girard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Frayssinet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle d'Alen&#231;on" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988642v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Helene Ogliastro" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154502v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Escoubas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Neunemann" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991473v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Bouazizi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991481v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Samain" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242515v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242495v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Rouvier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05245380v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242443v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Dor&#233;mus" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Mannucci" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242434v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Seninet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jambart" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242421v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242367v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242149v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Sulva-Filha" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina C. Nielsen-Leroux" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242096v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Silva-Filha" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242128v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05245358v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Ogliastro" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242528v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cousserans" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Samain" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05245399v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831320v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nielsen-Leroux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B0-44-451924-6/00082-X" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-darboux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4990-8856" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05410672v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Alary" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Darboux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Massot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.181166" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216198v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jouan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2025.105843" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04006610v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Robin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Ogliastro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.001827" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124768v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cusson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Nathalie Volkoff" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2018.10.007" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483831v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Lorenzi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ravallec" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Eychenne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008210" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124769v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Visconti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molimm.2019.02.011" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01633879v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gouin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bretaudeau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiwoong Nam" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gimenez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-10461-4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190108v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Doremus" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Cousserans" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Gyapay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Milano" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0104072" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837278v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2014.09.017" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837249v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Urbach" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2012.12.010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G6JTV9HP-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643920v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Provost" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Hilliou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Delobel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bernardo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2011.03.010" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7M6GNW4P-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652321v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Clavijo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne Mannucci" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0027522" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661045v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onya Opota" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Charles" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Warot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pauron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpb.2007.11.002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VQRXR2TG-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666076v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pauchet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2007.00934.x" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682430v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deraison" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Duportets" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Gorojankina" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671164v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Castella" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Silva-Filha" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nielsen-Le Roux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05245298v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Nielsen-Leroux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0965-1748(01)00046-7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H6JMSQKS-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698579v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lingueglia" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barbry" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lazdunski" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05216242v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05241988v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Joun" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Clouet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154505v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Huot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Gosselin-Grenet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Duvic" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N&#232;gre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165412v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Girard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Frayssinet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle d'Alen&#231;on" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165414v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Negre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988642v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Helene Ogliastro" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154502v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Escoubas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Neunemann" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991473v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Bouazizi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242515v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991481v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Samain" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242495v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Rouvier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05245380v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242443v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Dor&#233;mus" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Mannucci" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242434v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Seninet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jambart" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242421v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242367v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242149v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Sulva-Filha" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina C. Nielsen-Leroux" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242096v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Silva-Filha" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242128v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05245358v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Ogliastro" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242528v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cousserans" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Samain" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05245399v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831320v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nielsen-Leroux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B0-44-451924-6/00082-X" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>