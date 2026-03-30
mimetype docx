--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -184,51 +184,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Eric Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Pillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, NS 4, pp.235-240. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.20870/revue-novae.2025.9706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
@@ -3788,315 +3788,315 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seed Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...57 lines deleted...]
-                <w:t xml:space="preserve">Annie Marion-Poll</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dubreucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Debeaujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Marion-Poll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Developmental Biology - Biotechnological Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer Berlin Heidelberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.341-359, 2010, 978-3-642-02300-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-02301-9_17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01203968v1</w:t>
+                <w:t xml:space="preserve">hal-05263499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seed Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...57 lines deleted...]
-                <w:t xml:space="preserve">A. Marion-Poll</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dubreucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien S. Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Debeaujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Marion-Poll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Developmental Biology - Biotechnological Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Springer Berlin Heidelberg</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">Springer-verlag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 497 p., 2010, 978-3-642-02300-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-02301-9_17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05263499v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seed coat development and dormancy</w:t>
               </w:r>
@@ -4538,51 +4538,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453618v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Verger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Esnault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Debeaujon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Chauvin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Pillot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-novae.2025.9706" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263353v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Corso" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dubreucq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Job" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.104" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03431528v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Berger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Ralet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Akary" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sall&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grandjean" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10102546" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531684v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoto Sano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rajjou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen North" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Marion-Poll" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcv186" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204038v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure David" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dechorgnat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Berquin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Routaboul" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ert481" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204101v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Galland" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Boutet-Mercey" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Lounifi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Godin-P&#233;r&#233;nnez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcu095" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263383v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pochon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Terrasson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillemette" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Iacomi-Vasilescu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Georgeault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1746-4811-8-16" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190780v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pochon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203892v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien S. Baud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dubos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.04095.x" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263460v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313x.2009.04095.x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263500v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Lucas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bathilde Auger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Baron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L&#233;cureuil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00299-008-0667-x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662820v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Lecureuil" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203970v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Sabrina Le Gourrierec" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baudry" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunnar Huep" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lanet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2008.03564.x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667126v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krasimira Marinova" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Pourcel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Weder" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schwarz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Barron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.106.046029" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669059v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Cheynier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic L. Lepiniec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2006.11.006" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HFM53PST-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669181v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Kerhoas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Caboche" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-005-0197-5" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B390EBE22D3A6D74C9813B59D997A0B175CF3961/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657414v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Routaboul" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev.arplant.57.032905.105252" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683033v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508727v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J Vandekerckhove" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Job" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.103.036293" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676292v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Devic" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682232v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jond" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Stewart" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.I. Jenkins" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678911v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691521v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pelletier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699207v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guilleminot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bechtold" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bensaude" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-313X.1999.00529.x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04491046v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Perreau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frey" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra To" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04508915v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;lphine de Vos" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damaris Grain" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Th&#233;venin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Chabout" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203977v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Berthet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Baratiny" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Demont-Caulet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/bookseries/00652296/61" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-416023-1.00005-7" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203968v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02301-9_17" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263499v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dubreucq" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Debeaujon" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubos" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marion-Poll" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/10.1007/978-3-642-02301-9_17" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203973v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lepiniec" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcn167" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767226v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koornneef" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453618v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Verger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Esnault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Debeaujon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Chauvin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Pillot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-novae.2025.9706" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263353v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Corso" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dubreucq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Job" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.104" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03431528v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Berger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Ralet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Akary" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sall&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grandjean" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10102546" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531684v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoto Sano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rajjou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen North" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Marion-Poll" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcv186" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204038v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure David" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dechorgnat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Berquin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Routaboul" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ert481" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204101v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Galland" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Boutet-Mercey" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Lounifi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Godin-P&#233;r&#233;nnez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcu095" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263383v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pochon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Terrasson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guillemette" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Iacomi-Vasilescu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Georgeault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1746-4811-8-16" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190780v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pochon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203892v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien S. Baud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dubos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.04095.x" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263460v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313x.2009.04095.x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263500v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Lucas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bathilde Auger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Baron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain L&#233;cureuil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00299-008-0667-x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662820v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Lecureuil" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203970v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Sabrina Le Gourrierec" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baudry" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunnar Huep" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lanet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2008.03564.x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667126v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krasimira Marinova" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Pourcel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Weder" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schwarz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Barron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.106.046029" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669059v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Cheynier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic L. Lepiniec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2006.11.006" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HFM53PST-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669181v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Kerhoas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Caboche" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-005-0197-5" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B390EBE22D3A6D74C9813B59D997A0B175CF3961/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657414v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Routaboul" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev.arplant.57.032905.105252" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683033v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508727v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gallardo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J Vandekerckhove" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Job" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.103.036293" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676292v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Devic" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682232v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jond" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Stewart" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.I. Jenkins" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678911v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691521v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pelletier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699207v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Guilleminot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bechtold" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bensaude" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-313X.1999.00529.x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04491046v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Perreau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frey" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra To" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04508915v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;lphine de Vos" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damaris Grain" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Th&#233;venin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Chabout" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203977v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Berthet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Baratiny" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Demont-Caulet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/bookseries/00652296/61" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-416023-1.00005-7" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263499v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dubreucq" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baud" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Debeaujon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubos" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marion-Poll" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/10.1007/978-3-642-02301-9_17" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02301-9_17" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203968v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203973v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lepiniec" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ncbi.nlm.nih.gov/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcn167" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767226v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koornneef" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>