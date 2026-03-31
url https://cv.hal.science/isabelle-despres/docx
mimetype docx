--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -75,1274 +75,1274 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La déconstruction du stéréotype de la vieillesse dans l’œuvre de Vladimir Makanin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modernités russes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Modernités russes, La vieillesse dans la littérature russe (22/2023), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35562/modernites-russes.819⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04803588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Russie comme expérience de vie et d'écriture : Le Journal d'un loup de Mariusz Wilk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slovo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Les Voyages lointains des écrivains polonais (XX-XXIe siècles), 51, pp.87-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/slovo.2021.7443⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03200150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chanter Vyssotski en français : &amp;quot;La fin du bal&amp;quot;, &amp;quot;Rien ne va</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La main de Thôt : théories, enjeux et pratiques de la traduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Traduire la Chanson, La main de Thôt [En ligne] (N°8)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03154398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rock russe et nation. L’image de la patrie à travers quelques poésies rock des années 1980-2000</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ILCEA: Revue de l’Institut des langues et cultures d'Europe, Amérique, Afrique, Asie et Australie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 38, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ilcea.8225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représentations de la révolution de 1917 en Russie contemporaine : avant propos.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ILCEA: Revue de l’Institut des langues et cultures d'Europe, Amérique, Afrique, Asie et Australie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ilcea.6668⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celebrating the October Revolution in Music: A Political Demonstration?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louisa Martin-Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ILCEA: Revue de l’Institut des langues et cultures d'Europe, Amérique, Afrique, Asie et Australie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ilcea.6683⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04031232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelques représentations de la femme dans les oeuvres de Viktor Pélévine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ILCEA: Revue de l’Institut des langues et cultures d'Europe, Amérique, Afrique, Asie et Australie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Les femmes en Russie: parcours, mythes et représentations, 29, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ilcea.4208⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01422553v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paroles étranges : De l'École des idiots à La prise d'Izmail.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modernités russes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Paroles étranges. Mélanges offerts à Jean-Claude Lanne, hors série (Mélanges offerts Jean-Claude Lanne), pp.233-253</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01272472v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les femmes en Russie : parcours, mythes, représentations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ILCEA: Revue de l’Institut des langues et cultures d'Europe, Amérique, Afrique, Asie et Australie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ilcea.4202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fin d'empire, apocalypse et résurrection dans le roman de Mikhaïl Chichkine Le Cheveu de Vénus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches et travaux (Grenoble)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02058167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le conceptualisme moscovite : art progressiste ou dissidence idéologique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ILCEA: Revue de l’Institut des langues et cultures d'Europe, Amérique, Afrique, Asie et Australie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, La culture progressiste à l’époque de la guerre froide, 16, http://ilcea.revues.org/1351</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01422575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les paraphrases de Timour Kibirov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chroniques slaves</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02058189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Mot dans la nouvelle prose russe, l’exemple du Slynx de Tatiana Tolstaïa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue russe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 21 (1), pp.51-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/russe.2002.2142⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04839743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À la recherche du héros. Vladimir Makanine : Underground ou Un héros de notre temps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue russe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, La revue russe, 17, pp.23 - 34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/russe.2000.2054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04155416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Research in Exile: Views and Voices from the Slavic World</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei Evstratov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valery Kossov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexei Evstratov</w:t>
+                <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Thibonnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ILCEA: Revue de l’Institut des langues et cultures d'Europe, Amérique, Afrique, Asie et Australie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 53, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ilcea.18541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04625939v1</w:t>
-              </w:r>
-[...1094 lines deleted...]
-                <w:t xml:space="preserve">hal-04155416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1354,195 +1354,195 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour une histoire du postmodernisme russe</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">La littérature russe des années « turbulentes » [lihie gody] : fin d'époque ou parenthèse ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Comment écrire une nouvelle histoire de la littérature russe ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut d’Études Slaves, Apr 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">A la recherche du temps perçu. Les temporalités dans l’Empire russe, l’URSS et le monde post-soviétique,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Rus (CREE, CNRS, EHESS), Feb 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04948184v1</w:t>
+                <w:t xml:space="preserve">hal-04969887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La littérature russe des années « turbulentes » [lihie gody] : fin d'époque ou parenthèse ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Pour une histoire du postmodernisme russe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A la recherche du temps perçu. Les temporalités dans l’Empire russe, l’URSS et le monde post-soviétique,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR Rus (CREE, CNRS, EHESS), Feb 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">« Comment écrire une nouvelle histoire de la littérature russe ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut d’Études Slaves, Apr 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04969887v1</w:t>
+                <w:t xml:space="preserve">hal-04948184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Тема старости в произведениях Владимира Маканина</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Juri Lotman's semiosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Estonian Semiotics Association University of Tartu, The Faculty of Arts and Humanities Tallinn University, The School of Humanities and the Juri Lotman Semiotics Repository, Feb 2022, Tallinn - Tartu, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1567,51 +1567,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’impératif cosmique de Nicolaï Fiodorov et la langue des étoiles de Vélimir Khlebnikov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poésique 2021 « La Musique des sphères »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ILCEA4, Dec 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1636,51 +1636,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une écriture à la marge. la &amp;quot;trilogie scandinave&amp;quot; d'Andrei Ivanov.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2e Journée d’études: L’Empire russe, l’URSS et le monde post-soviétique au contact d’autres aires culturelles. Enjeux méthodologiques et épistémologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR 2064 (CNRS) Empire russe, URSS et monde post-soviétique, Jun 2021, GRENOBLE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1705,51 +1705,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduire Vyssotski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poésique 19 : Traduire la chanson</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1774,51 +1774,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mal et maladie postmoderne : l'héritage dostoïevskien dans la littérature russe contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La force du mal dans l'oeuvre de Dostoïevski</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2014, BREST, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1843,51 +1843,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'écriture de la guerre chez V. Makanine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecrire la guerre en Russie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Régis Gayraud, CELIS, Université de Clermont-Ferrand 2, Mar 2008, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1944,51 +1944,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La création d'un univers symbolique dans les textes des berceuses russes traditionnelles et littéraires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2006,51 +2006,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Russie comme expérience de vie et d'écriture.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2068,51 +2068,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le discours nationaliste chez les critiques religieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2130,51 +2130,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-modernité russe et critique essayiste dans les grosses revues littéraires généralistes Znamia et Novy Mir (1992 - 2002)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2192,51 +2192,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques aspects du débat sur la traduction littéraire à Moscou au début du XIXème siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2286,51 +2286,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mal et maladie postmoderne : l’héritage dostoïevskien dans la littérature russe contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« La Révolution a été faite par les voluptueux » La force du mal dans l'oeuvre de Dostoïevski</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermann, 2019, Des Morales et des œuvres, 9791037001887</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2355,51 +2355,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loup-garou, Minotaure et vampires : quelques représentations du pouvoir dans la prose de Viktor Pelevine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saignes A., Salha A.,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Du Grand Inquisiteur à Big Brother, le pouvoir dans la littérature et les arts de la fin du XIX siècle à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, éd. Garnier, 2013, collection Perspective comparatiste</w:t>
@@ -2460,51 +2460,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théories esthétiques et polémique littéraire dans les revues moscovites de l'époque romantique (1824-1834)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Després</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Littératures. Université Paris-Sorbonne - Paris IV, 1994. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2700,51 +2700,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625939v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Evstratov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Kossov" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Despr&#233;s" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Thibonnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.18541" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803588v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/modernites-russes.819" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200150v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/slovo.2021.7443" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926536v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.8225" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154398v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926542v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.6668" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031232v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Martin-Chevalier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.6683" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01272472v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422553v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.4208" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926544v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.4202" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058167v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422575v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058189v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839743v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/russe.2002.2142" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155416v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/russe.2000.2054" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948184v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969887v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948085v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04945403v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054446v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929553v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165989v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422542v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202681v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01272468v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192704v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067548v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938983v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926528v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058149v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01053577v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803588v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Despr&#233;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/modernites-russes.819" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200150v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/slovo.2021.7443" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154398v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926536v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.8225" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926542v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.6668" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031232v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Martin-Chevalier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.6683" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422553v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.4208" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01272472v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926544v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.4202" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058167v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422575v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058189v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839743v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/russe.2002.2142" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155416v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/russe.2000.2054" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625939v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei Evstratov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Kossov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Thibonnier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.18541" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969887v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948184v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948085v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04945403v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054446v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04929553v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165989v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422542v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202681v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01272468v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192704v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067548v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938983v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926528v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058149v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01053577v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>