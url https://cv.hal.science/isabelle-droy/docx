--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -106,200 +106,200 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les reconfigurations de la protection sociale en Afrique : introduction</w:t>
+                <w:t xml:space="preserve">Les reconfigurations de la protection sociale en Afrique [dossier]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gondard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Droy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mondes en Développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 53 (1), pp.7-11. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2025, 53 (1), 183 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05084284v1</w:t>
+                <w:t xml:space="preserve">hal-05084469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les reconfigurations de la protection sociale en Afrique [dossier]</w:t>
+                <w:t xml:space="preserve">Les reconfigurations de la protection sociale en Afrique : introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gondard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Droy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mondes en Développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 53 (1), 183 p</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2025, 53 (1), pp.7-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/med.209.0008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05084469v1</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05084284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extension du domaine du risque à Madagascar : ce qu'en disent les habitants de l'Androy</w:t>
               </w:r>
@@ -487,299 +487,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04764475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Southern Madagascar, polycrisis and project failures: A scoping review</w:t>
+                <w:t xml:space="preserve">Holistic approaches to assess the sustainability of food systems in low- and middle-income countries: a scoping review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Delpy</w:t>
+                <w:t xml:space="preserve">Estelle Fourat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Gondard Delcroix</w:t>
+                <w:t xml:space="preserve">Eric Blanchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Galon</w:t>
+                <w:t xml:space="preserve">Miriam Cué Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Lallau</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maria J Darias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arona Diedhiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0305359⟩</w:t>
+              <w:t xml:space="preserve">PLOS Sustainability and Transformation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3 (7), pp.e0000117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pstr.0000117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04688613v1</w:t>
+                <w:t xml:space="preserve">hal-04662942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holistic approaches to assess the sustainability of food systems in low- and middle-income countries: a scoping review</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Southern Madagascar, polycrisis and project failures: A scoping review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Blanchart</w:t>
+                <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miriam Cué Rio</w:t>
+                <w:t xml:space="preserve">Maxime Galon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria J Darias</w:t>
+                <w:t xml:space="preserve">Benoît Lallau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Droy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arona Diedhiou</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLOS Sustainability and Transformation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 3 (7), pp.e0000117. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (7), pp.e0305359. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pstr.0000117⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0305359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04662942v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04688613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madagascar rural observatory surveys, a longitudinal dataset on household living conditions 1995–2015</w:t>
               </w:r>
@@ -2660,217 +2660,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03615002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parc arboré et mutations sociales en pays Sereer (Sénégal): une nouvelle gouvernance comme condition de la durabilité ?</w:t>
+                <w:t xml:space="preserve">Parc arboré et mutations sociales en pays Sereer (Sénégal) : une nouvelle gouvernance comme condition de la durabilité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Etienne Bidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Droy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lavigne Delville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Intensification durable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Dakar (Sénégal), Sénégal</w:t>
+              <w:t xml:space="preserve">Humanités Environnementales : Sciences, arts et citoyennetés face aux changements globaux. 29es Journées de la Société d’écologie humaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d’écologie humaine – UMR SENS – Maison des Sciences de l’Homme SUD, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ird-04925325v1</w:t>
+                <w:t xml:space="preserve">hal-03615008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parc arboré et mutations sociales en pays Sereer (Sénégal) : une nouvelle gouvernance comme condition de la durabilité ?</w:t>
+                <w:t xml:space="preserve">Parc arboré et mutations sociales en pays Sereer (Sénégal): une nouvelle gouvernance comme condition de la durabilité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Etienne Bidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Droy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lavigne Delville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanités Environnementales : Sciences, arts et citoyennetés face aux changements globaux. 29es Journées de la Société d’écologie humaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d’écologie humaine – UMR SENS – Maison des Sciences de l’Homme SUD, Oct 2021, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Colloque Intensification durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Dakar (Sénégal), Sénégal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03615008v1</w:t>
+                <w:t xml:space="preserve">ird-04925325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sortir de l’invisibilité : inégalités de genre dans les agricultures familiales en Afrique de l’Ouest</w:t>
               </w:r>
@@ -4658,229 +4658,229 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03269000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminants socio-économiques des dynamiques des systèmes agroforestiers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Re-InVEST : un projet de recherche pour réinvestir dans le social en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Droy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">Seghieri Josiane (ed.); Harmand Jean-Michel (ed.). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bresson, M. (ed.); Cartier-Bresson, J. (ed.); Hirschhorn, M. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agroforesterie et services écosystémiques en zone tropicale : Recherche de compromis entre services d’approvisionnement et autres services écosystémiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ed. Quae, pp.211-227, 2019, Update sciences et technologies, 978-2-7592-3059-4</w:t>
+              <w:t xml:space="preserve">Sociologues et économistes face à la demande de savoirs : participation et contournements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 4, MSH Paris-Saclay, p. 147-164, 2019, Actes, 978-2-490-36903-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05173881v1</w:t>
+                <w:t xml:space="preserve">hal-02489727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Re-InVEST : un projet de recherche pour réinvestir dans le social en Europe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Déterminants socio-économiques des dynamiques des systèmes agroforestiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pedelahore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Droy</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Bresson, M. (ed.); Cartier-Bresson, J. (ed.); Hirschhorn, M. (ed.). </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Etienne Bidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Freguin-Gresh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Sibelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Seghieri Josiane (ed.); Harmand Jean-Michel (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologues et économistes face à la demande de savoirs : participation et contournements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 4, MSH Paris-Saclay, p. 147-164, 2019, Actes, 978-2-490-36903-4</w:t>
+              <w:t xml:space="preserve">Agroforesterie et services écosystémiques en zone tropicale : Recherche de compromis entre services d’approvisionnement et autres services écosystémiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ed. Quae, pp.211-227, 2019, Update sciences et technologies, 978-2-7592-3059-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02489727v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05173881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vulnérabilités et politiques publiques en milieu rural au Mali : les exemples du Bassin cotonnier et du Delta intérieur du Niger</w:t>
               </w:r>
@@ -5683,90 +5683,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement dans le Grand Sud malgache, Quelques enseignements de 30 ans de projets de développement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
+                <w:t xml:space="preserve">Voahirana Tantely Andrianantoandro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voahirana Tantely Andrianantoandro</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Diane Cachau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Droy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5787,279 +5787,279 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04218183v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie des réseaux et stratégies communautaires de sécurisation des conditions de vie dans le Grand Sud de Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gondard-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Lallau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Archambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Deguilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Bordeaux; IRD. 2019, 134 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04834624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The African Great Green Wall project .What advice can scientists provide?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bellefontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Bellefontaine</w:t>
+                <w:t xml:space="preserve">M Bernoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Bernoux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Bonnet</w:t>
+                <w:t xml:space="preserve">Antoine Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Cornet</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophe Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">French Scientific Committee on Desertification. 2011, 40 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04959210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId155"/>
+      <w:footerReference w:type="default" r:id="rId154"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6206,51 +6206,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084284v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gondard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Droy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.209.0008" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084469v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084411v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Bidou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.209.0058" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764475v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hofmann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Broutin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.207.0031" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688613v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Delpy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard Delcroix" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Galon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0305359" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662942v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Fourat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Cu&#233; Rio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J Darias" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arona Diedhiou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000117" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333763v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Velomalala Solo Andrianjafindrainibe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Andrianirina" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dubois" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-03879-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068681v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P&#233;delahore" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean &#201;tienne Bidou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Freguin-Gresh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Le Coq" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10457-022-00762-7" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687847v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-&#201;tienne Bidou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.197.0025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170910v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Seghieri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiros Hadgu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Place" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.158707" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03364902v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10457-021-00689-5" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531173v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Koukp&#233;r&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.482.0138" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03973680v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Etienne Bidou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Houesse" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mering" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.8083" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491129v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rasolofo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ried.235.0091" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488626v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01757893v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mainguy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.164.0007" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486970v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Etienne Bidou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Belieres" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/ejdr.2012.12" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351089v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fauroux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351094v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.1621" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351097v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.140.0045" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331295v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rasololofo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489186v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Hofmann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Broutin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615023v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lavigne Delville" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615002v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04925325v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615008v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614990v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02636406v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983686v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488631v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahiry Andrianarisoa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne David-Benz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Moustier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070991v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois B&#233;li&#232;res" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00397578v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leyle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187825v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Archambaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berrou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Deguilhem" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Delpy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187839v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116343v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Ballet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430946v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diallo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coulibaly-Lingani" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613603v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10457/volumes-and-issues/95-7" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404845v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bonnassieux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cabrit" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coronel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01771561v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488622v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384333v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loireau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614956v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10568/115102" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269000v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lambert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173881v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pedelahore" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Sibelet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489727v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02873831v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourema Ballo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Cisse" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.21140" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056145v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00474159v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529164v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351105v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851587v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delpy L&#233;o" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girollet Damien" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrianaivo Christian Mampianina" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archambaud Lise" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502779v4" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218183v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard-Delcroix" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Voahirana Tantely Andrianantoandro" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Cachau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834624v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959210v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellefontaine" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bernoux" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cornet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cudennec" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084469v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gondard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Droy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084284v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.209.0008" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05084411v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Bidou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.209.0058" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764475v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hofmann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Broutin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.207.0031" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662942v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Fourat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Cu&#233; Rio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J Darias" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arona Diedhiou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000117" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04688613v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Delpy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Galon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lallau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard-Delcroix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0305359" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333763v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Velomalala Solo Andrianjafindrainibe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Andrianirina" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent B&#233;d&#233;carrats" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dubois" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-03879-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068681v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P&#233;delahore" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean &#201;tienne Bidou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Freguin-Gresh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Le Coq" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10457-022-00762-7" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687847v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-&#201;tienne Bidou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.197.0025" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170910v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Seghieri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiros Hadgu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Place" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.158707" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03364902v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10457-021-00689-5" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531173v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Koukp&#233;r&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.482.0138" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03973680v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Etienne Bidou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Houesse" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mering" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.8083" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491129v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rasolofo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ried.235.0091" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488626v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01757893v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mainguy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.164.0007" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486970v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Etienne Bidou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Belieres" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/ejdr.2012.12" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351089v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fauroux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351094v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.1621" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351097v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/med.140.0045" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00331295v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rasololofo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489186v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Hofmann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Broutin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615023v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lavigne Delville" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615002v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615008v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04925325v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614990v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02636406v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983686v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488631v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahiry Andrianarisoa" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne David-Benz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Moustier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070991v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois B&#233;li&#232;res" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00397578v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leyle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187825v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Archambaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Berrou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Deguilhem" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Delpy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187839v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116343v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Ballet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430946v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diallo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coulibaly-Lingani" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613603v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10457/volumes-and-issues/95-7" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404845v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bonnassieux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bonnet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cabrit" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coronel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01771561v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488622v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384333v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Loireau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614956v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/10568/115102" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269000v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lambert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489727v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173881v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pedelahore" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Sibelet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02873831v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bourema Ballo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Cisse" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.21140" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056145v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00474159v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529164v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00351105v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851587v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gondard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delpy L&#233;o" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girollet Damien" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrianaivo Christian Mampianina" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archambaud Lise" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502779v4" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218183v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Voahirana Tantely Andrianantoandro" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Cachau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834624v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959210v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bellefontaine" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bernoux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cornet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cudennec" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>