--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -294,563 +294,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05444399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Separation and characterization of the various stereoisomers of a dinuclear tricarbonylrhenium(I) complex using a theoretical and experimental approach</w:t>
+                <w:t xml:space="preserve">A plug and play approach to structural variations of bio-inspired anticancer lipidic phenyl dialkynylcarbinols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphen Le Garrec</w:t>
+                <w:t xml:space="preserve">Margaux Bossuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nadège Preuilh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Seigneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariusz Wolff</w:t>
+                <w:t xml:space="preserve">Christian Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1346, pp.343749. </w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (45), pp.38307-38320. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2025.343749⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D5RA06473B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05375930v1</w:t>
+                <w:t xml:space="preserve">hal-05374044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Post-Synthetic Modification Approach to Expand MIL-101-NH 2 Functionalization</w:t>
+                <w:t xml:space="preserve">Separation and characterization of the various stereoisomers of a dinuclear tricarbonylrhenium(I) complex using a theoretical and experimental approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Vigroux</w:t>
+                <w:t xml:space="preserve">Stéphen Le Garrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Lherbet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Fabing</w:t>
+                <w:t xml:space="preserve">Caroline Toppan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claire Barthélémy</w:t>
+                <w:t xml:space="preserve">Pierre Lavedan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Laurent</w:t>
+                <w:t xml:space="preserve">Mariusz Wolff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7, pp.47. </w:t>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1346, pp.343749. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/chemistry7020048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2025.343749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05009518v1</w:t>
+                <w:t xml:space="preserve">hal-05375930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Separation and characterization of the various stereoisomers of a dinuclear tricarbonylrhenium(I) complex using a theoretical and experimental approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">A Post-Synthetic Modification Approach to Expand MIL-101-NH 2 Functionalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vigroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Lherbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mariusz Wolff</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2025.343749⟩</w:t>
+              <w:t xml:space="preserve">Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7, pp.47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/chemistry7020048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05393603v1</w:t>
+                <w:t xml:space="preserve">hal-05009518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A plug and play approach to structural variations of bio-inspired anticancer lipidic phenyl dialkynylcarbinols</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Separation and characterization of the various stereoisomers of a dinuclear tricarbonylrhenium(I) complex using a theoretical and experimental approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphen Le Garrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Pradel</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Toppan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lavedan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariusz Wolff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1346, pp.343749. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2025.343749⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D5RA06473B⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05374044v1</w:t>
+                <w:t xml:space="preserve">hal-05393603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and biological evaluation of natural Lachnophyllum methyl ester, Lachnophyllum lactone and their synthetic analogs</w:t>
               </w:r>
@@ -970,77 +970,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenyl dialkynylcarbinols, a Bioinspired Series of Synthetic Antitumor Acetylenic Lipids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Bossuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Rullière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Preuilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Peixoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1117,77 +1117,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mesoporous metal–organic framework used to sustainably release copper( ii ) into reducing aqueous media to promote the CuAAC click reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Lherbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Borjon-Piron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1290,51 +1290,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane André-Barrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heinz Gornitzka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 2021 (48), pp.6674-6681. </w:t>
@@ -1424,51 +1424,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Gilard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Martins-Froment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Pharmaceutical and Biomedical Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 191, pp.113482. </w:t>
@@ -1545,51 +1545,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yevhenii Shchukin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1679,51 +1679,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Quiliano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Bourgeade-Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Chantal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1826,51 +1826,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Guyard-Duhayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Saffon-Merceron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemMedChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 13 (16), pp.1711-1722. </w:t>
@@ -1902,847 +1902,859 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01952875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alkyne-Tagged Analogue of Jaspine B: New Tool for Identifying Jaspine B Mode of Action</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structure-activity relationship of new antimalarial 1-aryl-3-susbtituted propanol derivatives: Synthesis, preliminary toxicity profiling, parasite life cycle stage studies, target exploration, and targeted delivery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Quiliano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandrine Rozié</w:t>
+                <w:t xml:space="preserve">Adriana Pabón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Santos</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Ernest Moles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Bonilla-Ramirez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Britton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemBioChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cbic.201800496⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 152, pp.489-514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2018.04.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02059233v1</w:t>
+                <w:t xml:space="preserve">hal-02058701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure-activity relationship of new antimalarial 1-aryl-3-susbtituted propanol derivatives: Synthesis, preliminary toxicity profiling, parasite life cycle stage studies, target exploration, and targeted delivery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Miguel Quiliano</w:t>
+                <w:t xml:space="preserve">Alkyne-Tagged Analogue of Jaspine B: New Tool for Identifying Jaspine B Mode of Action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandrine Rozié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Pabón</w:t>
+                <w:t xml:space="preserve">Cécile Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ernest Moles</w:t>
+                <w:t xml:space="preserve">Patrick Calsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leonardo Bonilla-Ramirez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Fabing</w:t>
+                <w:t xml:space="preserve">Sébastien Britton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 152, pp.489-514. </w:t>
+              <w:t xml:space="preserve">ChemBioChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (23), pp.2438-2442. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2018.04.038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cbic.201800496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02058701v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02059233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A shear-induced network of aligned wormlike micelles in a sugar-based molecular gel. From gelation to biocompatibility assays</w:t>
+                <w:t xml:space="preserve">Synthesis, Spectroelectrochemical Behavior, and Chiroptical Switching of Tris(β-diketonato) Complexes of Ruthenium(III), Chromium(III), and Cobalt(III)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Fitremann</w:t>
+                <w:t xml:space="preserve">Miguel Cortijo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Lonetti</w:t>
+                <w:t xml:space="preserve">Christine Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emiliano Fratini</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Thibault Reynaldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Favereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Payre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 504, pp.721-730. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (8), pp.4555-4567. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2017.06.021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b03094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02060389v1</w:t>
+                <w:t xml:space="preserve">hal-01505462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, Spectroelectrochemical Behavior, and Chiroptical Switching of Tris(β-diketonato) Complexes of Ruthenium(III), Chromium(III), and Cobalt(III)</w:t>
+                <w:t xml:space="preserve">A shear-induced network of aligned wormlike micelles in a sugar-based molecular gel. From gelation to biocompatibility assays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Cortijo</w:t>
+                <w:t xml:space="preserve">Juliette Fitremann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Viala</w:t>
+                <w:t xml:space="preserve">Barbara Lonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Reynaldo</w:t>
+                <w:t xml:space="preserve">Emiliano Fratini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Favereau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Fabing</w:t>
+                <w:t xml:space="preserve">Bruno Payre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 56 (8), pp.4555-4567. </w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 504, pp.721-730. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b03094⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2017.06.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01505462v1</w:t>
+                <w:t xml:space="preserve">hal-02060389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Unusual 3D Zinc-Organic Framework Constructed from Paddle-Wheel-Based Carboxylate Sheets Bridged by Acetate Ions</w:t>
+                <w:t xml:space="preserve">Synthesis of original phosphine-sulfoxide ligands for asymmetric allylic alkylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Isabel Alvarado-Beltran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Lozano González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Escudié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Maerten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nathalie Saffon-Merceron</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pascal Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Inorganic and General Chemistry / Zeitschrift für anorganische und allgemeine Chemie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/zaac.201600133⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 72 (13), pp.1662-1667. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tet.2016.02.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01473137v1</w:t>
+                <w:t xml:space="preserve">hal-02061695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the scope of new arylamino alcohol derivatives: Synthesis, antimalarial evaluation, toxicological studies, and target exploration</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Unusual 3D Zinc-Organic Framework Constructed from Paddle-Wheel-Based Carboxylate Sheets Bridged by Acetate Ions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim Fong</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nathan Goldfarb</w:t>
+                <w:t xml:space="preserve">Nathalie Saffon-Merceron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International journal for parasitology. Drugs and drug resistance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpddr.2016.09.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Inorganic and General Chemistry / Zeitschrift für anorganische und allgemeine Chemie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 642 (11-12), pp.709-713. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/zaac.201600133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02061681v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01473137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethynylogation approach in pharmacophore design: From alkynyl-to butadiynyl-carbinols vs antitumoral cytotoxicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dymytrii Listunov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2751,822 +2763,810 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Saffon-Merceron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Génisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 72 (42), pp.6697-6704. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tet.2016.09.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01927914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of original phosphine-sulfoxide ligands for asymmetric allylic alkylation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mariana Lozano González</w:t>
+                <w:t xml:space="preserve">Exploring the scope of new arylamino alcohol derivatives: Synthesis, antimalarial evaluation, toxicological studies, and target exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Quiliano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Escudié</w:t>
+                <w:t xml:space="preserve">Adela Mendoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eddy Maerten</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Saffon-Merceron</w:t>
+                <w:t xml:space="preserve">Kim Fong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Pabón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Goldfarb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tet.2016.02.012⟩</w:t>
+              <w:t xml:space="preserve">International journal for parasitology. Drugs and drug resistance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (3), pp.184-198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpddr.2016.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02061695v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02061681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extended structural modulation of bio-inspired chiral lipidic alkynylcarbinols as antitumor pharmacophores</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Two new metal–organic framework structures derived from terephthalate and linear trimetallic zinc building units</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Saffon-Merceron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yulian Volovenko</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tet.2015.08.003⟩</w:t>
+              <w:t xml:space="preserve">Inorganica Chimica Acta Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 426, pp.15-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ica.2014.11.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01916644v1</w:t>
+                <w:t xml:space="preserve">hal-02061852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric synthesis and biological evaluation of natural or bioinspired cytotoxic C-2-symmetrical lipids with two terminal chiral alkynylcarbinol pharmacophores</w:t>
+                <w:t xml:space="preserve">Extended structural modulation of bio-inspired chiral lipidic alkynylcarbinols as antitumor pharmacophores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dymytrii Listunov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Billot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yulian Volovenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.joc.5b00494⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 71 (41), pp.7920-7930. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tet.2015.08.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01916643v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01916644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, synthesis and evaluation of new GEQ derivatives as inhibitors of InhA enzyme and Mycobacterium tuberculosis growth</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Asymmetric synthesis and biological evaluation of natural or bioinspired cytotoxic C-2-symmetrical lipids with two terminal chiral alkynylcarbinol pharmacophores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dymytrii Listunov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Saffon-Merceron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hafida Gaspard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulian Volovenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2015.06.035⟩</w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 80 (11), pp.5386-5394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.joc.5b00494⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01920338v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01916643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two new metal–organic framework structures derived from terephthalate and linear trimetallic zinc building units</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Design, synthesis and evaluation of new GEQ derivatives as inhibitors of InhA enzyme and Mycobacterium tuberculosis growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgia Mori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Menendez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganica Chimica Acta Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 426, pp.15-19. </w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 101, pp.218-235. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ica.2014.11.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2015.06.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02061852v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01920338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unexpected copper mediated benzyl O→O migration during an Ullmann ether coupling</w:t>
               </w:r>
@@ -3578,51 +3578,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Vanucci-Bacqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slim Chaabouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bedos-Belval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3682,103 +3682,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid access to jaspine B and its enantiomer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Saffon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ballereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Génisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 69 (35), pp.7227-7233. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3850,51 +3850,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Rouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tessa Castellan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Saffon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3984,51 +3984,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dounia El Arfaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dymytrii Listunov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Oukessou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4130,51 +4130,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandeep Kumar Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Roudaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Duplâtre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4265,103 +4265,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Separation and Characterization of Stereosisomers of Dinuclear TricarbonylRhenium (I) complex: Chiral Chromatography, Supercritical vs Liquid.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphen Le Garrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Toppan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lavedan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariusz Wolff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semaine d’Etude en Chimie Organique SECO62</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Fournols, France</w:t>
@@ -4384,277 +4384,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05377201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude chimique sur l’isolement et la synthèse des composés acétyléniques de la plante Conyza bonariensis acclimatée au Togo</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Ballereau</w:t>
+                <w:t xml:space="preserve">Activité antibactérienne et analyse chromatographique par fractionnement bioguidé de l’extrait des feuilles de Grewia lasiodiscus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Kagnou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juline Ardanuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oudjaniyobi Simalou</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24èmes Journées Scientifiques Annuelles de la SOACHIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Yamoussoukro, Côte d’Ivoire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04735125v1</w:t>
+                <w:t xml:space="preserve">hal-04735141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activité antibactérienne et analyse chromatographique par fractionnement bioguidé de l’extrait des feuilles de Grewia lasiodiscus</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Etude chimique sur l’isolement et la synthèse des composés acétyléniques de la plante Conyza bonariensis acclimatée au Togo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kodjo Adande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ballereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oudjaniyobi Simalou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kodjo Eloh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Oudjaniyobi Simalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24èmes Journées Scientifiques Annuelles de la SOACHIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Yamoussoukro, Côte d’Ivoire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735141v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4666,320 +4666,320 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards first-in-class inhibitors of Mycobacterium tuberculosis and M. abscessus Phosphopantetheinyl transferases: a fragment-based approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chiral HPLC-separation and characterization of a bi-tricarbonylrhenium(I) complex with original emission properties in the solid state.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphen Le Garrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Toppan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lavedan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dylan El Faudel</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Virginie Nahoum</w:t>
+                <w:t xml:space="preserve">M Wolff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée commune DCO-SCT (avancées en chimie organique pour la chimie médicinale)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Lille, France</w:t>
+              <w:t xml:space="preserve">European Symposium on Organic Chemistry (ESOC 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Copenhague, Danemark, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05379835v1</w:t>
+                <w:t xml:space="preserve">hal-05379745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiral HPLC-separation and characterization of a bi-tricarbonylrhenium(I) complex with original emission properties in the solid state.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Towards first-in-class inhibitors of Mycobacterium tuberculosis and M. abscessus Phosphopantetheinyl transferases: a fragment-based approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dylan El Faudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Publicola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ballereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Wolff</w:t>
+                <w:t xml:space="preserve">Virginie Nahoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Symposium on Organic Chemistry (ESOC 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Copenhague, Danemark, France</w:t>
+              <w:t xml:space="preserve">Journée commune DCO-SCT (avancées en chimie organique pour la chimie médicinale)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05379745v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05379835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioinspired acetylenic molecules for antituberculosis drug development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jon Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chérine Mehalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5041,398 +5041,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05379502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiral HPLC-separation and characterization of unprecedented bi-rhenium tricarbonyl complexe for their properties at the solid state.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extractions, analyses chromatrographiques et activités antibactériennes de Grewia cissoides et Grewia lasio-discus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juline Ardanuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Kagnou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Le Garrec</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">J.G. Afanyibo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oudjaniyobi Simalou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée “30 ans de l’ICT”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">36ème Journée Toulousaine Chimie-Biologie-Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04737300v1</w:t>
+                <w:t xml:space="preserve">hal-04735165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward chromatographic bio-guided fractionation of Grewia lasiodiscus extracts active against Staphylo-coccus aureus</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Chiral HPLC-separation and characterization of unprecedented bi-rhenium tricarbonyl complexe for their properties at the solid state.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Le Garrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Oudjaniyobi Simalou</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Toppan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lavedan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Wolff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques du laboratoire PharmaDev</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée “30 ans de l’ICT”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04736869v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extractions, analyses chromatrographiques et activités antibactériennes de Grewia cissoides et Grewia lasio-discus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toward chromatographic bio-guided fractionation of Grewia lasiodiscus extracts active against Staphylo-coccus aureus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Kagnou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juline Ardanuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J.G. Afanyibo</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ballereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oudjaniyobi Simalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36ème Journée Toulousaine Chimie-Biologie-Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques du laboratoire PharmaDev</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735165v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04736869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In situ click chemistry for the formation of novel InhA inhibitors of Mycobacterium tuberculosis</w:t>
               </w:r>
@@ -5457,51 +5457,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Delfourne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïda Danoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maveyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5543,51 +5543,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction et quantification de la génistéine dans le jaune d’œuf de cailles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5638,77 +5638,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Integrated Screening Platform of Toulouse (PICT): a tool for accelerated molecular discovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Génisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Baltas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ballereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5757,592 +5757,592 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04906767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alkyne-tagged analogue of jaspine B: new tool for identifying jaspine B mode of action</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Séparation chirale par fluide supercritique à l’échelle préparative de complexes tris (β-dicétonés) de Ru (III), Cr (III) et Co (III)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Cortijo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Viala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Renaldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Favereau Ludovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès JCO 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">33e journée Chimie-Biologie-Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02893206v1</w:t>
+                <w:t xml:space="preserve">hal-02338516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The integrated screening platform of Toulouse (PICT) : A tool for accelerated molecular discovery</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Séparation chirale par chromatographie liquide et par fluide supercritique des analogues cliquables de Jaspine B</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ballereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tessa Castellan</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Génisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rozie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33e journée Chimie-Biologie-Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02338497v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séparation chirale par chromatographie liquide et par fluide supercritique des analogues cliquables de Jaspine B</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">The integrated screening platform of Toulouse (PICT) : A tool for accelerated molecular discovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Guidetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Baltas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ballereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Rozie</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tessa Castellan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33e journée Chimie-Biologie-Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02338505v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séparation chirale par fluide supercritique à l’échelle préparative de complexes tris (β-dicétonés) de Ru (III), Cr (III) et Co (III)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Alkyne-tagged analogue of jaspine B: new tool for identifying jaspine B mode of action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ballereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Génisson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33e journée Chimie-Biologie-Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Congrès JCO 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02338516v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02893206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séparation chirale par chromatographie liquide et par fluide supercritique des analogues cliquables de Jaspine B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ballereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Génisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Rozie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Congrès de l'Association Francophone des Sciences Séparatives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, PARIS, France</w:t>
@@ -6371,51 +6371,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The integrated screening platform of Toulouse (PICT) : A tool for accelerated molecular discovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Baltas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6423,51 +6423,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ballereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tessa Castellan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Génisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Chemistry Conference Toulouse-Kiev (ICTK-10)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Toulouse, France</w:t>
@@ -6496,103 +6496,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excès énantiomérique de chaque complexe &gt; 99% Cr (4) Ru (2) SÉPARATION CHIRALE PAR FLUIDE SUPERCRITIQUE À L'ÉCHELLE PRÉPARATIVE DE COMPLEXES TRIS (β-DICÉTONÉS) DE RU(III), CR(III) ET CO(III)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Cortijo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Bonvoisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Reynaldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès des patients (Rencontres SEP 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Paris, France</w:t>
@@ -6634,51 +6634,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Integrated Screening Platform of Toulouse (PICT): a tool for accelerated molecular discovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Guidetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Baltas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6740,346 +6740,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02893197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The integrated screening platform of Toulouse (PICT) : A tool for accelerated molecular discovery</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">The synthesis of a bromo-functionalized macrocyclic pyridinophane ligand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dobias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Galaup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Guidetti</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Leygue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aritz Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congress SFC 2018 Chemistry and Life Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">255th ACS National Meeting and Exposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02337455v1</w:t>
+                <w:t xml:space="preserve">hal-02339382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The synthesis of a bromo-functionalized macrocyclic pyridinophane ligand</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">The integrated screening platform of Toulouse (PICT) : A tool for accelerated molecular discovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Aritz Perez</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Baltas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ballereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Génisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Guidetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">255th ACS National Meeting and Exposition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, New Orleans, United States</w:t>
+              <w:t xml:space="preserve">Congress SFC 2018 Chemistry and Life Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02339382v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02337455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and evaluation of β-hydroxytriazoles and related compounds as antitubercular agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Menendez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgia Mori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Carayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7220,51 +7220,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1990592F"/>
+    <w:nsid w:val="FF2D10D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7451,51 +7451,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-fabing" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8502-3986" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444399v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Bouvet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rine Mehalla" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vieira de Brito" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Masson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Constant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2025.118379" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375930v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phen Le Garrec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabing" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Toppan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lavedan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz Wolff" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2025.343749" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009518v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vigroux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lherbet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laurent" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemistry7020048" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393603v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374044v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Bossuat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Preuilh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Seigneur" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pradel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5RA06473B" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734475v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kodjo Adande" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oudjaniyobi Simalou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juline Ardanuy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kodjo Eloh" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4OB01224K" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274040v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rulli&#232;re" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Peixoto" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Joly" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.3c00859" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785805v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hoffmann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Borjon-Piron" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ra04298c" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511667v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Mouhtady" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Castellan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Andr&#233;-Barr&#232;s" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Gornitzka" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202101137" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966885v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Assemat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balayssac" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gilard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Martins-Froment" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2020.113482" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966892v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Garcia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rodriguez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevhenii Shchukin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0OB01522A" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915989v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria H. Arias" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Quiliano" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bourgeade-Delmas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chantal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-020-06832-y" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952875v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dymytrii Listunov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Guyard-Duhayon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Saffon-Merceron" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201800284" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059233v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Rozi&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Santos" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Calsou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Britton" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201800496" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058701v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Pab&#243;n" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Moles" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Bonilla-Ramirez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.04.038" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060389v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fitremann" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lonetti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Fratini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Payre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2017.06.021" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01505462v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Cortijo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Viala" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Reynaldo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Favereau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b03094" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473137v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon-Merceron" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zaac.201600133" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061681v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Mendoza" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Fong" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Goldfarb" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpddr.2016.09.004" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927914v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves G&#233;nisson" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.09.001" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QS0H84PL-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061695v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Alvarado-Beltran" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Lozano Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Escudi&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Maerten" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.02.012" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X75Z0C7K-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916644v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Billot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulian Volovenko" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2015.08.003" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NSPR6VT4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916643v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Gaspard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5b00494" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920338v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chollet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Mori" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Menendez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2015.06.035" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061852v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2014.11.004" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444249v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vanucci-Bacqu&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Chaabouni" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bedos-Belval" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baltas" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2013.11.089" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969293v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ballereau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2013.06.091" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H4ZLCGZ3-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969310v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rouch" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rodriguez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2RA21637J" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907959v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia El Arfaoui" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Oukessou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Frongia" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201300230" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WSNP1BKF-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02378534v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Kumar Sharma" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Roudaut" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dupl&#226;tre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cp00681e" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/155D239A554A11F89E6DED2D932A602FFBC56998/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377201v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735125v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735141v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kagnou" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chassagne" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379835v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan El Faudel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Publicola" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Nahoum" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379745v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Wolff" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379502v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Mefoum" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Masson" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737300v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Garrec" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wolff" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736869v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735165v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Afanyibo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812172v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Chebaiki" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Delfourne" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;da Danoun" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maveyraud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865133v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Leroux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pitel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906767v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Guidetti" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893206v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338497v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338505v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rozie" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338516v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Renaldo" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Favereau Ludovic" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333453v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335559v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969175v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bonvoisin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893197v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337455v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339382v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dobias" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Galaup" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Leygue" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aritz Perez" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969265v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Mori" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Maillot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Carayon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17721/fujcV3I1P82-96" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-fabing" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8502-3986" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444399v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Bouvet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rine Mehalla" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vieira de Brito" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Masson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Constant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2025.118379" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374044v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Bossuat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Preuilh" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Seigneur" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabing" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pradel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5RA06473B" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375930v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phen Le Garrec" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Toppan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lavedan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz Wolff" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2025.343749" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009518v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vigroux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lherbet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laurent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemistry7020048" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393603v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734475v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kodjo Adande" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oudjaniyobi Simalou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juline Ardanuy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kodjo Eloh" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4OB01224K" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274040v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rulli&#232;re" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Peixoto" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Joly" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.3c00859" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03785805v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hoffmann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Borjon-Piron" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ra04298c" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511667v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Mouhtady" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Castellan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Andr&#233;-Barr&#232;s" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Gornitzka" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202101137" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966885v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Assemat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balayssac" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gilard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Martins-Froment" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2020.113482" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966892v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Garcia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rodriguez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevhenii Shchukin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0OB01522A" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915989v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria H. Arias" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Quiliano" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bourgeade-Delmas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chantal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-020-06832-y" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952875v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dymytrii Listunov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Guyard-Duhayon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Saffon-Merceron" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201800284" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058701v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Pab&#243;n" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Moles" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Bonilla-Ramirez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.04.038" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059233v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Rozi&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Santos" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Calsou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Britton" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201800496" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01505462v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Cortijo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Viala" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Reynaldo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Favereau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b03094" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060389v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fitremann" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lonetti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Fratini" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Payre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2017.06.021" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061695v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Alvarado-Beltran" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Lozano Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Escudi&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Maerten" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon-Merceron" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.02.012" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X75Z0C7K-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473137v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/zaac.201600133" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927914v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves G&#233;nisson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.09.001" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QS0H84PL-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061681v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Mendoza" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Fong" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Goldfarb" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpddr.2016.09.004" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061852v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2014.11.004" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916644v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Billot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulian Volovenko" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2015.08.003" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NSPR6VT4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916643v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Gaspard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5b00494" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920338v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chollet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Mori" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Menendez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2015.06.035" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444249v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Vanucci-Bacqu&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Chaabouni" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Bedos-Belval" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Baltas" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2013.11.089" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969293v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ballereau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2013.06.091" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H4ZLCGZ3-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969310v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rouch" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rodriguez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2RA21637J" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907959v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia El Arfaoui" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Oukessou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Frongia" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201300230" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WSNP1BKF-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02378534v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Kumar Sharma" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Roudaut" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dupl&#226;tre" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0cp00681e" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/155D239A554A11F89E6DED2D932A602FFBC56998/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377201v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735141v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kagnou" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chassagne" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735125v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379745v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Wolff" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379835v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan El Faudel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Publicola" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Nahoum" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379502v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Mefoum" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Masson" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735165v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Afanyibo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737300v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Garrec" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wolff" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736869v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812172v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Chebaiki" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Delfourne" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;da Danoun" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maveyraud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865133v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Leroux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pitel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906767v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Guidetti" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338516v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Renaldo" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Favereau Ludovic" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338505v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rozie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338497v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893206v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333453v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335559v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969175v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bonvoisin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893197v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339382v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dobias" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Galaup" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Leygue" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aritz Perez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337455v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969265v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Mori" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Maillot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Carayon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17721/fujcV3I1P82-96" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>