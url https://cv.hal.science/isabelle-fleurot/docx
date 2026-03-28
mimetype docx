--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -216,51 +216,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05306629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -786,1218 +786,1352 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04332121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TLR5 signalling is hyper-responsive in porcine cystic fibrosis airways epithelium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mustapha Si-Tahar</w:t>
+                <w:t xml:space="preserve">A pig model of chronic hepatitis E displaying persistent viremia and a downregulation of innate immune responses in the liver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy León-Janampa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Caballero-Posadas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Darrouzain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcf.2021.08.002⟩</w:t>
+              <w:t xml:space="preserve">Hepatology Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (11), pp.e0274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/HC9.0000000000000274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03556846v1</w:t>
+                <w:t xml:space="preserve">inserm-05545084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Airway administration of flagellin regulates the inflammatory response to Pseudomonas aeruginosa</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TLR5 signalling is hyper-responsive in porcine cystic fibrosis airways epithelium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fleurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel López-Gálvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Olivier Michel</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Barbry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Si-Tahar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Respiratory Cell and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1165/rcmb.2021-0125OC⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21 (2), pp.e117-e121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcf.2021.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03258174v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03556846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of early increased sialylation of airway mucins and defective mucociliary clearance in CFTR-deficient piglets</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Antoine Guillon</w:t>
+                <w:t xml:space="preserve">Airway administration of flagellin regulates the inflammatory response to Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel López-Gálvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fleurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Chamero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Trapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcf.2020.09.009⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Respiratory Cell and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 65 (4), pp.378-389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1165/rcmb.2021-0125OC⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02967168v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03258174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsic alterations in peripheral neutrophils from cystic fibrosis newborn piglets</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claire Chevaleyre</w:t>
+                <w:t xml:space="preserve">Evidence of early increased sialylation of airway mucins and defective mucociliary clearance in CFTR-deficient piglets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bélinda Ringot-Destrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Si-Tahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Barbry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 19 (5), pp.830-836. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcf.2020.02.016⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 20 (1), pp.173-182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcf.2020.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03012482v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02967168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualization of the role of host heme on the virulence of the heme auxotroph Streptococcus agalactiae</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elise Borezée-Durant</w:t>
+                <w:t xml:space="preserve">Intrinsic alterations in peripheral neutrophils from cystic fibrosis newborn piglets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Brea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fleurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Melo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep40435⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (5), pp.830-836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcf.2020.02.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01594946v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03012482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milk maturation temperature and time are key technological parameters to limit staphylococcal enterotoxin production during uncooked semi-hard cheese manufacture</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claire Darrigo</w:t>
+                <w:t xml:space="preserve">Visualization of the role of host heme on the virulence of the heme auxotroph Streptococcus agalactiae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laétitia Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Dagieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Bobillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Borezée-Durant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2015.05.003⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, 13 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep40435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01565154v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Following Pathogen Development and Gene Expression in a Food Ecosystem: the Case of a Staphylococcus aureus Isolate in Cheese</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Milk maturation temperature and time are key technological parameters to limit staphylococcal enterotoxin production during uncooked semi-hard cheese manufacture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Duquenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Derzelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Aigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Darrigo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques-Antoine Hennekinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.01042-14⟩</w:t>
+              <w:t xml:space="preserve">Food Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 59, pp.118--127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodcont.2015.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01204441v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01565154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles animaux et immunologie de la gestation : la contribution des ruminants</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Hue</w:t>
+                <w:t xml:space="preserve">Following Pathogen Development and Gene Expression in a Food Ecosystem: the Case of a Staphylococcus aureus Isolate in Cheese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fleurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Aigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Fleurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Darrigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Antoine Hennekinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction Humaine et Hormones</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 80 (16), pp.5106 - 5115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.01042-14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02663113v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Modèles animaux et immunologie de la gestation : la contribution des ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sandra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadera Mansouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bataillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie N. Rodde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reproduction Humaine et Hormones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 21 (1), pp.79-84</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663113v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Supressor of cytokine signalling (SOCS) genes are expressed in the endometrium and regulated by conceptus signals during early pregnancy in the ewe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bataillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Martal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Charpigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 34 (3), pp.637-644. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1677/jme.1.01667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02682057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2007,65 +2141,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flagellin treatment: an immunomodulation strategy for controllong swine influenza infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaa Chkhaydem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2110,419 +2244,419 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. International Influenza Meeting:" From bench to bedside"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Münster (DE), Germany. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04913467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique d'expression du virus de la peste porcine africaine et impact sur les voies de l'immunité innée et la virulence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Styranec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Frédérique Le Potier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVèmes Journées Francophones de Virologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Paris, France. Virologie, 27 (2), pp.77-78, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04471667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flagellin pre-stimulation modulates the immune response to pathogens in pig airway epithelial cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Melo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Carnoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Symposium of the French Domestic Animal Immunology Network (IAD 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Tours, France. , 56 p., 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cloning of ovine SOCS cDNAs, expression and regulation of SOCS genes during the oestrous cycle and early pregnancy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bataillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bolifraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02828292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2532,1050 +2666,1050 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel approaches boosting innate immunity against &amp;lt;em&amp;gt;Pseudomonas aeruginosa&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chevaleyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Chevaleyre</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sandrine Melo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Congrès National de la Société Française de Microbiologie (SFM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Microbiologie (SFM). FRA., Sep 2019, Paris, France. pp.436</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of pathogenicity and intestinal immunity outcomes in infected pigs with French InDel and US non-InDel strains of porcine epidemic diarrhea virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Gallien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Symposium of the French Domestic Animal Immunology Network (IAD 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Tours, France. 56 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neutrophils in cystic fibrosis. Are they intrinsically defective?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Brea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire C. Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique de la Fédération de Recherche d'Infectiologie (FéRI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Orléans, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An insight into normal and pathological pregnancies using large-scale microarrays: lessons from microarrays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Chaouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Rodde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Petitbarat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberta Bulla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mona Rahmati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Workshop on Reproductive Immunology, Immunological Tolerance and Immunology of Preeclampsia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Reproductive Immunology (ESRI). POL., Aug 2010, Tioman Island, Malaysia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jri.2010.12.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01239519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The preconceptional environment affects the implantation process in a murine model of spontaneous abortion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Chaouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Coqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hennuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dubanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Rodde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24. Annual Meeting of the European Society for Human Reproduction and Embryology (ESHRE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01197507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of ruminants to pregnancy: more than meat and milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sandra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadera Mansouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bataillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette P. Reinaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Rodde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Meeting on Mammalian Embryogenomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytokine expression at interface: a longitudinal micro array</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Chaouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Coqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hennuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dubanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International Congress of Reproductive Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Opatija, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01197497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a X-linked transgene and development of tools to study epigenetic events during X chromosome inactivation in early bovine embryos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bataillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chamand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Hayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Conference on X-Inactivation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3585,177 +3719,177 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-Dimensional Fluorescence In Situ Hybridization in Mouse Embryos Using Repetitive Probe Sequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walid W. Maalouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Aguirre-Lavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Herzog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bataillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Debey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fluorescence in situ Hybridization (FISH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 659 (4), Springer, pp.401-408, 2010, Methods in Molecular Biology, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-60761-789-1_31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02610638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId135"/>
+      <w:footerReference w:type="default" r:id="rId136"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3902,51 +4036,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306629v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fleurot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanaique Guillory" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Riou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deslis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05006969v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Caballero-Posadas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Mbouamboua" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Weise" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L&#243;pez-G&#225;lvez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couralet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.ads1568" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720201v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Saint-Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vana&#239;que Guillory" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chollot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Kut" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06815-0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04504013v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Dupr&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Le Dimna" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Hutet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dujardin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fablet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1358219" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332121v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Le&#243;n-Janampa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Darrouzain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Moreau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HC9.0000000000000274" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03556846v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barbry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guillon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Si-Tahar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2021.08.002" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258174v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Chamero" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Trapp" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Michel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1165/rcmb.2021-0125OC" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967168v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Caballero" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;linda Ringot-Destrez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2020.09.009" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03012482v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Brea" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Soler" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Melo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chevaleyre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2020.02.016" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594946v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#233;titia Joubert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dagieu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Fernandez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Bobillot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Borez&#233;e-Durant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep40435" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01565154v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Duquenne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Derzelle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Aigle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Darrigo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2015.05.003" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204441v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Fleurot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Antoine Hennekinne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01042-14" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663113v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sandra" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadera Mansouri" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bataillon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Rodde" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682057v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1677/jme.1.01667" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04913467v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaa Chkhaydem" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04471667v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Leroy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Styranec" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fr&#233;d&#233;rique Le Potier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736823v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Olivier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Carnoy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828292v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bolifraud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Germain" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736599v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736797v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gallien" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rossignol" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799967v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Soler Vasco" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Chevaleyre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Barc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239519v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chaouat" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rodde" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Petitbarat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bulla" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Rahmati" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jri.2010.12.006" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JVQ6S1N2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197507v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chaouat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Coqu&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hennuy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dubanchet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752176v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette P. Reinaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197497v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758245v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Breton" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chamand" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hayes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610638v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid W. Maalouf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Aguirre-Lavin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Herzog" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Debey" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-60761-789-1_31" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306629v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fleurot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanaique Guillory" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Riou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deslis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05006969v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Caballero-Posadas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Mbouamboua" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Weise" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L&#243;pez-G&#225;lvez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Couralet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.ads1568" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720201v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Saint-Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vana&#239;que Guillory" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chollot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Kut" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06815-0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04504013v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Dupr&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Le Dimna" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Hutet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dujardin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fablet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1358219" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332121v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Le&#243;n-Janampa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Darrouzain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Moreau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HC9.0000000000000274" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05545084v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03556846v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barbry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guillon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Si-Tahar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2021.08.002" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258174v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Chamero" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Trapp" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Michel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1165/rcmb.2021-0125OC" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967168v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Caballero" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;linda Ringot-Destrez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2020.09.009" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03012482v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Brea" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Soler" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Melo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chevaleyre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2020.02.016" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594946v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#233;titia Joubert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Dagieu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Fernandez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Bobillot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Borez&#233;e-Durant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep40435" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01565154v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Duquenne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Derzelle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Aigle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Darrigo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodcont.2015.05.003" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204441v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Fleurot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Antoine Hennekinne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01042-14" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663113v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sandra" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadera Mansouri" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bataillon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Rodde" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hue" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682057v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Roux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpigny" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1677/jme.1.01667" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04913467v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaa Chkhaydem" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04471667v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Leroy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Styranec" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fr&#233;d&#233;rique Le Potier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736823v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Olivier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Carnoy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828292v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bolifraud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Germain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736599v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736797v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gallien" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rossignol" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799967v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Soler Vasco" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Chevaleyre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Barc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239519v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chaouat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rodde" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Petitbarat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bulla" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Rahmati" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jri.2010.12.006" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JVQ6S1N2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197507v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chaouat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Coqu&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hennuy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dubanchet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752176v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette P. Reinaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197497v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758245v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Breton" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Le Bourhis" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chamand" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hayes" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610638v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid W. Maalouf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Aguirre-Lavin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Herzog" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Debey" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-60761-789-1_31" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>