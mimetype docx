--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1164,229 +1164,238 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01911883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymptotics of fast rotating density-dependent incompressible fluids in two space dimensions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the convergence of smooth solutions from Boltzmann to Navier-Stokes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gallagher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Fanelli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Gallagher</w:t>
+                <w:t xml:space="preserve">Isabelle Tristani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Matemática Iberoamericana</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 35 (6), </w:t>
+              <w:t xml:space="preserve">Annales Henri Lebesgue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4171/RMI/1101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5802/ahl.40⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01555323v1</w:t>
+                <w:t xml:space="preserve">hal-02057498v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On The Role Of Anisotropy In The Weak Stability Of The Navier-Stokes System</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Chemin</w:t>
+                <w:t xml:space="preserve">A microscopic view of the Fourier law</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bodineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Saint-Raymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lecture Notes Series London Mathematical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20, pp.402 - 418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crhy.2019.08.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03887753v1</w:t>
+                <w:t xml:space="preserve">hal-03489102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A MICROSCOPIC VIEW ON THE FOURIER LAW</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bodineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1415,252 +1424,243 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02390229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A microscopic view of the Fourier law</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Bodineau</w:t>
+                <w:t xml:space="preserve">On The Role Of Anisotropy In The Weak Stability Of The Navier-Stokes System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajer Bahouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laure Saint-Raymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Physique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lecture Notes Series London Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crhy.2019.08.002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03489102v1</w:t>
+                <w:t xml:space="preserve">hal-03887753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the convergence of smooth solutions from Boltzmann to Navier-Stokes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Asymptotics of fast rotating density-dependent incompressible fluids in two space dimensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Fanelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Tristani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Henri Lebesgue</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Revista Matemática Iberoamericana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/ahl.40⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4171/RMI/1101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02057498v2</w:t>
+                <w:t xml:space="preserve">hal-01555323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On stationary two-dimensional flows around a fast rotating disk</w:t>
               </w:r>
@@ -1912,134 +1912,160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01690321v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Universal dynamics for the defocusing logarithmic Schrodinger equation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémi Carles</w:t>
+                <w:t xml:space="preserve">One-sided convergence in the Boltzmann-Grad limit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bodineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Saint-Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Simonella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Duke Mathematical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1215/00127094-2018-0006⟩</w:t>
+              <w:t xml:space="preserve">Annales de la Faculté des Sciences de Toulouse. Mathématiques.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/afst.1589⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01398526v4</w:t>
+                <w:t xml:space="preserve">hal-01413299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability by rescaled weak convergence for the Navier-Stokes equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Bahouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2068,73 +2094,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de l'École polytechnique — Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00868384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derivation of an ornstein-uhlenbeck process for a massive particle in a rarified gas of particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bodineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2153,193 +2179,167 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Saint-Raymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de l'Institut Henri Poincaré (A). Physique Theorique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 19 (6), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00023-018-0674-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01609594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-sided convergence in the Boltzmann-Grad limit</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Bodineau</w:t>
+                <w:t xml:space="preserve">Universal dynamics for the defocusing logarithmic Schrodinger equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Carles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sergio Simonella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de la Faculté des Sciences de Toulouse. Mathématiques.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 27 (5), </w:t>
+              <w:t xml:space="preserve">Duke Mathematical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 167 (9), pp.1761-1801. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/afst.1589⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1215/00127094-2018-0006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01413299v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01398526v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ON THE STABILITY OF GLOBAL SOLUTIONS TO THE THREE DIMENSIONAL NAVIER-STOKES EQUATIONS</w:t>
               </w:r>
@@ -2527,226 +2527,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01226094v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blow-up of critical Besov norms at a potential Navier-Stokes singularity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DISPERSIVE ESTIMATES FOR THE SCHRODINGER OPERATOR ON STEP 2 STRATIFIED LIE GROUPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajer Bahouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Fermanian Kammerer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Planchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Analysis &amp; PDE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9 (3)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01231551v1</w:t>
+                <w:t xml:space="preserve">hal-00963846v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DISPERSIVE ESTIMATES FOR THE SCHRODINGER OPERATOR ON STEP 2 STRATIFIED LIE GROUPS</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Blow-up of critical Besov norms at a potential Navier-Stokes singularity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel S. Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Planchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analysis &amp; PDE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 343 (1), pp.39-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00220-016-2593-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00963846v2</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01231551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">THE BROWNIAN MOTION AS THE LIMIT OF A DETERMINISTIC SYSTEM OF HARD-SPHERES</w:t>
               </w:r>
@@ -2821,273 +2821,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01137218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability estimates for an inverse scattering problem at high frequencies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the stability in weak topology of the set of global solutions to the Navier-Stokes equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Bahouri</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David dos Santos Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Analysis and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 400, pp.525-540</w:t>
+              <w:t xml:space="preserve">Archive for Rational Mechanics and Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00795979v1</w:t>
+                <w:t xml:space="preserve">hal-00624649v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the stability in weak topology of the set of global solutions to the Navier-Stokes equations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stability estimates for an inverse scattering problem at high frequencies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habib Ammari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Bahouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David dos Santos Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archive for Rational Mechanics and Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013</w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Analysis and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 400, pp.525-540</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00624649v2</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00795979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A profile decomposition approach to the $L^\infty_t(L^3_x)$ Navier-Stokes regularity criterion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel S. Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Planchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematische Annalen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 355 (4), pp.1527-1559. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3115,286 +3115,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00936368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale analysis of compressible viscous and rotating fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eduard Feireisl</w:t>
+                <w:t xml:space="preserve">Refined inequalities on graded Lie groups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajer Bahouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Fermanian Kammerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antonin Novotny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 314 (3), pp.641--670</w:t>
+              <w:t xml:space="preserve">Comptes rendus de l'Académie des sciences. Série I, Mathématique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, p.393-397</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00586234v1</w:t>
+                <w:t xml:space="preserve">hal-00768225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refined inequalities on graded Lie groups</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clotilde Fermanian Kammerer</w:t>
+                <w:t xml:space="preserve">Multi-scale analysis of compressible viscous and rotating fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduard Feireisl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gérard-Varet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Novotny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes rendus de l'Académie des sciences. Série I, Mathématique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, p.393-397</w:t>
+              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 314 (3), pp.641--670</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00768225v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00586234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A singular limit for compressible rotating fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduard Feireisl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Novotny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Mathematical Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 44 (1), pp.192--205. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3583,94 +3583,85 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Paicu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 173 (2), pp.983-1012. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00994728v1</w:t>
+                <w:t xml:space="preserve">hal-00294203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global regularity for some classes of large solutions to the Navier-Stokes equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3687,69 +3678,78 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Paicu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 173 (2), pp.983-1012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4007/annals.2011.173.2.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00294203v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00994728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large, global solutions to the Navier-Stokes equations, slowly varying in one direction</w:t>
               </w:r>
@@ -3880,330 +3880,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00586785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral Asymptotics for Large Skew-Symmetric Perturbations of the Harmonic Oscillator</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wellposedness and stability results for the Navier-Stokes equations in ${\mathbf R}^{3}$</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Chemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Francis Nier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Mathematics Research Notices</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annales de l'Institut Henri Poincaré (C), Analyse non linéaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01227470v1</w:t>
+                <w:t xml:space="preserve">hal-00110863v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wellposedness and stability results for the Navier-Stokes equations in ${\mathbf R}^{3}$</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Chemin</w:t>
+                <w:t xml:space="preserve">Trapping Rossby waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cheverry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Saint-Raymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de l'Institut Henri Poincaré (C), Analyse non linéaire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes rendus de l'Académie des sciences. Série I, Mathématique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 347 (15-16), pp.879-884. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crma.2009.05.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00110863v2</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00354477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trapping Rossby waves</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spectral Asymptotics for Large Skew-Symmetric Perturbations of the Harmonic Oscillator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laure Saint-Raymond</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gallay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Nier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes rendus de l'Académie des sciences. Série I, Mathématique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 347 (15-16), pp.879-884. </w:t>
+              <w:t xml:space="preserve">International Mathematics Research Notices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 2009 (12), pp.2147-2199. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crma.2009.05.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/imrn/rnp013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00354477v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01227470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remarks on the blow-up of solutions to a toy model for the Navier-Stokes equations</w:t>
               </w:r>
@@ -4271,51 +4271,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyticity of the scattering operator for semilinear dispersive equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Carles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4375,51 +4375,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de l'espace des phases et calcul pseudodifférentiel sur le groupe de Heisenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Bahouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Fermanian Kammerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4533,217 +4533,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00836047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the global wellposedness of the 3-D Navier-Stokes equations with large initial data</w:t>
+                <w:t xml:space="preserve">Mathematical geophysics. An introduction to rotating fluids and the Navier-Stokes equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Gallagher</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Desjardins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Gallagher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Grenier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Scientifiques de l'École Normale Supérieure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006</w:t>
+              <w:t xml:space="preserve">Oxford Lecture Series in Mathematics and its Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 32, 250 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00008043v1</w:t>
+                <w:t xml:space="preserve">hal-00112069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical geophysics. An introduction to rotating fluids and the Navier-Stokes equations</w:t>
+                <w:t xml:space="preserve">On the global wellposedness of the 3-D Navier-Stokes equations with large initial data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Grenier</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gallagher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oxford Lecture Series in Mathematics and its Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 32, 250 p</w:t>
+              <w:t xml:space="preserve">Annales Scientifiques de l'École Normale Supérieure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00112069v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00008043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On pressureless gases driven by a strong inhomogeneous magnetic field</w:t>
               </w:r>
@@ -4919,64 +4919,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the role of quadratic oscillations in non linear Schrödinger equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Carles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Fermanian Kammerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Gallagher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Functional Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 203, 2, pp.453-493</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5001,64 +5001,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the role of quadratic oscillations in nonlinear Schrödinger equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Carles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Fermanian Kammerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5665,246 +5665,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Linear Stochastic Model of Turbulent Cascades and Fractional Fields</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spectral summability for the quartic oscillator with applications to the Engel group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajer Bahouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Barilari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Gallagher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel B. Apolinário</w:t>
-[...59 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+                <w:t xml:space="preserve">Matthieu Léautaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03919233v2</w:t>
+                <w:t xml:space="preserve">hal-03699288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral summability for the quartic oscillator with applications to the Engel group</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Davide Barilari</w:t>
+                <w:t xml:space="preserve">A Linear Stochastic Model of Turbulent Cascades and Fractional Fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel B. Apolinário</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chevillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2022</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Grande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03699288v1</w:t>
+                <w:t xml:space="preserve">hal-03919233v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large, Global Solutions To The Three-Dimensional The Navier-Stokes Equations Without Vertical Viscosity</w:t>
               </w:r>
@@ -5978,51 +5978,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase-space analysis and pseudodifferential calculus on the Heisenberg group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Bahouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Fermanian Kammerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6229,77 +6229,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability estimates for an inverse scattering problem at high frequencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habib Ammari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer Bahouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David dos Santos Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6581,77 +6581,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A singular limit for compressible rotating fluids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduard Feireisl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gallagher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Novotny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6997,51 +6997,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4875A37F"/>
+    <w:nsid w:val="94A8B583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7228,51 +7228,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-gallagher" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5451-8433" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/114292205" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519557v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bodineau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gallagher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Saint-Raymond" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Simonella" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/23-AOP1656" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822200v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-022-01257-y" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920308v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonella Sergio" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4007/annals.2023.198.3.3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661646v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0091199" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357244v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Bahouri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Barilari" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00041-021-09822-5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041164v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2012.03813" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526608v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537907v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chemin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Zhang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911883v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Ars&#233;nio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/8000" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555323v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Fanelli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RMI/1101" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887753v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390229v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489102v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2019.08.002" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057498v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tristani" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/ahl.40" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592269v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuo Higaki" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasunori Maekawa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849318v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690321v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398526v4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Carles" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00127094-2018-0006" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868384v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609594v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-018-0674-6" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413299v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/afst.1589" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710490v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.84" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01226094v3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40818-016-0018-0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-01231551v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel S. Koch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Planchon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-016-2593-z" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963846v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Fermanian Kammerer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137218v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795979v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Ammari" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David dos Santos Ferreira" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00624649v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936368v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00208-012-0830-0" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586234v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Feireisl" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G&#233;rard-Varet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Novotny" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768225v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284062v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/100808010" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481593v3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cheverry" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paul" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994728v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Paicu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4007/annals.2011.173.2.9" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294203v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182927v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586785v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227470v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gallay" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Nier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imrn/rnp013" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110863v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00354477v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2009.05.007" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994731v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00216145v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-008-0599-x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768214v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836047v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Golse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008043v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112069v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desjardins" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gallagher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Grenier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113737v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112067v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096829v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Carles" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004965v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-1236(03)00212-X" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534268v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Beck" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Br&#233;hier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chevillard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Grande" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00269201v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540993v2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ems.press/books/standalone/274/5415" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/ICM2022/130" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497940v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919233v2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel B. Apolin&#225;rio" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699288v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu L&#233;autaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585502v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Yotopoulos" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380110v4" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719892v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Texier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702784v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mullaert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702325v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522665v3" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sire" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539026v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537772v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516409v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459759v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281164v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022119v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-gallagher" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5451-8433" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/114292205" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519557v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bodineau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gallagher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Saint-Raymond" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Simonella" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/23-AOP1656" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822200v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-022-01257-y" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920308v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonella Sergio" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4007/annals.2023.198.3.3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661646v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0091199" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357244v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer Bahouri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Barilari" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00041-021-09822-5" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03041164v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2012.03813" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526608v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537907v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chemin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Zhang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911883v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Ars&#233;nio" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/8000" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02057498v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tristani" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/ahl.40" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489102v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2019.08.002" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390229v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887753v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555323v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Fanelli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RMI/1101" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592269v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuo Higaki" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasunori Maekawa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849318v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690321v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413299v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/afst.1589" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868384v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609594v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-018-0674-6" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398526v4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Carles" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00127094-2018-0006" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01710490v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.84" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01226094v3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40818-016-0018-0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963846v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Fermanian Kammerer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-01231551v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel S. Koch" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Planchon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-016-2593-z" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137218v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00624649v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795979v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Ammari" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David dos Santos Ferreira" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936368v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00208-012-0830-0" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768225v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586234v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Feireisl" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G&#233;rard-Varet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Novotny" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284062v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/100808010" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481593v3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cheverry" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paul" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294203v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Paicu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994728v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4007/annals.2011.173.2.9" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182927v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586785v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110863v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00354477v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crma.2009.05.007" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227470v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gallay" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Nier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/imrn/rnp013" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994731v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00216145v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-008-0599-x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00768214v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836047v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Golse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112069v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desjardins" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gallagher" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Grenier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008043v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113737v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112067v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096829v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Carles" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004965v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-1236(03)00212-X" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534268v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Beck" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Br&#233;hier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chevillard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Grande" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00269201v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540993v2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ems.press/books/standalone/274/5415" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/ICM2022/130" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497940v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699288v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu L&#233;autaud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919233v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel B. Apolin&#225;rio" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585502v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Yotopoulos" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380110v4" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719892v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Texier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702784v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mullaert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702325v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522665v3" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sire" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539026v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537772v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00516409v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459759v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00281164v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022119v2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>