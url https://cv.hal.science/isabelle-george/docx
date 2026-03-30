--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -485,408 +485,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mothering influences domestic chick’s laterality</w:t>
+                <w:t xml:space="preserve">Maternal presence influences vocal development in the Japanese quail ( Coturnix c. japonica )</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soline Galuret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Lumineau</w:t>
+                <w:t xml:space="preserve">Lucie Desmedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Pouzol</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aïcha Mohamed Benkada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2019.11.005⟩</w:t>
+              <w:t xml:space="preserve">Ethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 126 (5), pp.553-562. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/eth.13007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02329598v1</w:t>
+                <w:t xml:space="preserve">hal-02474536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal presence influences vocal development in the Japanese quail ( Coturnix c. japonica )</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucie Desmedt</w:t>
+                <w:t xml:space="preserve">Lateralization of social signal brain processing correlates with the degree of social integration in a songbird</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Aubin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Schédir Marchesseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Hausberger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 126 (5), pp.553-562. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.14093. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/eth.13007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-70946-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02474536v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02920264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lateralization of social signal brain processing correlates with the degree of social integration in a songbird</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mothering influences domestic chick’s laterality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Henry</w:t>
+                <w:t xml:space="preserve">Soline Galuret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lumineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Pouzol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.14093. </w:t>
+              <w:t xml:space="preserve">Animal Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 159, pp.69-79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-70946-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.anbehav.2019.11.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02920264v1</w:t>
+                <w:t xml:space="preserve">hal-02329598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Crucial Role of Attention in Lateralisation of Sound Processing?</w:t>
               </w:r>
@@ -1000,338 +1000,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01971369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A three-dimensional digital atlas of the starling brain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Anesthesia and brain sensory processing: impact on neuronal responses in a female songbird</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genta Karino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laurianne Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Heyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Geert de Groof</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Jonckers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Structure and Function</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00429-015-1011-1⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1), pp.39143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep39143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01118703v1</w:t>
+                <w:t xml:space="preserve">hal-01416930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anesthesia and brain sensory processing: impact on neuronal responses in a female songbird</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Genta Karino</w:t>
+                <w:t xml:space="preserve">A three-dimensional digital atlas of the starling brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert de Groof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Touj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurianne Loison</w:t>
+                <w:t xml:space="preserve">Martin Stacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Heyraud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Geert de Groof</w:t>
+                <w:t xml:space="preserve">Elisabeth Jonckers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 6 (1), pp.39143. </w:t>
+              <w:t xml:space="preserve">Brain Structure and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 221 (4), pp.1899-1909. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep39143⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00429-015-1011-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01416930v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01118703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social visual contact, a primary &amp;quot;drive&amp;quot; for social animals?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1421,51 +1421,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing video presentations as environmental enrichment for laboratory birds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1536,394 +1536,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01021467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How social experience shapes song representation in the brain of starlings.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seasonal female brain plasticity in processing social vs. sexual vocal signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Alcaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jphysparis.2012.12.002⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 37 (5), pp.728-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ejn.12089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00838671v1</w:t>
+                <w:t xml:space="preserve">hal-01107221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal female brain plasticity in processing social vs. sexual vocal signals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+                <w:t xml:space="preserve">Functional changes between seasons in the male songbird auditory forebrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert de Groof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colline Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Hausberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemie van Der Linden</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7, pp.196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnbeh.2013.00196⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ejn.12089⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01107221v1</w:t>
+                <w:t xml:space="preserve">hal-01107234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional changes between seasons in the male songbird auditory forebrain</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How social experience shapes song representation in the brain of starlings.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Annemie van Der Linden</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 7, pp.196. </w:t>
+              <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 107 (3), pp.170-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnbeh.2013.00196⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jphysparis.2012.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01107234v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00838671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experience with adults shapes multisensory representation of social familiarity in the brain of a songbird</w:t>
               </w:r>
@@ -2156,64 +2156,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural correlates of experience-induced deficits in learned vocal communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alcaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2303,51 +2303,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2518,409 +2518,430 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01303559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioral and neural lateralization of vision in courtship singing of the zebra finch</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Social experience influences the development of a central auditory area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erina Hara</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maryvonne Forasté-Mathelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurobiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 93 (12), pp.588--596. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00114-006-0148-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/neu.20273⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01303560v1</w:t>
+                <w:t xml:space="preserve">hal-01303561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social experience influences the development of a central auditory area</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Behavioral and neural lateralization of vision in courtship singing of the zebra finch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryvonne Forasté-Mathelier</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Erina Hara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neal A. Hessler</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00114-006-0148-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 66 (10), pp.1164--1173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/neu.20273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01303561v1</w:t>
+                <w:t xml:space="preserve">hal-01303560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social behavior modulates songbird interpeduncular nucleus function</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Auditory responses in the HVC of anesthetized starlings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Neal A. Hessler</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroReport</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 1047 (2), pp.245--260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brainres.2005.04.047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01303565v1</w:t>
+                <w:t xml:space="preserve">hal-01303564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auditory responses in the HVC of anesthetized starlings</w:t>
+                <w:t xml:space="preserve">State-dependent hemispheric specialization in the songbird brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
@@ -2938,118 +2959,118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Comparative Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 488 (1), pp.48--60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cne.20584⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.brainres.2005.04.047⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01303564v1</w:t>
+                <w:t xml:space="preserve">hal-01303563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State-dependent hemispheric specialization in the songbird brain</w:t>
+                <w:t xml:space="preserve">New insights into the auditory processing of communicative signals in the HVC of awake songbirds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
@@ -3067,223 +3088,202 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Comparative Neurology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 136 (1), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2005.08.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cne.20584⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01303563v1</w:t>
+                <w:t xml:space="preserve">hal-01303562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the auditory processing of communicative signals in the HVC of awake songbirds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Social behavior modulates songbird interpeduncular nucleus function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamiko Koshiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Martine Hausberger</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erina Hara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neal A. Hessler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NeuroReport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 16 (5), pp.445--449</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2005.08.001⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01303562v1</w:t>
+                <w:t xml:space="preserve">hal-01303565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hemispheric specialization in the primary auditory area of awake and anesthetized starlings (Sturnus vulgaris)</w:t>
               </w:r>
@@ -3393,319 +3393,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01303566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sound processing in the auditory-cortex homologue of songbirds: Functional organization and developmental issues</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experience-dependent neuronal specialization and functional organization in the central auditory area of a songbird</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryvonne Forasté-Mathelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 98 (4-6), pp.385--394. </w:t>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 19 (12), pp.3343-3352. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jphysparis.2005.09.021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.0953-816X.2004.03376.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01303567v1</w:t>
+                <w:t xml:space="preserve">hal-01303568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experience-dependent neuronal specialization and functional organization in the central auditory area of a songbird</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sound processing in the auditory-cortex homologue of songbirds: Functional organization and developmental issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 19 (12), pp.3343-3352. </w:t>
+              <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 98 (4-6), pp.385--394. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.0953-816X.2004.03376.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jphysparis.2005.09.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01303568v1</w:t>
+                <w:t xml:space="preserve">hal-01303567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new extensive approach to single unit responses using multisite recording electrodes: application to the songbird brain</w:t>
               </w:r>
@@ -4088,260 +4088,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05340309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Latéralité et socialité chez la caille japonaise (Coturnix c. japonica)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influences maternelles et développement vocal chez la Caille Japonaise (Coturnix c. japonica)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Desmedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Nicolle</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sébastien Derégnaucourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lumineau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48ème Colloque Annuel de la SFECA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Rennes 1; Société Française pour l'Etude du Comportement Animal, Jun 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01826325v1</w:t>
+                <w:t xml:space="preserve">hal-01826314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influences maternelles et développement vocal chez la Caille Japonaise (Coturnix c. japonica)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Latéralité et socialité chez la caille japonaise (Coturnix c. japonica)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Lerch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Derégnaucourt</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Céline Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Jozet-Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48ème Colloque Annuel de la SFECA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Rennes 1; Société Française pour l'Etude du Comportement Animal, Jun 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01826314v1</w:t>
+                <w:t xml:space="preserve">hal-01826325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal female processing of social/sexual vocal signals is state dependent</w:t>
               </w:r>
@@ -4366,64 +4366,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genta Karino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alcaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Birdsong Meeting 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut des Neurosciences Paris-Saclay (UMR 9197 Neuro-PSI); UMR 8119: Centre de Neurophysique Physiologie Pathologie; Université de Bordeaux; Institut des Maladies Neurodégénératives, May 2017, Bordeaux, France</w:t>
@@ -4616,64 +4616,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genta Karino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alcaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th European Conference on Behavioural Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Vétérinaire de Vienne, Jul 2016, Vienne, Austria</w:t>
@@ -4741,64 +4741,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genta Karino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alcaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th Annual Meeting of the LARC-Neuroscience Network</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Rennes 1, Nov 2016, Rennes, France</w:t>
@@ -4821,256 +4821,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02183175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les facteurs sociaux façonnent la communication vocale chez un oiseau chanteur</w:t>
+                <w:t xml:space="preserve">Développement de la cognition sociale chez l’étourneau effets de l’absence de modèles adultes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Hausberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Science et Musique de l’IRISA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Rennes, France</w:t>
+              <w:t xml:space="preserve">44ème Colloque Annuel de la SFECA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal; EA3456 LECD, Jul 2014, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01332690v1</w:t>
+                <w:t xml:space="preserve">hal-01343933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement de la cognition sociale chez l’étourneau effets de l’absence de modèles adultes</w:t>
+                <w:t xml:space="preserve">Comment les facteurs sociaux façonnent la communication vocale chez un oiseau chanteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Audrey Perret</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44ème Colloque Annuel de la SFECA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal; EA3456 LECD, Jul 2014, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Journée Science et Musique de l’IRISA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01343933v1</w:t>
+                <w:t xml:space="preserve">hal-01332690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que peut nous apprendre la dynamique vocale d’un groupe social d’oiseaux chanteurs sur la composition de ce groupe ?</w:t>
               </w:r>
@@ -5190,64 +5190,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alcaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5315,51 +5315,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5505,64 +5505,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alcaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5686,51 +5686,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional representation of learned communication signals in the songbird brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alcaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5870,541 +5870,541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions vision-audition dans l’aire auditive primaire d’un oiseau chanteur</w:t>
+                <w:t xml:space="preserve">What female starlings can tell us about song learning and perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40ème Colloque Annuel de la SFECA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal; UMR CNRS 5169 CRCA, Mar 2010, Toulouse, France</w:t>
+              <w:t xml:space="preserve">25th International Ornithological Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sociedade Brasileira de Ornitologia, Aug 2010, Campos do Jordão, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01343925v1</w:t>
+                <w:t xml:space="preserve">hal-01317557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The neural bases of learned vocal communication: what starlings can tell us about sensory, perceptual and cognitive processing of social information</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chez l’animal, qui construit quoi ? L’émotion ou la cognition ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Hausberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deutscher Akademischer Austauschdienst (DAAD) Autumn School</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Deutscher Akademischer Austauschdienst, Sep 2010, Delmenhorst, Germany</w:t>
+              <w:t xml:space="preserve">Colloque ‘Cognition et émotion’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cité des Sciences et de l’Industrie, Mar 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01317554v1</w:t>
+                <w:t xml:space="preserve">hal-01332866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What female starlings can tell us about song learning and perception</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Song learning, social attention, and brain development in birds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Ornithological Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sociedade Brasileira de Ornitologia, Aug 2010, Campos do Jordão, Brazil</w:t>
+              <w:t xml:space="preserve">8th International Conference on the Evolution of Language (Evolang 8) - Workshop ‘Birdsong/animal communication and the evolution of speech’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Utrecht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01317557v1</w:t>
+                <w:t xml:space="preserve">hal-01320739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Song learning, social attention, and brain development in birds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Henry</w:t>
+                <w:t xml:space="preserve">Interactions vision-audition dans l’aire auditive primaire d’un oiseau chanteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on the Evolution of Language (Evolang 8) - Workshop ‘Birdsong/animal communication and the evolution of speech’</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Utrecht, Netherlands</w:t>
+              <w:t xml:space="preserve">40ème Colloque Annuel de la SFECA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal; UMR CNRS 5169 CRCA, Mar 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01320739v1</w:t>
+                <w:t xml:space="preserve">hal-01343925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chez l’animal, qui construit quoi ? L’émotion ou la cognition ?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The neural bases of learned vocal communication: what starlings can tell us about sensory, perceptual and cognitive processing of social information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque ‘Cognition et émotion’</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cité des Sciences et de l’Industrie, Mar 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">Deutscher Akademischer Austauschdienst (DAAD) Autumn School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Deutscher Akademischer Austauschdienst, Sep 2010, Delmenhorst, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01332866v1</w:t>
+                <w:t xml:space="preserve">hal-01317554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Responses to natural classes of songs in the secondary auditory area of a songbird: a potential neural substrate for sorting natural communication signals into categories ?</w:t>
               </w:r>
@@ -6600,204 +6600,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01317573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La communication vocale chez les oiseaux chanteurs : étude neuroéthologique du traitement des signaux de communication dans le système nerveux central</w:t>
+                <w:t xml:space="preserve">Responses to natural classes of songs in the auditory telencephalon of adult male starlings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel de la SFECA « Le social dans tous ses états »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal; EA4443 LEEC, Apr 2007, Villetaneuse, France</w:t>
+              <w:t xml:space="preserve">XXI International Bioacoustics Council (IBAC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Università degli Studi di Pavia; International Bioacoustics Council, Sep 2007, Pavie, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01356212v1</w:t>
+                <w:t xml:space="preserve">hal-01317593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Responses to natural classes of songs in the auditory telencephalon of adult male starlings</w:t>
+                <w:t xml:space="preserve">La communication vocale chez les oiseaux chanteurs : étude neuroéthologique du traitement des signaux de communication dans le système nerveux central</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXI International Bioacoustics Council (IBAC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Università degli Studi di Pavia; International Bioacoustics Council, Sep 2007, Pavie, Italy</w:t>
+              <w:t xml:space="preserve">Colloque annuel de la SFECA « Le social dans tous ses états »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal; EA4443 LEEC, Apr 2007, Villetaneuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01317593v1</w:t>
+                <w:t xml:space="preserve">hal-01356212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets des expériences auditive et sociale sur le développement de l'aire auditive centrale d'un oiseau chanteur</w:t>
               </w:r>
@@ -6846,286 +6846,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01357181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Latéralisation cérébrale chez les oiseaux chanteurs: une approche neuroéthologique</w:t>
+                <w:t xml:space="preserve">Song organization and song control in social birds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres annuelles du GDR d'Ethologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR CNRS 2822 Ethologie; UMR6552 EthoS, 2005, Rennes, France</w:t>
+              <w:t xml:space="preserve">Conférences en Neurobiologie Ladislav Tauc: On the Growth and Forms of Neural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS - Laboratoire Développement, Evolution, Plasticité du Système Nerveux, Dec 2005, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01357182v1</w:t>
+                <w:t xml:space="preserve">hal-01317600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Song organization and song control in social birds</w:t>
+                <w:t xml:space="preserve">Behavioural and neural lateralisation of vision in courtship singing of the zebra finch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Martine Hausberger</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erina Hara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neal A. Hessler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences en Neurobiologie Ladislav Tauc: On the Growth and Forms of Neural Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS - Laboratoire Développement, Evolution, Plasticité du Système Nerveux, Dec 2005, Gif-sur-Yvette, France</w:t>
+              <w:t xml:space="preserve">Behavior 2005 - 29th International Ethological Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Ethological Conference (IEC), Aug 2005, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01317600v1</w:t>
+                <w:t xml:space="preserve">hal-01317605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural and neural lateralisation of vision in courtship singing of the zebra finch</w:t>
+                <w:t xml:space="preserve">Latéralisation cérébrale chez les oiseaux chanteurs: une approche neuroéthologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Neal A. Hessler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavior 2005 - 29th International Ethological Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Ethological Conference (IEC), Aug 2005, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">Rencontres annuelles du GDR d'Ethologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR CNRS 2822 Ethologie; UMR6552 EthoS, 2005, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01317605v1</w:t>
+                <w:t xml:space="preserve">hal-01357182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latéralisation de la perception du chant à différents niveaux du système nerveux central des étourneaux</w:t>
               </w:r>
@@ -7372,103 +7372,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maternal influences on vocal development in a precocial bird, the Japanese Quail (Coturnix c. japonica)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Desmedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Derégnaucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Conference on Behavioural Biology (ECBB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Liverpool, United Kingdom. </w:t>
@@ -7536,64 +7536,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genta Karino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alcaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroFrance 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Bordeaux, France</w:t>
@@ -7622,103 +7622,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence d'une privation maternelle sur le développement vocal chez la caille japonaise (Coturnix c. japonica)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Desmedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïcha Mohamed Benkada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Aigueperse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47ème Colloque Annuel de la SFECA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Gif-sur-Yvette, France. </w:t>
@@ -7747,103 +7747,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of maternal deprivation on vocal development in the Japanese quail (Coturnix c. japonica)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Desmedt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïcha Mohamed Benkada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Aigueperse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Behaviour 2017 - 35th International Ethological Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Estoril, Portugal. </w:t>
@@ -7911,64 +7911,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genta Karino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurianne Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Heyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Congress of Neuroethology (ICN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Montevideo, Uruguay. , 2016</w:t>
@@ -8023,51 +8023,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8105,51 +8105,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social visual contact, a primary “drive” for social animals?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8243,90 +8243,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional changes between seasons in the songbird brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert de Groof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annemie van Der Linden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint meeting of the 11th International Congress of Neuroethology (ICN) and the 36th Annual Meeting of the Japanese Society for Comparative Physiology and Biochemistry (JSCPB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Sapporo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8377,51 +8377,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8752,51 +8752,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8847,51 +8847,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">To see or not to see: visual contact, a primary need for social animals?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8953,402 +8953,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01320766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional representation of learned communication signals in the songbird brain</w:t>
+                <w:t xml:space="preserve">A season for friends, a season for sex? Seasonal females’ brain plasticity in song processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alcaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Meeting of the French Neuroscience Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Lyon, France</w:t>
+              <w:t xml:space="preserve">New Frontiers in Social Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01320769v1</w:t>
+                <w:t xml:space="preserve">hal-01320773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A season for friends, a season for sex? Seasonal females’ brain plasticity in song processing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Voir ou ne pas voir : une étude de la motivation sociale chez l’étourneau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Frontiers in Social Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">Rencontres annuelles du GDR d'Ethologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01320773v1</w:t>
+                <w:t xml:space="preserve">hal-01344817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voir ou ne pas voir : une étude de la motivation sociale chez l’étourneau</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Functional representation of learned communication signals in the songbird brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Alcaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres annuelles du GDR d'Ethologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Dijon, France</w:t>
+              <w:t xml:space="preserve">11th Meeting of the French Neuroscience Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01344817v1</w:t>
+                <w:t xml:space="preserve">hal-01320769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A season for friends, a season for sex? Seasonal females’ brain plasticity in song processing</w:t>
               </w:r>
@@ -9360,64 +9360,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Alcaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9498,51 +9498,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9584,103 +9584,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal changes in selectivity for individual male song in a female songbird basal ganglia nucleus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geert de Groof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colline Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annemie van Der Linden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroscience 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Nouvelle Orléans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9807,632 +9807,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brain lateralization of auditory processing in a songbird</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Linking social and vocal brains: social withdrawal prevents a proper development of the central primary auditory area in a female songbird</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th Annual Meeting of the LARC-Neuroscience network</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01321978v1</w:t>
+                <w:t xml:space="preserve">hal-01321984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking social and vocal brains: social withdrawal prevents a proper development of the central primary auditory area in a female songbird</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+                <w:t xml:space="preserve">The starling auditory brain shows selectivity for songs used in individual recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert de Groof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colline Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemie van Der Linden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th Annual Meeting of the LARC-Neuroscience network</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Rennes, France</w:t>
+              <w:t xml:space="preserve">9th bi-annual meeting of the Belgian Society for Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, KULeuven campus, Louvain, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01321984v1</w:t>
+                <w:t xml:space="preserve">hal-01323190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The starling auditory brain shows selectivity for songs used in individual recognition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Colline Poirier</w:t>
+                <w:t xml:space="preserve">Linking social and vocal brains: social withdrawal prevents a proper development of the central primary auditory area in a female songbird</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annemie van Der Linden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th bi-annual meeting of the Belgian Society for Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, KULeuven campus, Louvain, Belgium</w:t>
+              <w:t xml:space="preserve">10th Meeting of the French Neuroscience Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323190v1</w:t>
+                <w:t xml:space="preserve">hal-01321993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking social and vocal brains: social withdrawal prevents a proper development of the central primary auditory area in a female songbird</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+                <w:t xml:space="preserve">Seasonal changes in selectivity for individual song in the songbird auditory forebrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geert de Groof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colline Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemie van Der Linden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Meeting of the French Neuroscience Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Marseille, France</w:t>
+              <w:t xml:space="preserve">Neuroscience 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01321993v1</w:t>
+                <w:t xml:space="preserve">hal-01321968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal changes in selectivity for individual song in the songbird auditory forebrain</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Brain lateralization of auditory processing in a songbird</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Vernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annemie van Der Linden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Washington, United States</w:t>
+              <w:t xml:space="preserve">15th Annual Meeting of the LARC-Neuroscience network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01321968v1</w:t>
+                <w:t xml:space="preserve">hal-01321978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does social segregation prevent a proper development of a central auditory area in a female songbird?</w:t>
               </w:r>
@@ -10444,51 +10444,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10781,51 +10781,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10902,51 +10902,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11347,64 +11347,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brain lateralization of zebra finch courtship singing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erina Hara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neal A. Hessler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th Annual Meeting of the Japan Neuroscience Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2005, Yokohama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11423,135 +11423,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01323221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of behavioral and anatomical lateralization in courtship singing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Modulation of singing-related gene expression by social context in diencephalon and midbrain cholinergic nuclei</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamiko Koshiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erina Hara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neal A. Hessler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th Annual Meeting of the Japan Neuroscience Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Osaka, Japan</w:t>
+              <w:t xml:space="preserve">7th International Congress of Neuroethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2004, Nyborg, Denmark. 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323231v1</w:t>
+                <w:t xml:space="preserve">hal-01322025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brain lateralization of auditory processing in a songbird</w:t>
               </w:r>
@@ -11652,597 +11652,597 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01322036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of singing-related gene expression by social context in diencephalon and midbrain cholinergic nuclei</w:t>
+                <w:t xml:space="preserve">Etat d’éveil et traitement des signaux de communication dans le HVC d’oiseaux chanteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Neal A. Hessler</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Congress of Neuroethology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2004, Nyborg, Denmark. 2004</w:t>
+              <w:t xml:space="preserve">Colloque annuel de la SFECA « Comportement, Cognition et Adaptation »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2004, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01322025v1</w:t>
+                <w:t xml:space="preserve">hal-01323226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etat d’éveil et traitement des signaux de communication dans le HVC d’oiseaux chanteurs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of behavioral and anatomical lateralization in courtship singing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erina Hara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamiko Koshiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Martine Hausberger</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neal A. Hessler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel de la SFECA « Comportement, Cognition et Adaptation »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2004, Caen, France</w:t>
+              <w:t xml:space="preserve">27th Annual Meeting of the Japan Neuroscience Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Osaka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323226v1</w:t>
+                <w:t xml:space="preserve">hal-01323231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hemispheric specialization in the songbird brain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experience-dependent plasticity in the field L complex of European starlings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Cousillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Hausberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryvonne Forasté-Mathelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences en Neurobiologie Ladislav Tauc - Decoding and Interfacing the Brain: From Neuronal Assemblies to Cyborgs </w:t>
+              <w:t xml:space="preserve">Conférences en Neurobiologie Ladislav Tauc - Decoding and Interfacing the Brain: From Neuronal Assemblies to Cyborgs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2003, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01322049v1</w:t>
+                <w:t xml:space="preserve">hal-01322058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experience-dependent plasticity in the field L complex of European starlings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Traitement des signaux de communication dans le HVC d'étourneaux éveillés et anesthésiés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences en Neurobiologie Ladislav Tauc - Decoding and Interfacing the Brain: From Neuronal Assemblies to Cyborgs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2003, Gif-sur-Yvette, France</w:t>
+              <w:t xml:space="preserve">Cerveau, Cognition et Comportement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2003, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01322058v1</w:t>
+                <w:t xml:space="preserve">hal-01323234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement des signaux de communication dans le HVC d'étourneaux éveillés et anesthésiés</w:t>
+                <w:t xml:space="preserve">Hemispheric specialization in the songbird brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Hausberger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerveau, Cognition et Comportement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2003, Rennes, France</w:t>
+              <w:t xml:space="preserve">Conférences en Neurobiologie Ladislav Tauc - Decoding and Interfacing the Brain: From Neuronal Assemblies to Cyborgs </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2003, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01323234v1</w:t>
+                <w:t xml:space="preserve">hal-01322049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un modèle de latéralisation cérébrale : la perception du chant chez les étourneaux (Sturnus vulgaris)</w:t>
               </w:r>
@@ -13421,51 +13421,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Cousillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2002, pp.68-74</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13652,51 +13652,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699193v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lumineau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle George" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Meurisse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Georgelin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.231826" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467257v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Perret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Coulon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Cousillas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hausberger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.22207" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03145313v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Lerch" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Jozet-Alves" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2021.105270" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02329598v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Galuret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pouzol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2019.11.005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02474536v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Desmedt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Mohamed Benkada" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Herv&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.13007" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02920264v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Henry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sch&#233;dir Marchesseau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70946-7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01971369v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ke Meter" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genta Karino" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym11010048" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01118703v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert de Groof" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Touj" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Stacho" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jonckers" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-015-1011-1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01416930v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Loison" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Heyraud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep39143" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130018v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Caudal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Richard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-015-0834-8" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021467v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0096949" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838671v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2012.12.002" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01107221v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Alcaix" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.12089" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9H52QTHV-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01107234v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colline Poirier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemie van Der Linden" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2013.00196" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022548v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038764" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022554v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2010.00193" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022553v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0014347" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303558v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0002194" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303559v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0002203" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303560v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erina Hara" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neal A. Hessler" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/neu.20273" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303561v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Forast&#233;-Mathelier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-006-0148-4" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PGL14XR9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303565v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamiko Koshiba" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303564v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2005.04.047" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0FRWDBTP-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303563v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.20584" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DTVKFF0T-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303562v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2005.08.001" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NVH0Q7L2-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303566v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vernier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0735-7044.118.3.597" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303567v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2005.09.021" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZXTRCLD-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303568v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0953-816X.2004.03376.x" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X3GC86C6-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303569v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0165-0270(03)00025-6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P8LX83QL-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303570v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0691(02)01430-0" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340309v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Aime" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Cossu-Doye" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Bovet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Goupil" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01826325v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nicolle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01826314v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Der&#233;gnaucourt" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01526373v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736087v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nicole" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01356064v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02183175v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332690v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343933v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01336060v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;di Soula" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vignal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332755v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317525v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343926v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332792v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317542v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317537v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317535v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343925v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317554v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317557v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320739v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332866v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317586v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317573v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01356212v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317593v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01357181v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01357182v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317600v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317605v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01357184v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317513v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Joachim Leppelsack" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01858143v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Forestier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01526380v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01524712v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Aigueperse" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01576997v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01307371v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01307361v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01347057v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320747v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320748v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320745v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320741v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01345017v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320766v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01320769v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01320773v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344817v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321945v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323185v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321940v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323175v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321978v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321984v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323190v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321993v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321968v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322003v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323195v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321998v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323200v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322005v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323215v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322010v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322014v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323221v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323231v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322036v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322025v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323226v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322049v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322058v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323234v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323237v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323145v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323154v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323152v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323241v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323244v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323160v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02417828v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-03921-693-2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01107686v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7551/mitpress/9780262014137.003.0079" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716939v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Charrier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Chatelin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Margerie" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Durier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317515v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699193v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lumineau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle George" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Meurisse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Georgelin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.231826" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467257v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Perret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Coulon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Cousillas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Hausberger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dev.22207" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03145313v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Lerch" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Jozet-Alves" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2021.105270" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02474536v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Desmedt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Mohamed Benkada" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Herv&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.13007" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02920264v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Henry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sch&#233;dir Marchesseau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70946-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02329598v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Galuret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Pouzol" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2019.11.005" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01971369v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ke Meter" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genta Karino" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym11010048" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01416930v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Loison" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Heyraud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert de Groof" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep39143" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01118703v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Touj" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Stacho" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Jonckers" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00429-015-1011-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01130018v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Caudal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Richard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-015-0834-8" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021467v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0096949" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01107221v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Alcaix" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.12089" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9H52QTHV-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01107234v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colline Poirier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemie van Der Linden" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2013.00196" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838671v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2012.12.002" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022548v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0038764" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022554v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2010.00193" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01022553v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0014347" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303558v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0002194" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303559v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0002203" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303561v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Forast&#233;-Mathelier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-006-0148-4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PGL14XR9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303560v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erina Hara" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neal A. Hessler" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/neu.20273" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303564v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2005.04.047" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0FRWDBTP-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303563v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.20584" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DTVKFF0T-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303562v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2005.08.001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NVH0Q7L2-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303565v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamiko Koshiba" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303566v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vernier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0735-7044.118.3.597" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303568v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0953-816X.2004.03376.x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X3GC86C6-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303567v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2005.09.021" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CZXTRCLD-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303569v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0165-0270(03)00025-6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P8LX83QL-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01303570v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1631-0691(02)01430-0" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340309v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Aime" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Cossu-Doye" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Bovet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Goupil" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01826314v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Der&#233;gnaucourt" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01826325v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nicolle" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01526373v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736087v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nicole" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bertin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01356064v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02183175v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343933v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332690v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01336060v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;di Soula" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vignal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332755v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317525v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343926v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332792v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317542v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317537v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01317535v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317557v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01332866v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320739v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343925v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317554v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317586v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317573v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317593v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01356212v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01357181v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317600v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317605v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01357182v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01357184v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317513v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Joachim Leppelsack" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01858143v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Forestier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01526380v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01524712v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Aigueperse" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01576997v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01307371v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01307361v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01347057v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320747v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320748v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320745v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320741v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01345017v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320766v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01320773v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01344817v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01320769v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321945v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323185v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321940v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323175v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321984v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323190v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321993v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321968v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321978v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322003v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323195v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01321998v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323200v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322005v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323215v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322010v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322014v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323221v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322025v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322036v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323226v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323231v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322058v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323234v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01322049v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323237v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323145v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323154v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323152v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323241v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323244v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01323160v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02417828v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-03921-693-2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01107686v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7551/mitpress/9780262014137.003.0079" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716939v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Charrier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Chatelin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Margerie" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Durier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01317515v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>