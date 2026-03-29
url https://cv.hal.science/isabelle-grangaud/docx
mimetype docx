--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Isabelle Grangaud </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">isabelle-grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3705-3777</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Historienne. Section 33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chargée de recherche au CNRS, HDR</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre Norbert Elias, CNRS-EHESS, Marseille</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· Histoire sociale du politique dans le Maghreb ottoman (stratifications sociales, configurations institutionnelles, transmission, charité)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· transition d’empires entre périodes ottomane et coloniale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· Micro-analyse et histoire : le statut des sources à partir de l’exemple du Maghreb</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Partenaire actuelle à un programme de recherche :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2020 : coordinatrice du programme PROCIT. Citoyenneté et propriété », sous la responsabilité par Simona Cerutti (avec Thomas Glesener, CRH-EHESS/CNRS ; TELEMME-AMU/CNRS ; IREMAM-CNRS/AMU) (financement ANR).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Direction de programmes de recherche :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-2017 : programme PALOMED L’appartenance locale en Méditerranée. Relations sociales, droits, revendications, (financement APRIMED-LabexMed).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013-2016 : programme APOCOPE Appartenance locale et communautés politiques. Relations sociales, droits, revendications » (financement GDRI-CNRS).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012-2013 : programme d’amorce Le droit d’appartenir. Relations sociales, droits, revendications, (financement ATRI-LabexMed).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002-2005 : programme Analyse comparée des conditions de productions des sources historiques : le cas des registres de cadis dans les sociétés arabo-islamiques (financement recherche ATIP/CNRS).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activité éditoriales :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du conseil de rédaction de la revue l’</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Année du Maghreb</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du conseil de rédaction de la revue de l’</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Institut des Belles Lettres Arabes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Collaboratrice scientifique de la revue </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaderni Storici</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">:</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">18 septembre 2018 : soutenance d’une habilitation à diriger des recherches : Histoire, sources comparaison. Le Maghreb moderne vu de près (composé d’une synthèse des travaux et d’un mémoire inédit « L’Empire de près. Bayt al-mâl, transmission et droits d’appartenance à Alger à l’époque moderne ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prix :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018 : CSSH’s Jack Goody Award (avec Simona Cerutti) décerné pour : « Sources and Contextualizations: Comparing Eighteenth-Century North African and Western European Institutions”, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Studies in Society and History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 2017, 59 (1), 1–29. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://cssh.lsa.umich.edu/2018/10/10/announcing-the-inaugural-winners-of-the-jack-goody-award/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">  </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://cssh.lsa.umich.edu/category/discussions-with-cssh-authors/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Carlier, artisan du renouveau de l’histoire politique de l’Algérie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dumasy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Messaoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27, pp.3-7. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anneemaghreb.10510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04932501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Carlier, artisan du renouveau de l'histoire politique de l'Algérie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dumasy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Messaoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03892342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une histoire située des constructions civiques de l'Empire ottoman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iles d'Imesli</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (1), pp.33-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03928957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marmites du Bayt al-mâl d'Alger. Charité, pouvoir et droits d'appartenance à l'époque ottomane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, citoyennetés : pratiques et ressources, 23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citoyennetés : pratiques et ressources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bargaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Citoyennetés : pratiques et ressources (23), </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anneemaghreb.6652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03091769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marmites du Bayt al-mâl d’Alger. Charité, pouvoir et droits d’appartenance à l’époque ottomane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Citoyennetés. Pratiques et ressoures (23), p. 97-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03091778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Où s’arrête la famille ? Successions, droits d’appartenance et Bayt al-mâl à Alger à l’époque ottomane »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Atelier du Centre de recherches historiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Sous tutelle. Biens sans maître et successions vacantes dans une perspective comparative, XIIIe-XXe siècles (22), </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/acrh.11287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03091753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sens du collectif et l'attention au singulier. Enquêtes, chemins et rencontres avec Fanny Colonna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Messaoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Melfa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ibla</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03882973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sources and Contextualizations: Comparing Eighteenth-Century North African and Western ‎European Institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Studies in Society and History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 59 (01), pp.5 - 33. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0010417516000591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01659589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fragment(s) of the Past: Archives, Conflicts, and Civic Rights in Algiers, 1830–1870</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales. Histoire, Sciences Sociales (English Edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Temporalities of the Colonial Moment, 72 (4), pp.641-670. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/ahsse.2021.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03508148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regarder l’Europe au prisme de ses musulmans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Histoire Moderne et Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 64-2 (2), </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rhmc.642.0201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le passé mis en pièce(s): Archives, conflits et droits de cité à Alger, 1830-1870</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 72 (04), pp.1023 - 1053. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0395264918000616⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire en révolution : besoins, revendications, narrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Messaoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hamed Oualdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10, pp.9-16. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anneemaghreb.2004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prouver par l’écriture. Propriétaires algérois, conquérants français et historiens ottomanistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Faire la preuve, n° 74, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01659816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cadi, la femme et son prétendant (Constantine XVIII° siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 9, pp. 57-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00201054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La hawma comme institution urbaine à l'époque ottomane et le procès de sa délégitimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la ville – approches comparatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Khenchela, Algérie. pp.289</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00382702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cité des Choses : une nouvelle histoire de la citoyenneté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Glesener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anacharsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 480 p., 2024, Essais, 9791027904723</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuori mercato. Appartenenze locali e beni nel Mediterraneo.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Cerutti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">il Mulino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 154 (1), 295 p., 2017, Quaderni Storici, 978-88-15-26960-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appartenance locale et propriété au nord et au ‎sud de la Méditerranée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bargaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IREMAM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.247, 2017, 9782906809017. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.iremam.3396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01659605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville imprenable. Une histoire sociale de Constantine au 18e siècle, 2002, Paris, Editions de ‎l’EHESS, 368 pages.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2-7132-1413-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01659570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 5. L'asile des biens des pauvres (Alger, XVIIIe - XIXe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Cité des Choses. Une nouvelle histoire de la citoyenneté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anacharsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.173-210, 2024, Essais, 9791027904723</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction [La Cité des Choses]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Glesener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Cité des Choses. Une nouvelle histoire de la citoyenneté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anacharsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.5-29, 2024, Essais, 9791027904723</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Comparer par cas. Esquisse d’un projet comparatiste », in ‎Antoine Lilti & al. (dir.), L’expérience historiographique. Autour de Jacques Revel, Paris, ‎Éditions de l'École des hautes études en sciences sociales, pp. 151-162, 2713225329.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Cerutti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> in ‎Antoine Lilti &amp; al. (dir.), L’expérience historiographique. Autour de Jacques Revel, Paris, ‎Éditions de l'École des hautes études en sciences sociales.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2016, 2713225329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01659623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affrontarsi in archivo. Tra storia ottomana e storia coloniale (Algeri 1830) = Affrontements dans les archives. Entre histoire ottomane et histoire coloniale, Alger 1830</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00462228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premessa&amp;quot;, Società post-coloniali : ritorno alle fonti = &amp;quot;Introduction&amp;quot;, Sociétés post-coloniales : retour au sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00462230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville imprenable. Histoire sociale de Constantine au XVIIIème siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Histoire. Ecole des Hautes Etudes en Sciences Sociales (EHESS), 1998. Français. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00458158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Empire de près. Bayt al-mâl, transmission et droits d’appartenance à Alger à l’époque moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Histoire. Paris I, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02112501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId63"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Isabelle Grangaud </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">isabelle-grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3705-3777</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Historienne. Section 33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chargée de recherche au CNRS, HDR</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centre Norbert Elias, CNRS-EHESS, Marseille</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· Histoire sociale du politique dans le Maghreb ottoman (stratifications sociales, configurations institutionnelles, transmission, charité)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· transition d’empires entre périodes ottomane et coloniale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">· Micro-analyse et histoire : le statut des sources à partir de l’exemple du Maghreb</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Partenaire actuelle à un programme de recherche :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016-2020 : coordinatrice du programme PROCIT. Citoyenneté et propriété », sous la responsabilité par Simona Cerutti (avec Thomas Glesener, CRH-EHESS/CNRS ; TELEMME-AMU/CNRS ; IREMAM-CNRS/AMU) (financement ANR).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Direction de programmes de recherche :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-2017 : programme PALOMED L’appartenance locale en Méditerranée. Relations sociales, droits, revendications, (financement APRIMED-LabexMed).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013-2016 : programme APOCOPE Appartenance locale et communautés politiques. Relations sociales, droits, revendications » (financement GDRI-CNRS).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012-2013 : programme d’amorce Le droit d’appartenir. Relations sociales, droits, revendications, (financement ATRI-LabexMed).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2002-2005 : programme Analyse comparée des conditions de productions des sources historiques : le cas des registres de cadis dans les sociétés arabo-islamiques (financement recherche ATIP/CNRS).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activité éditoriales :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du conseil de rédaction de la revue l’</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Année du Maghreb</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du conseil de rédaction de la revue de l’</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Institut des Belles Lettres Arabes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Collaboratrice scientifique de la revue </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaderni Storici</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">:</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">18 septembre 2018 : soutenance d’une habilitation à diriger des recherches : Histoire, sources comparaison. Le Maghreb moderne vu de près (composé d’une synthèse des travaux et d’un mémoire inédit « L’Empire de près. Bayt al-mâl, transmission et droits d’appartenance à Alger à l’époque moderne ».</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prix :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018 : CSSH’s Jack Goody Award (avec Simona Cerutti) décerné pour : « Sources and Contextualizations: Comparing Eighteenth-Century North African and Western European Institutions”, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Studies in Society and History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> 2017, 59 (1), 1–29. </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://cssh.lsa.umich.edu/2018/10/10/announcing-the-inaugural-winners-of-the-jack-goody-award/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">  </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://cssh.lsa.umich.edu/category/discussions-with-cssh-authors/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hamed Oualdi, &amp;quot;Un esclave entre deux empires. Une histoire transimpériale du Maghreb&amp;quot;, Seuil, 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Esclavages &amp; post-esclavages / Slaveries &amp; Post-Slaveries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Esclavage, couleur et religion(s), 11, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/140os⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05542360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’historien n’est pas un romancier ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Asseraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1361b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05543585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Empire Up Close: Resources of Ottomanness in the Maghrib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Ottoman and Turkish Studies Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11 (1), pp.103-122. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2979/tur.00024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05543347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que l’histoire potentielle fait à l’histoire des mondes coloniaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariella Aïsha Azoulay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Fabbiano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13615⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05543577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Carlier, artisan du renouveau de l'histoire politique de l'Algérie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dumasy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Messaoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03892342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Carlier, artisan du renouveau de l’histoire politique de l’Algérie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dumasy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Guignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Messaoudi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27, pp.3-7. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anneemaghreb.10510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04932501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une histoire située des constructions civiques de l'Empire ottoman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iles d'Imesli</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (1), pp.33-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03928957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marmites du Bayt al-mâl d’Alger. Charité, pouvoir et droits d’appartenance à l’époque ottomane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Citoyennetés. Pratiques et ressoures (23), p. 97-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03091778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citoyennetés : pratiques et ressources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bargaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Citoyennetés : pratiques et ressources (23), </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anneemaghreb.6652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03091769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les marmites du Bayt al-mâl d'Alger. Charité, pouvoir et droits d'appartenance à l'époque ottomane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, citoyennetés : pratiques et ressources, 23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Où s’arrête la famille ? Successions, droits d’appartenance et Bayt al-mâl à Alger à l’époque ottomane »,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Atelier du Centre de recherches historiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Sous tutelle. Biens sans maître et successions vacantes dans une perspective comparative, XIIIe-XXe siècles (22), </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/acrh.11287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03091753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sens du collectif et l'attention au singulier. Enquêtes, chemins et rencontres avec Fanny Colonna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Le Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Messaoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Melfa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ibla</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03882973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regarder l’Europe au prisme de ses musulmans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Histoire Moderne et Contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 64-2 (2), </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rhmc.642.0201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fragment(s) of the Past: Archives, Conflicts, and Civic Rights in Algiers, 1830–1870</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales. Histoire, Sciences Sociales (English Edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Temporalities of the Colonial Moment, 72 (4), pp.641-670. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/ahsse.2021.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03508148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le passé mis en pièce(s): Archives, conflits et droits de cité à Alger, 1830-1870</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 72 (04), pp.1023 - 1053. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0395264918000616⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01934960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sources and Contextualizations: Comparing Eighteenth-Century North African and Western ‎European Institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Studies in Society and History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 59 (01), pp.5 - 33. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0010417516000591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01659589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire en révolution : besoins, revendications, narrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Messaoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hamed Oualdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10, pp.9-16. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/anneemaghreb.2004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04546728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prouver par l’écriture. Propriétaires algérois, conquérants français et historiens ottomanistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Faire la preuve, n° 74, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01659816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cadi, la femme et son prétendant (Constantine XVIII° siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 9, pp. 57-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00201054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La hawma comme institution urbaine à l'époque ottomane et le procès de sa délégitimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser la ville – approches comparatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Khenchela, Algérie. pp.289</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00382702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Cité des Choses : une nouvelle histoire de la citoyenneté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Glesener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anacharsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 480 p., 2024, Essais, 9791027904723</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appartenance locale et propriété au nord et au ‎sud de la Méditerranée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Bargaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IREMAM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.247, 2017, 9782906809017. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.iremam.3396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01659605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fuori mercato. Appartenenze locali e beni nel Mediterraneo.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Cerutti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">il Mulino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 154 (1), 295 p., 2017, Quaderni Storici, 978-88-15-26960-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville imprenable. Une histoire sociale de Constantine au 18e siècle, 2002, Paris, Editions de ‎l’EHESS, 368 pages.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2-7132-1413-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01659570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 5. L'asile des biens des pauvres (Alger, XVIIIe - XIXe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Cité des Choses. Une nouvelle histoire de la citoyenneté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anacharsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.173-210, 2024, Essais, 9791027904723</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction [La Cité des Choses]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Cerutti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Glesener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Cité des Choses. Une nouvelle histoire de la citoyenneté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anacharsis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.5-29, 2024, Essais, 9791027904723</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04662823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Comparer par cas. Esquisse d’un projet comparatiste », in ‎Antoine Lilti & al. (dir.), L’expérience historiographique. Autour de Jacques Revel, Paris, ‎Éditions de l'École des hautes études en sciences sociales, pp. 151-162, 2713225329.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Cerutti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> in ‎Antoine Lilti &amp; al. (dir.), L’expérience historiographique. Autour de Jacques Revel, Paris, ‎Éditions de l'École des hautes études en sciences sociales.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2016, 2713225329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01659623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affrontarsi in archivo. Tra storia ottomana e storia coloniale (Algeri 1830) = Affrontements dans les archives. Entre histoire ottomane et histoire coloniale, Alger 1830</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00462228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premessa&amp;quot;, Società post-coloniali : ritorno alle fonti = &amp;quot;Introduction&amp;quot;, Sociétés post-coloniales : retour au sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00462230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La ville imprenable. Histoire sociale de Constantine au XVIIIème siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Histoire. Ecole des Hautes Etudes en Sciences Sociales (EHESS), 1998. Français. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00458158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Empire de près. Bayt al-mâl, transmission et droits d’appartenance à Alger à l’époque moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Grangaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Histoire. Paris I, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02112501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId74"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DB26DF51"/>
+    <w:nsid w:val="77F27B2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-grangaud" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3705-3777" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cssh.lsa.umich.edu/2018/10/10/announcing-the-inaugural-winners-of-the-jack-goody-award/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cssh.lsa.umich.edu/category/discussions-with-cssh-authors/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04932501v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dumasy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grangaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Guignard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Messaoudi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.10510" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892342v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03928957v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171749v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091769v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bargaoui" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.6652" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091778v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091753v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/acrh.11287" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882973v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Pape" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Melfa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01659589v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Cerutti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0010417516000591" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-BDV4CK2L-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03508148v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ahsse.2021.6" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917766v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.642.0201" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934960v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0395264918000616" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546728v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Oualdi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.2004" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01659816v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00201054v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00382702v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662782v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Glesener" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-anacharsis.com/La-Cite-des-choses" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917728v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mulino.it" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01659605v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/iremam/3396?lang=fr" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iremam.3396" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01659570v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662826v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662823v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01659623v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00462228v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00462230v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00458158v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-02112501v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-grangaud" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3705-3777" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cssh.lsa.umich.edu/2018/10/10/announcing-the-inaugural-winners-of-the-jack-goody-award/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cssh.lsa.umich.edu/category/discussions-with-cssh-authors/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542360v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grangaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/140os" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543585v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Asseraf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1361b" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543347v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2979/tur.00024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543577v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariella A&#239;sha Azoulay" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Fabbiano" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13615" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892342v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dumasy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Guignard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Messaoudi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04932501v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.10510" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03928957v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091778v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091769v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bargaoui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.6652" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171749v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03091753v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/acrh.11287" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882973v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Pape" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Melfa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917766v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.642.0201" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03508148v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ahsse.2021.6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934960v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0395264918000616" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01659589v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Cerutti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0010417516000591" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-BDV4CK2L-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04546728v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Oualdi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.2004" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01659816v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00201054v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00382702v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662782v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Glesener" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions-anacharsis.com/La-Cite-des-choses" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01659605v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/iremam/3396?lang=fr" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iremam.3396" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917728v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mulino.it" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01659570v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662826v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662823v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01659623v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00462228v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00462230v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00458158v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-02112501v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>