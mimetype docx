--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -4608,165 +4608,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00749510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La musique à Paris en 1553 : un état des lieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle His</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paris, 1553 : audaces et innovations poétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00753904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Un répertoire religieux à l'Académie de poésie et de musique : les psaumes mesurés de Claude Le Jeune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle His</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les académies dans l'Europe humaniste : idéaux et pratiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Genève, Suisse. pp.519-535</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00755018v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-00753904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autour de la Confrairie de Saincte Cécile d'Henri III (1575)</w:t>
               </w:r>
@@ -5864,51 +5864,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E25456C6"/>
+    <w:nsid w:val="AAAB7C1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6095,51 +6095,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-his" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/03545279X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/69072388" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000115736414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04035574v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence G&#233;treau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Framboisier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle His" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458353v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200779v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/ZYMW9425" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03868406v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vignes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Daussy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517577v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200771v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/PAIV2693" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200765v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200762v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200797v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00753905v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00747886v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00753899v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200722v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458260v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200637v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458491v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200759v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200752v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200755v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458468v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458243v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454821v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03996398v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764182v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odora Psychoyou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/editions-honore-champion/13022-book-08536069-9782745360694.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03868416v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389543v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200740v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hal&#233;vy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200747v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200625v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517510v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460566v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhren.095.0205" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455245v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200543v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345334v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle F&#233;melat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Capodieci" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383888v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200565v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200786v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/albin.2012.1230" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200549v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200712v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200426v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/albin.2005.994" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458250v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458198v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/947079" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454770v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0261127900001339" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-QG35W61F-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456299v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/946890" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458152v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/947179" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454733v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454698v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993430v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Goeury" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poton" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12625-6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460974v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458668v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458655v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458663v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458622v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00747881v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00749510v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00755018v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00753904v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00753898v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458510v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458602v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458495v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458480v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458488v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458475v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458416v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458435v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458443v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380375v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01172627v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cazaux-Kowalski" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gribenski" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.96397" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966396v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-his" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/03545279X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/69072388" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000115736414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04035574v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence G&#233;treau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Framboisier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle His" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458353v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200779v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/ZYMW9425" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03868406v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vignes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Daussy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517577v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200771v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/PAIV2693" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200765v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200762v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200797v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00753905v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00747886v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00753899v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200722v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458260v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200637v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458491v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200759v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200752v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200755v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458468v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458243v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454821v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03996398v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764182v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odora Psychoyou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/editions-honore-champion/13022-book-08536069-9782745360694.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03868416v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01389543v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200740v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hal&#233;vy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200747v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200625v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517510v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460566v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhren.095.0205" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455245v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200543v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345334v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle F&#233;melat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Capodieci" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383888v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200565v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200786v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/albin.2012.1230" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200549v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200712v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200426v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/albin.2005.994" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458250v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458198v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/947079" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454770v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0261127900001339" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-QG35W61F-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456299v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/946890" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458152v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/947179" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454733v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454698v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03993430v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Goeury" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Poton" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12625-6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460974v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458668v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458655v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458663v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458622v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00747881v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00749510v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00753904v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00755018v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00753898v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458510v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458602v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458495v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458480v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458488v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458475v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458416v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458435v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458443v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380375v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01172627v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cazaux-Kowalski" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gribenski" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.96397" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966396v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>