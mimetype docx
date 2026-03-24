--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:109.71428571429px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Isabelle Léglise </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Research Director at CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">isabelle-leglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2415-4173</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">061775509</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/K-1882-2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Léglise est directrice de recherche au CNRS au sein de l'UMR 8202 SEDYL dont elle assure la codirection. Ses travaux sur le multilinguisme en </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guyane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, au Brésil et au Surinam l'ont amenée à se spécialiser dans les domaines de la variation et de l’hétérogénéité linguistique en situation de contact de langues, des pratiques langagières plurilingues et hétérogènes, de la transmission des langues en situation de mobilité notamment au sein de familles transnationales, et de la prise en compte du plurilinguisme dans les domaines de l’éducation et de la santé.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle mobilise dans ses travaux les cadres de l'anthropologie linguistique, de la sociolinguistique et de l'analyse de discours.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En Amazonie comme en Asie du Sud Est </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Cambodge)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, elle est particulièrement impliquée dans des projets de coopération scientifique en lien avec l'IRD dont elle coordonne la </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédération F3S</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Sciences Sociales au Sud).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Boutet’s sociolinguistic contributions in context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Sociology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2025 (292), pp.23-39. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ijsl-2024-0054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paysages linguistiques au Cambodge : réglementation, description et utilité pour l'enseignement du khmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sitha Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vutha Um</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suat Istanbullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dara NON</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Moussons : recherches en sciences humaines sur l'Asie du Sud-Est</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 44, pp.99-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797411v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inégalités éducatives : langues et accès aux savoirs dans les Outre-mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valelia Muni Toke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextes et Didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Contextes et Didactiques, 24, pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A propos de l’utilisation des savoirs traditionnels en salle de classe, quelques éléments de postface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rossille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valelia Muni Toke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextes et Didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’intérêt de décentrer les mathématiques occidentales ? Retour sur deux expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rossille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tiennot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Tournès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextes et Didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petit état des lieux de la prise en compte des langues et cultures des élèves à l’école en Outre-mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collectif Ilasom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Anciaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Dureysseix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextes et Didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1396x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indexing whiteness: practices of categorization and racialization of social relations among Maroons in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Léobal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Sociology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2023 (282), pp.55-75. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ijsl-2022-0066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decolonizing Family Language Policy, or reimagining family multilingualism as an inclusive field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multilingual Theories and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (2), pp.288-304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04353179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilinguisme des territoires, plurilinguisme des citoyens, monolinguisme des institutions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et cité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Langues des Outre-mer, 31, pp.2-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03907815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géopolitique et circulation des savoirs en sociolinguistique du multilinguisme et de l’éducation au Nord et dans le Sud global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'histoire des sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.213 - 238. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rhsh.7720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcending circulations of southern and northern concepts: introducing mobile and dialogic perspectives on language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sangeeta Bagga-Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Deumert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multicultural Discourses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (4), pp.273-283. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17447143.2023.2206385⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulation of concepts, compartmentalisation and erasures in Western academic circles: sumak kawsay/buen vivir and translanguaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multicultural Discourses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (4), pp.284-297. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17447143.2023.2204840⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documenting multilingual language practices and the erasure of language boundaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Language Contact</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (2), pp.404-437. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/19552629-15020005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03908274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternance de langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Dictionnaire de la sociolinguistique, Hors-série, pp.23-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Répertoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Dictionnaire de la sociolinguistique, Hors-série, pp.297-299</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contacts de langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Dictionnaire de la sociolinguistique, Hors-série, pp.61-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Leglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Quint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Pidgin and Creole Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Approaches to variation in Creole studies, 36 (1), pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03101135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langues de France des Outre-mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Dictionnaire de la sociolinguistique, Hors-série, pp.197-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boundaries and Bridges: Language Contact in Multilingual Ecologies, by Kofi Yakpo & Pieter C. Muysken (eds.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New West Indian Guide / Nieuwe West-Indische Gids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 94, pp.205 - 206. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/22134360-09401022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03098575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dire la blancheur chez les Businenge(e) en Guyane : pratiques de catégorisation et racialisation des rapports sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Léobal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina M Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers des Amériques Latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Relations sociales, relations ethno-raciales dans les trois Guyanes, 93, pp.73-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans une Guyane multilingue, des enfants plurilingues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Boukan - le courrier ultramarin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02943132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language and identity construction on the French Guiana-Suriname border</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multilingualism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14790718.2019.1633332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction langagière de l’altérité de part et d’autre du fleuve Maroni : frontières, effacements des frontières et mises en frontières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers du GEPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Dynamique des frontières, 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilinguisme et hétérogénéité des pratiques langagières. Nouveaux chantiers et enjeux du Global South</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 160-161, pp.251-266</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingualism and heterogeneous language practices: new research areas and issues in the Global South</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plurilinguisme et éducation en Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et cité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Langues de Guyane, 29, pp.10-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langues créoles en Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et cité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Langues de Guyane, 29, pp.6 - 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les langues parlées en Guyane : une extraordinaire diversité, un casse-tête pour les institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et cité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Les langues de Guyane, 29, pp.2-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plurilingual corpora and polylanguaging, where corpus linguistics meets contact linguistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociolinguistic Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (3), pp.357-381</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01426409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review: Language, Culture and Caribbean Identity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New West Indian Guide</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 89 (1-2), pp.126-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01250899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the sociolinguistic situation of the Maroon creoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Pidgin and Creole Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (1), pp.63-115. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/jpcl.30.1.03mig⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01140597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la croisée des langues. Annotation et fouille de corpus plurilingues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, RNTI-SHS-2, pp.81-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01063067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les corpus plurilingues, entre linguistique de corpus et linguistique de contact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faits de langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 41, pp.95-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00880453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel accès aux soins et aux services publics pour des citoyens non francophones ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture et recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 125, pp.10-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00680947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le discours patronal, un exemple de discours économique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots: les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 86, pp.67-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques langagières et registres discursifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Cambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 124, pp.15-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enseignement en Guyane et les langues régionales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marges Linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 10, pp.245-261</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00291686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rapport RSE, outil de légitimation ? Le cas Total à la lumière d'une analyse de discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Point</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2, pp.5-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minorization and the process of (de)minoritization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Sociology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 182, pp.67-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00291685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a comprehensive description of language varieties: Naming practices, ideologies, and linguistic practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language in Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 3 (35), pp.313-339</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00221530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minorization and the process of (de)minoritization : the case of Kali'na in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Sociology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 182, pp.67-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minorization and the process of (de)minoritization : the case of Kali'na in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Sociology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 182, pp.67-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00223917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minorization and the process of (de)minoritization: the case of Kali'na in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Sociology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 182, pp.67-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00239307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Goury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes créoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Contacts de créoles, créoles en contact, 38 (1), p. 9-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-02141848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contacts de créoles à Mana (Guyane française) : répertoires, pratiques, attitudes et gestion du plurilinguisme.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes créoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1 (XXVIII), pp.23-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00221528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enseignement en Guyane et les langues régionales : réflexions sociolinguistiques et didactiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marges Linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 10, pp.245-261</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00181072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contacts de créoles, créoles en contact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Goury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes créoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, XXVIII (1), pp.9-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00181067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une approche synchronique des contacts de langues : quelques exemples tirés du cas guyanais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trace : Procesos Mexicanos y Centroamericanos </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 47, pp.113-131</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00223916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche sur les langues dans l'Ouest guyanais : trois projets pour comprendre une situation encore mal connue.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et Cités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 3, pp.6-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00665372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langues frontalières et langues d'immigration en Guyane française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glottopol : Revue de sociolinguistique en ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 4, pp.108-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00221527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques caractéristiques du discours patronal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots: les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, n°72, pp.113-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00162439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations prosodiques et syntaxiques en français parlé : le cas des anaphoriques nominaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 42, pp.73-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00137721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les linguistes interviennent : écueils et enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Linguistique Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, IV, pp.5-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00162421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervention linguistique : théorie, pratique et intérêt dans le cadre de l'analyse de l'activité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 37, pp.169-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00137722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In and Out of Suriname. Language, Mobility and Identity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlin Eithne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tjon Sie Fat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eithne Carlin; Isabelle Léglise; Bettina Migge; Paul Tjon Sie Fat. Brill, 2015, 9789004280113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Interplay of Variation and Change in Contact Settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Chamoreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Benjamins, pp.265, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00755783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Contact-induced language change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Chamoreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mouton de Gruyter, pp.393, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00672251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Contact-induced language change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Chamoreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mouton de Gruyter, pp.398, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00672729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours d'experts et d'expertise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, pp.227, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00731501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring language in a multilingual context: Variation, Interaction and Ideology in language documentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge, pp.414, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00683907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creoles in Education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Bartens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benjamins, pp.356, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00672724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations linguistiques en Guyane : regards croisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IRD Editions, pp.488, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00268390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications et implications en sciences du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Desmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.332, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00707181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parlers jeunes ici et là-bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Caubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Billiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Miller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.285, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00329501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques, langues et discours dans le travail social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.140, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00329502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La langue dans son contexte social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Saillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Verelt, pp.200, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00223920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (56)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finding a voice in academia when one’s experience is contrary to what one has learned. Intertwined personal narratives about social justice and meritocracy ideologies in a color-blind context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suat Istanbullu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sangeeta Bagga-Gupta. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave Handbook of Decolonizing the Educational and Language Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, Palgrave, pp.613-636, 2025, The Palgrave Handbooks</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718938v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spanish-speaking Latin Americans in the market of Cayenne (French Guiana)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Sánchez Moreano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rosina Márquez Reiter; Adriana Patiño-Santos. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Practices and Processes among Latin Americans in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.127-149, 2023, Routledge Studies in Hispanic and Lusophone Linguistics, 9781003130703. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003130703-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcar o no marcar las fronteras: la variación como recurso lingüístico en las prácticas multilingües</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Santiago Sánchez Moreano; Elodie Blestel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prácticas lingüísticas heterogéneas: Nuevas perspectivas para el estudio del español en contacto con lenguas amerindias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language Science Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-67, 2021, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.5643281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03483909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une relecture des circulations par la porosité des zones linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mathieu Noucher; Laurent Polidori. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas critique de la Guyane</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.214-215, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02943065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des frontières diluées : construction et disparition des frontières de langues dans l'interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Matthieu Noucher; Laurent Polidori. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas critique de la Guyane</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.56-57, 2020, 978-2-271-13213-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02943136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documenter les parcours de familles transnationales : généalogies, biographies langagières et pratiques langagières familiales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Shahzaman Haque; Françoise Lelièvre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Family language policy: Dynamics in language transmission under a migratory context/ Politique Linguistique familiale: Enjeux dynamiques de la transmission linguistique dans un contexte migratoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LINCOM, pp.159-182, 2019, 9783862889303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02003238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingualism and translanguaging as a resource for teaching and learning in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P. Van Avermaet; S. Slembrouck; K. Van Gorp; S. Sierens; K. Maryns. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The multilingual edge of education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmilan, 2018, 113754855X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques langagières plurilingues et frontières de langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michelle Auzanneau; Luca Greco. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dessiner les frontières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, pp.143-169, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01718072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que les pratiques langagières plurilingues au Sénégal disent à la linguistique du contact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Jean François Nunez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Auzanneau Michelle; Bento Margaret; Leclère Malory. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces, mobilités et éducation plurilingues : éclairages d'Afrique ou d'ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions des archives contemporaines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9782813002198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01472768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From varieties in contact to the selection of linguistic resources in multilingual settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Sánchez Moreano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identity and Dialect Performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.143 - 159, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingualism as a resource for teaching and learning in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maryns K.; Slembrouck S.; Sierens S.; Van Avermaet P.; Van Gorp K. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The multilingual edge of education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01434937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation bilingue dans le contexte multilingue guyanais : dispositifs cloisonnants et pratiques pédagogiques innovantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christine Hélot; Jürgen Erfurt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’éducation bilingue en France : politiques linguistiques, modèles et pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lambert Lucas, pp.66-86, 2016, 978-2-35935-175-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01426303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking at Language, Identity, and Mobility in Suriname</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eithne Carlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tjon Sie Fat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eithne Carlin; Isabelle Léglise; Bettina Migge; Paul Tjon Sie Fat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In and Out of Suriname</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brill, 2015, 9789004280113. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004280120_002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01135029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language Practices and Linguistic Ideologies in Suriname: Results from a School Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In and Out of Suriname. Language, mobility, Identity.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brill, 2015, 9789004280113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brazilians in French Guiana: Types of bilingual talk in family interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Gorovitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gorovitz, Sabine; Mozillo, Isabella. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Contact: Mobility, Borders and Urbanization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.6-12, 2015, 978-1-4438-7062-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01250870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et attitudes linguistiques des enseignants. La gestion du plurilinguisme à l'école en Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NOCUS, I., VERNAUDON, J., PAIA, M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprendre plusieurs langues, plusieurs langues pour apprendre : l'école plurilingue en Outre-mer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.245-268, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00990961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'école face aux plurilinguismes de l'Outre-mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Fillol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Colombel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean François De Pietro; Marielle Rispail. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'enseignement du français à l'heure du plurilinguisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, Presses Universitaires de Namur, 2014, Recherches en didactique du français, 978-2-87037-851-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01102501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et attitudes linguistiques des enseignants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nocus, I., Vernaudon, J., Paia, M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'école plurilingue en outre-mer. Apprendre plusieurs langues, plusieurs langues pour apprendre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.245-267, 2014, 978-2-7535-2876-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00985280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les langues en Guyane, en Nouvelle Calédonie et en Polynésie française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Vernaudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Renault-Lescure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nocus, I., Vernaudon, J. &amp; M. Paia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprendre plusieurs langues, plusieurs langues pour apprendre : l'école plurilingue en Outre-mer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.101-126, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00990879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques linguistiques éducatives en Guyane.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nocus, I., Vernaudon, J., Paia, M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'école plurilingue en outre-mer. Apprendre plusieurs langues, plusieurs langues pour apprendre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.271-296, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00985340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'école française face aux plurilinguismes de l'Outre-mer. Une idéologie monolingue persistante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Colombel-Teuira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Fillol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Pietro J.-F. et Rispail M., L’enseignement du français à l’heure du plurilinguisme. Vers une didactique contextualisée, Presses Universitaires de Namur, Collection « Recherches en didactique du français », n° 6, 89-104.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 978-28703-851-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05217038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques linguistiques éducatives en Guyane. Quels droits linguistiques pour les élèves allophones ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NOCUS, I., VERNAUDON, J., PAIA, M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprendre plusieurs langues, plusieurs langues pour apprendre : l'école plurilingue en Outre-mer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.271-296, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00990950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langues de Guyane et langues parlées en Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Renault-Lescure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Launey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kremnitz, Georg. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire sociale des langues de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.671-682, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation and change in contact settings.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Leglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Chamoreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Léglise, Claudine Chamoreau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The interplay of variation and change in contact settings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins Publishing Company, pp.1-20, 2013, Studies in Language variation, 978 90 272 3492 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01100139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation and change in contact settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Chamoreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Léglise, Isabelle ; Chamoreau, Claudine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Interplay of Variation and Change in Contact Settings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.1-20, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00800099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The interplay of inherent tendencies and language contact on French object clitics: An example of variation in a French Guianese contact setting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Léglise, Isabelle ; Chamoreau, Claudine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Interplay of Variation and Change in Contact Settings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.137-163, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00800122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations et changements linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gudrun Ledegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wharton S., Simonin J. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociolinguistique des langues en contact</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, pp.315-329, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00880476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser le discours d'expert et d'expertise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Léglise, I. &amp; Garric, N. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discours d'experts et d'expertise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.1-16, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00731499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-model approach to contact-induced language change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Chamoreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamics of Contact-induced language change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mouton de Gruyter, pp.1-15, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00672263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations autour du verbe et de ses pronoms objet en français parlé en Guyane : rôle du contact de langues et de la variation intrasystémique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chamoreau, Claudine; Goury, Laurence. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changement linguistique et langues en contact</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.203-230, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00755782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the emergence of new language varieties: the case of the Eastern Maroon Creole in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hinrichs, Lars &amp; Farquharson, Joseph. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variation in the Caribbean: From Creole continua to individual agency</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.207-229, 2011, Creole language library</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00576813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Local Languages and Cultures into the Education System of French Guiana: A Discussion of Current Programs and Initiatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Migge, Bettina ; Léglise, Isabelle ; Bartens, Angela. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Creoles in Education: an Appraisal of Current Programs and Projects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.107-132, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00494413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creoles in Education. A Discussion of Pertinent Issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Bartens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Migge, Bettina ; Léglise, Isabelle ; Bartens, Angela. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Creoles in Education: a Critical Assessment and Comparison of Existing Projects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.1-30, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00494435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications / implications : des réflexions et des pratiques différentes en fonction des (sous)disciplines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Canut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">en co-édition avec le LESCLaP-CEP-CERCLL (EA 4283) ; sous la direction d'Isabelle Pierozak et Jean-Michel Eloy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intervenir : appliquer, s'impliquer ? / Ve Colloque international du RFS, Amiens, 13-15 juin 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'Harmattan, pp.63-72, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plurilinguisme et migrations en Guyane française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations et plurilinguisme en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Didier, pp.94-100, 2008, Cahiers de l'Observatoire des pratiques linguistiques, n°2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00298611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insultes et joutes verbales chez les &amp;quot;jeunes&amp;quot; : le regard des médiateurs urbains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aline Tauzin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insultes, injures et vannes en France et au Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.155-174, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place des langues des élèves à l'école en contexte guyanais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Serge Mam-Lam-Fouck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre la Guyane d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibis Rouge Editions, pp.439-452, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00291684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paysage sociolinguistique de la Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Serge Mam-Lam-Fouck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre la Guyane d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibis Rouge Editions, pp.469-479, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00291683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « taki-taki », une langue parlée en Guyane ? Fantasmes et réalités (socio)linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle LEGLISE ; Bettina MIGGE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations linguistiques en Guyane : regards croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD Editions, pp.133-157, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects syntaxiques et discursifs d'un français parlé des médias : &amp;quot;le discours d'information télévisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mathias Broth, Mats Forsgren, Coco Norén &amp; Françoise Sullet-Nylander. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le français parlé des médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Acta Universitatis Stockholmiensis, pp.243-258, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations syntaxiques dans le français parlé par des adolescents en Guyane et à la Réunion : témoignages de périphéries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gudrun Ledegen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patricia Lambert, Agnès Millet, Marielle Rispail, Cyril Trimaille. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variations au coeur et aux marges de la sociolinguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.95-105, 2007, Espaces Discursifs</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00257602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement graphique, pratiques et attitudes linguistiques à l'hôpital de Saint-Laurent du Maroni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle LEGLISE ; Bettina MIGGE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations linguistiques en Guyane : regards croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD Editions, pp.403-423, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00268389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language and colonialism. Applied linguistics in the context of creole communities.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marlis Hellinger &amp; Anne Pauwels. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language and Communication : Diversity and Change. Handbook of Applied Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mouton de Gruyter, pp.297-338, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paysage sociolinguistique de la Guyane : un état des lieux des recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Serge Mam Lam Fouck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre la Guyane d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibis Rouge Editions, pp.469-479, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00243120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations linguistiques en Guyane - regards croisés. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations linguistiques en Guyane : regards croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD Editions, pp.11-25, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00268387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des langues, des domaines, des régions. Pratiques, variations, attitudes linguistiques en Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle LEGLISE ; Bettina MIGGE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations linguistiques en Guyane : regards croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD Editions, pp.29-47, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00268388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place des langues des élèves à l'école en contexte guyanais. Quatre décennies de discours scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Mam Lam Fouck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre la Guyane d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibis Rouge Editions, pp.439-452, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00243071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications et implications en sciences du langage : Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Desmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Léglise I., Canut E., Desmet I., Garric N., (coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications et implications en sciences du langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris : L'harmattan, pp.9-15, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00162427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages et représentations linguistiques en milieu scolaire guyanais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Puren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Tupin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole et éducation, Univers créoles n° 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Economica, pp.67-90, 2005, Anthropos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00181066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place du logiciel, du corpus, de l'analyste : l'exemple d'une analyse de discours patronal à deux voix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Geoffrey Williams. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistique de corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.101-113, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le discours patronal, discours de propagande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D. Banks (ed). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caractéristiques linguistiques des textes de propagande</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris, L'Harmattan, pp.133-146, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00162445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contacts de langues issus de mobilités dans un espace plurilingue : approches croisées à St Laurent du Maroni (Guyane)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile Van den Avenne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobilités et contacts de langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.75-94, 2005, Espace discursif</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des formes d'oral et rapport au langage chez les travailleurs sociaux : l'exemple des médiateurs urbains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle LEGLISE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques, langues et discours dans le travail social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.29-52, 2004, Espaces discursifs</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00293240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les travailleurs sociaux entre écrits professionnels contraints et oral débridé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Léglise. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques, langues et discours dans le travail social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris : L'Harmattan, pp.3-8, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00181069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les médiateurs de rue face aux &amp;quot;parlers jeunes&amp;quot; / des exemples de &amp;quot;parlers jeunes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dominique Caubet, Thierry Bulot, Jacqueline Billiez, Isabelle Léglise, Catherine Miller. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parlers jeunes ici et là-bas : pratiques et représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.221-246, 2004, Espaces Discursifs</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00232638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le problème de l'adresse en situation d'interaction plurilocuteurs dans les avions de la patrouille maritime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kostulski K., Trognon A., eds. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication interactive dans les groupes de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Nancy, pp.183-204, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00137726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un centre de recherche en SHS à Phnom Penh : étapes d’un long processus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Markiw</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03907914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mots mêlés : une Guyane multilingue et plurilingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Exposito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission de langues minoritaires dans la migration : le cas de communautés arabo-turcophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suat Istanbullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR 8202 SEDYL; CNRS; IRD; INALCO. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission de langues minoritaires dans la migration : le cas de communautés arabo-turcophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suat Istanbullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR 8202 SEDYL; CNRS; IRD. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01255279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilinguisme, variation, contact. Des pratiques langagières sur le terrain à l'analyse de corpus hétérogènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Institut National des Langues et Civilisations Orientales- INALCO PARIS - LANGUES O', 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00880500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde : les archives ouvertes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Ruscio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huguette Rigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02099635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité linguistique et langues en contact en Guyane française.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Leglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth de Pablo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Maestre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01379077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId218"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:109.71428571429px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Isabelle Léglise </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Research Director at CNRS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">isabelle-leglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2415-4173</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">061775509</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/K-1882-2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Léglise est directrice de recherche au CNRS au sein de l'UMR 8202 SEDYL dont elle assure la codirection. Ses travaux sur le multilinguisme en </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guyane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, au Brésil et au Surinam l'ont amenée à se spécialiser dans les domaines de la variation et de l’hétérogénéité linguistique en situation de contact de langues, des pratiques langagières plurilingues et hétérogènes, de la transmission des langues en situation de mobilité notamment au sein de familles transnationales, et de la prise en compte du plurilinguisme dans les domaines de l’éducation et de la santé.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elle mobilise dans ses travaux les cadres de l'anthropologie linguistique, de la sociolinguistique et de l'analyse de discours.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En Amazonie comme en Asie du Sud Est </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Cambodge)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, elle est particulièrement impliquée dans des projets de coopération scientifique en lien avec l'IRD dont elle coordonne la </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fédération F3S</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Sciences Sociales au Sud).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Boutet’s sociolinguistic contributions in context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Costa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Sociology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2025 (292), pp.23-39. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ijsl-2024-0054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inégalités éducatives : langues et accès aux savoirs dans les Outre-mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valelia Muni Toke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextes et Didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Contextes et Didactiques, 24, pp.1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paysages linguistiques au Cambodge : réglementation, description et utilité pour l'enseignement du khmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sitha Seng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vutha Um</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suat Istanbullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dara NON</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Moussons : recherches en sciences humaines sur l'Asie du Sud-Est</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 44, pp.99-119</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797411v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’intérêt de décentrer les mathématiques occidentales ? Retour sur deux expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rossille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tiennot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Tournès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextes et Didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A propos de l’utilisation des savoirs traditionnels en salle de classe, quelques éléments de postface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rossille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valelia Muni Toke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextes et Didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petit état des lieux de la prise en compte des langues et cultures des élèves à l’école en Outre-mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collectif Ilasom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Anciaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Dureysseix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextes et Didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/1396x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04869390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indexing whiteness: practices of categorization and racialization of social relations among Maroons in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Léobal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Sociology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2023 (282), pp.55-75. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ijsl-2022-0066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decolonizing Family Language Policy, or reimagining family multilingualism as an inclusive field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multilingual Theories and Practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (2), pp.288-304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04353179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géopolitique et circulation des savoirs en sociolinguistique du multilinguisme et de l’éducation au Nord et dans le Sud global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'histoire des sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.213 - 238. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rhsh.7720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilinguisme des territoires, plurilinguisme des citoyens, monolinguisme des institutions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et cité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Langues des Outre-mer, 31, pp.2-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03907815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transcending circulations of southern and northern concepts: introducing mobile and dialogic perspectives on language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sangeeta Bagga-Gupta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Deumert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multicultural Discourses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (4), pp.273-283. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17447143.2023.2206385⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulation of concepts, compartmentalisation and erasures in Western academic circles: sumak kawsay/buen vivir and translanguaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Multicultural Discourses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (4), pp.284-297. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17447143.2023.2204840⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documenting multilingual language practices and the erasure of language boundaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Language Contact</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (2), pp.404-437. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/19552629-15020005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03908274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Répertoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Dictionnaire de la sociolinguistique, Hors-série, pp.297-299</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternance de langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Dictionnaire de la sociolinguistique, Hors-série, pp.23-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Leglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Quint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Pidgin and Creole Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Approaches to variation in Creole studies, 36 (1), pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03101135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contacts de langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Dictionnaire de la sociolinguistique, Hors-série, pp.61-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langues de France des Outre-mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Dictionnaire de la sociolinguistique, Hors-série, pp.197-200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03354255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boundaries and Bridges: Language Contact in Multilingual Ecologies, by Kofi Yakpo & Pieter C. Muysken (eds.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New West Indian Guide / Nieuwe West-Indische Gids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 94, pp.205 - 206. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/22134360-09401022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03098575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dire la blancheur chez les Businenge(e) en Guyane : pratiques de catégorisation et racialisation des rapports sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Léobal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina M Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers des Amériques Latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Relations sociales, relations ethno-raciales dans les trois Guyanes, 93, pp.73-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans une Guyane multilingue, des enfants plurilingues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Boukan - le courrier ultramarin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02943132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language and identity construction on the French Guiana-Suriname border</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multilingualism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14790718.2019.1633332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02182399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction langagière de l’altérité de part et d’autre du fleuve Maroni : frontières, effacements des frontières et mises en frontières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers du GEPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Dynamique des frontières, 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilinguisme et hétérogénéité des pratiques langagières. Nouveaux chantiers et enjeux du Global South</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 160-161, pp.251-266</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plurilinguisme et éducation en Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et cité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Langues de Guyane, 29, pp.10-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingualism and heterogeneous language practices: new research areas and issues in the Global South</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langues créoles en Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et cité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Langues de Guyane, 29, pp.6 - 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les langues parlées en Guyane : une extraordinaire diversité, un casse-tête pour les institutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et cité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Les langues de Guyane, 29, pp.2-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01674470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plurilingual corpora and polylanguaging, where corpus linguistics meets contact linguistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociolinguistic Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (3), pp.357-381</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01426409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book review: Language, Culture and Caribbean Identity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New West Indian Guide</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 89 (1-2), pp.126-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01250899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the sociolinguistic situation of the Maroon creoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Pidgin and Creole Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (1), pp.63-115. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/jpcl.30.1.03mig⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01140597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la croisée des langues. Annotation et fouille de corpus plurilingues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Vaillant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Nouvelles Technologies de l'Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, RNTI-SHS-2, pp.81-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01063067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les corpus plurilingues, entre linguistique de corpus et linguistique de contact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faits de langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 41, pp.95-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00880453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel accès aux soins et aux services publics pour des citoyens non francophones ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture et recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 125, pp.10-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00680947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le discours patronal, un exemple de discours économique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots : les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 86, pp.67-83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques langagières et registres discursifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Cambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langage et Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 124, pp.15-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enseignement en Guyane et les langues régionales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marges Linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 10, pp.245-261</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00291686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minorization and the process of (de)minoritization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Sociology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 182, pp.67-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00291685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rapport RSE, outil de légitimation ? Le cas Total à la lumière d'une analyse de discours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Point</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2, pp.5-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a comprehensive description of language varieties: Naming practices, ideologies, and linguistic practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language in Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 3 (35), pp.313-339</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00221530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minorization and the process of (de)minoritization : the case of Kali'na in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Sociology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 182, pp.67-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00223917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minorization and the process of (de)minoritization : the case of Kali'na in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Sociology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 182, pp.67-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minorization and the process of (de)minoritization: the case of Kali'na in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of the Sociology of Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 182, pp.67-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00239307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Goury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes créoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Contacts de créoles, créoles en contact, 38 (1), p. 9-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ird-02141848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contacts de créoles à Mana (Guyane française) : répertoires, pratiques, attitudes et gestion du plurilinguisme.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes créoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 1 (XXVIII), pp.23-57</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00221528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enseignement en Guyane et les langues régionales : réflexions sociolinguistiques et didactiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marges Linguistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 10, pp.245-261</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00181072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une approche synchronique des contacts de langues : quelques exemples tirés du cas guyanais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trace : Procesos Mexicanos y Centroamericanos </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 47, pp.113-131</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00223916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contacts de créoles, créoles en contact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Goury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes créoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, XXVIII (1), pp.9-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00181067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche sur les langues dans l'Ouest guyanais : trois projets pour comprendre une situation encore mal connue.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et Cités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 3, pp.6-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00665372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langues frontalières et langues d'immigration en Guyane française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glottopol : Revue de sociolinguistique en ligne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 4, pp.108-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00221527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques caractéristiques du discours patronal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots : les langages du politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, n°72, pp.113-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00162439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations prosodiques et syntaxiques en français parlé : le cas des anaphoriques nominaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 42, pp.73-87</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00137721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les linguistes interviennent : écueils et enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Linguistique Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, IV, pp.5-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00162421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervention linguistique : théorie, pratique et intérêt dans le cadre de l'analyse de l'activité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 37, pp.169-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00137722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In and Out of Suriname. Language, Mobility and Identity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlin Eithne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tjon Sie Fat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eithne Carlin; Isabelle Léglise; Bettina Migge; Paul Tjon Sie Fat. Brill, 2015, 9789004280113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Interplay of Variation and Change in Contact Settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Chamoreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Benjamins, pp.265, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00755783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Contact-induced language change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Chamoreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mouton de Gruyter, pp.398, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00672729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Contact-induced language change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Chamoreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mouton de Gruyter, pp.393, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00672251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours d'experts et d'expertise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peter Lang, pp.227, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00731501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring language in a multilingual context: Variation, Interaction and Ideology in language documentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge, pp.414, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00683907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creoles in Education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Bartens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Benjamins, pp.356, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00672724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations linguistiques en Guyane : regards croisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">IRD Editions, pp.488, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00268390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications et implications en sciences du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Desmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.332, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00707181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques, langues et discours dans le travail social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.140, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00329502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parlers jeunes ici et là-bas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Caubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Billiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Miller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.285, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00329501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La langue dans son contexte social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Saillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Verelt, pp.200, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00223920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (56)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finding a voice in academia when one’s experience is contrary to what one has learned. Intertwined personal narratives about social justice and meritocracy ideologies in a color-blind context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suat Istanbullu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sangeeta Bagga-Gupta. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave Handbook of Decolonizing the Educational and Language Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 35, Palgrave, pp.613-636, 2025, The Palgrave Handbooks</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718938v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spanish-speaking Latin Americans in the market of Cayenne (French Guiana)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Sánchez Moreano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rosina Márquez Reiter; Adriana Patiño-Santos. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Practices and Processes among Latin Americans in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.127-149, 2023, Routledge Studies in Hispanic and Lusophone Linguistics, 9781003130703. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003130703-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcar o no marcar las fronteras: la variación como recurso lingüístico en las prácticas multilingües</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Santiago Sánchez Moreano; Elodie Blestel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prácticas lingüísticas heterogéneas: Nuevas perspectivas para el estudio del español en contacto con lenguas amerindias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language Science Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-67, 2021, </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.5643281⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03483909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une relecture des circulations par la porosité des zones linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mathieu Noucher; Laurent Polidori. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas critique de la Guyane</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.214-215, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02943065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des frontières diluées : construction et disparition des frontières de langues dans l'interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Matthieu Noucher; Laurent Polidori. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas critique de la Guyane</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.56-57, 2020, 978-2-271-13213-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02943136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documenter les parcours de familles transnationales : généalogies, biographies langagières et pratiques langagières familiales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Shahzaman Haque; Françoise Lelièvre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Family language policy: Dynamics in language transmission under a migratory context/ Politique Linguistique familiale: Enjeux dynamiques de la transmission linguistique dans un contexte migratoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LINCOM, pp.159-182, 2019, 9783862889303</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02003238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingualism and translanguaging as a resource for teaching and learning in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P. Van Avermaet; S. Slembrouck; K. Van Gorp; S. Sierens; K. Maryns. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The multilingual edge of education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmilan, 2018, 113754855X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01692137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques langagières plurilingues et frontières de langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michelle Auzanneau; Luca Greco. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dessiner les frontières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, pp.143-169, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01718072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que les pratiques langagières plurilingues au Sénégal disent à la linguistique du contact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Jean François Nunez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Auzanneau Michelle; Bento Margaret; Leclère Malory. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espaces, mobilités et éducation plurilingues : éclairages d'Afrique ou d'ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions des archives contemporaines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9782813002198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01472768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingualism as a resource for teaching and learning in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maryns K.; Slembrouck S.; Sierens S.; Van Avermaet P.; Van Gorp K. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The multilingual edge of education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01434937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From varieties in contact to the selection of linguistic resources in multilingual settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago Sánchez Moreano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identity and Dialect Performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.143 - 159, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation bilingue dans le contexte multilingue guyanais : dispositifs cloisonnants et pratiques pédagogiques innovantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christine Hélot; Jürgen Erfurt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’éducation bilingue en France : politiques linguistiques, modèles et pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lambert Lucas, pp.66-86, 2016, 978-2-35935-175-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01426303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language Practices and Linguistic Ideologies in Suriname: Results from a School Survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In and Out of Suriname. Language, mobility, Identity.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brill, 2015, 9789004280113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking at Language, Identity, and Mobility in Suriname</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eithne Carlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Tjon Sie Fat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Eithne Carlin; Isabelle Léglise; Bettina Migge; Paul Tjon Sie Fat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In and Out of Suriname</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brill, 2015, 9789004280113. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004280120_002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01135029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brazilians in French Guiana: Types of bilingual talk in family interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Gorovitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gorovitz, Sabine; Mozillo, Isabella. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Contact: Mobility, Borders and Urbanization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.6-12, 2015, 978-1-4438-7062-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01250870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'école face aux plurilinguismes de l'Outre-mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Fillol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Colombel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean François De Pietro; Marielle Rispail. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'enseignement du français à l'heure du plurilinguisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, Presses Universitaires de Namur, 2014, Recherches en didactique du français, 978-2-87037-851-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01102501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et attitudes linguistiques des enseignants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nocus, I., Vernaudon, J., Paia, M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'école plurilingue en outre-mer. Apprendre plusieurs langues, plusieurs langues pour apprendre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.245-267, 2014, 978-2-7535-2876-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00985280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et attitudes linguistiques des enseignants. La gestion du plurilinguisme à l'école en Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NOCUS, I., VERNAUDON, J., PAIA, M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprendre plusieurs langues, plusieurs langues pour apprendre : l'école plurilingue en Outre-mer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.245-268, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00990961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les langues en Guyane, en Nouvelle Calédonie et en Polynésie française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Vernaudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Renault-Lescure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nocus, I., Vernaudon, J. &amp; M. Paia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprendre plusieurs langues, plusieurs langues pour apprendre : l'école plurilingue en Outre-mer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.101-126, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00990879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'école française face aux plurilinguismes de l'Outre-mer. Une idéologie monolingue persistante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Colombel-Teuira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Fillol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Pietro J.-F. et Rispail M., L’enseignement du français à l’heure du plurilinguisme. Vers une didactique contextualisée, Presses Universitaires de Namur, Collection « Recherches en didactique du français », n° 6, 89-104.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 978-28703-851-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05217038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques linguistiques éducatives en Guyane.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nocus, I., Vernaudon, J., Paia, M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'école plurilingue en outre-mer. Apprendre plusieurs langues, plusieurs langues pour apprendre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.271-296, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00985340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques linguistiques éducatives en Guyane. Quels droits linguistiques pour les élèves allophones ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NOCUS, I., VERNAUDON, J., PAIA, M. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprendre plusieurs langues, plusieurs langues pour apprendre : l'école plurilingue en Outre-mer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.271-296, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00990950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langues de Guyane et langues parlées en Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Renault-Lescure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Launey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kremnitz, Georg. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire sociale des langues de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.671-682, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation and change in contact settings.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Leglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Chamoreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Léglise, Claudine Chamoreau. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The interplay of variation and change in contact settings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins Publishing Company, pp.1-20, 2013, Studies in Language variation, 978 90 272 3492 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01100139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation and change in contact settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Chamoreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Léglise, Isabelle ; Chamoreau, Claudine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Interplay of Variation and Change in Contact Settings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.1-20, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00800099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The interplay of inherent tendencies and language contact on French object clitics: An example of variation in a French Guianese contact setting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Léglise, Isabelle ; Chamoreau, Claudine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Interplay of Variation and Change in Contact Settings</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.137-163, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00800122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations et changements linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gudrun Ledegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wharton S., Simonin J. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociolinguistique des langues en contact</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS Editions, pp.315-329, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00880476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser le discours d'expert et d'expertise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Léglise, I. &amp; Garric, N. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discours d'experts et d'expertise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.1-16, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00731499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A multi-model approach to contact-induced language change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Chamoreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamics of Contact-induced language change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mouton de Gruyter, pp.1-15, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00672263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations autour du verbe et de ses pronoms objet en français parlé en Guyane : rôle du contact de langues et de la variation intrasystémique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chamoreau, Claudine; Goury, Laurence. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changement linguistique et langues en contact</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.203-230, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00755782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the emergence of new language varieties: the case of the Eastern Maroon Creole in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hinrichs, Lars &amp; Farquharson, Joseph. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variation in the Caribbean: From Creole continua to individual agency</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.207-229, 2011, Creole language library</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00576813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating Local Languages and Cultures into the Education System of French Guiana: A Discussion of Current Programs and Initiatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Migge, Bettina ; Léglise, Isabelle ; Bartens, Angela. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Creoles in Education: an Appraisal of Current Programs and Projects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.107-132, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00494413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creoles in Education. A Discussion of Pertinent Issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Bartens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Migge, Bettina ; Léglise, Isabelle ; Bartens, Angela. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Creoles in Education: a Critical Assessment and Comparison of Existing Projects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.1-30, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00494435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications / implications : des réflexions et des pratiques différentes en fonction des (sous)disciplines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Canut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">en co-édition avec le LESCLaP-CEP-CERCLL (EA 4283) ; sous la direction d'Isabelle Pierozak et Jean-Michel Eloy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intervenir : appliquer, s'impliquer ? / Ve Colloque international du RFS, Amiens, 13-15 juin 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'Harmattan, pp.63-72, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00523599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insultes et joutes verbales chez les &amp;quot;jeunes&amp;quot; : le regard des médiateurs urbains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aline Tauzin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insultes, injures et vannes en France et au Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.155-174, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plurilinguisme et migrations en Guyane française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations et plurilinguisme en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Didier, pp.94-100, 2008, Cahiers de l'Observatoire des pratiques linguistiques, n°2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00298611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations syntaxiques dans le français parlé par des adolescents en Guyane et à la Réunion : témoignages de périphéries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gudrun Ledegen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patricia Lambert, Agnès Millet, Marielle Rispail, Cyril Trimaille. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variations au coeur et aux marges de la sociolinguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.95-105, 2007, Espaces Discursifs</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00257602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement graphique, pratiques et attitudes linguistiques à l'hôpital de Saint-Laurent du Maroni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle LEGLISE ; Bettina MIGGE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations linguistiques en Guyane : regards croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD Editions, pp.403-423, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00268389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place des langues des élèves à l'école en contexte guyanais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Serge Mam-Lam-Fouck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre la Guyane d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibis Rouge Editions, pp.439-452, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00291684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paysage sociolinguistique de la Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Serge Mam-Lam-Fouck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre la Guyane d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibis Rouge Editions, pp.469-479, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00291683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le « taki-taki », une langue parlée en Guyane ? Fantasmes et réalités (socio)linguistiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle LEGLISE ; Bettina MIGGE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations linguistiques en Guyane : regards croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD Editions, pp.133-157, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects syntaxiques et discursifs d'un français parlé des médias : &amp;quot;le discours d'information télévisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mathias Broth, Mats Forsgren, Coco Norén &amp; Françoise Sullet-Nylander. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le français parlé des médias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Acta Universitatis Stockholmiensis, pp.243-258, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le paysage sociolinguistique de la Guyane : un état des lieux des recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Serge Mam Lam Fouck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre la Guyane d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibis Rouge Editions, pp.469-479, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00243120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language and colonialism. Applied linguistics in the context of creole communities.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marlis Hellinger &amp; Anne Pauwels. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language and Communication : Diversity and Change. Handbook of Applied Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mouton de Gruyter, pp.297-338, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations linguistiques en Guyane - regards croisés. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations linguistiques en Guyane : regards croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD Editions, pp.11-25, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00268387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des langues, des domaines, des régions. Pratiques, variations, attitudes linguistiques en Guyane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle LEGLISE ; Bettina MIGGE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques et représentations linguistiques en Guyane : regards croisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRD Editions, pp.29-47, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00268388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place des langues des élèves à l'école en contexte guyanais. Quatre décennies de discours scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Alby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S. Mam Lam Fouck. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre la Guyane d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibis Rouge Editions, pp.439-452, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00243071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications et implications en sciences du langage : Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Canut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Desmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Léglise I., Canut E., Desmet I., Garric N., (coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applications et implications en sciences du langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris : L'harmattan, pp.9-15, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00162427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages et représentations linguistiques en milieu scolaire guyanais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Puren</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Tupin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole et éducation, Univers créoles n° 5</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Economica, pp.67-90, 2005, Anthropos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00181066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place du logiciel, du corpus, de l'analyste : l'exemple d'une analyse de discours patronal à deux voix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Geoffrey Williams. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistique de corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.101-113, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contacts de langues issus de mobilités dans un espace plurilingue : approches croisées à St Laurent du Maroni (Guyane)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bettina Migge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cécile Van den Avenne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mobilités et contacts de langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.75-94, 2005, Espace discursif</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00292492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le discours patronal, discours de propagande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">D. Banks (ed). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Caractéristiques linguistiques des textes de propagande</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris, L'Harmattan, pp.133-146, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00162445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des formes d'oral et rapport au langage chez les travailleurs sociaux : l'exemple des médiateurs urbains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle LEGLISE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques, langues et discours dans le travail social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.29-52, 2004, Espaces discursifs</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00293240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les médiateurs de rue face aux &amp;quot;parlers jeunes&amp;quot; / des exemples de &amp;quot;parlers jeunes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dominique Caubet, Thierry Bulot, Jacqueline Billiez, Isabelle Léglise, Catherine Miller. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parlers jeunes ici et là-bas : pratiques et représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.221-246, 2004, Espaces Discursifs</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00232638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les travailleurs sociaux entre écrits professionnels contraints et oral débridé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Isabelle Léglise. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques, langues et discours dans le travail social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris : L'Harmattan, pp.3-8, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00181069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le problème de l'adresse en situation d'interaction plurilocuteurs dans les avions de la patrouille maritime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kostulski K., Trognon A., eds. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication interactive dans les groupes de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Nancy, pp.183-204, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00137726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un centre de recherche en SHS à Phnom Penh : étapes d’un long processus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Markiw</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03907914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mots mêlés : une Guyane multilingue et plurilingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Exposito</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission de langues minoritaires dans la migration : le cas de communautés arabo-turcophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suat Istanbullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR 8202 SEDYL; CNRS; IRD; INALCO. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01115781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission de langues minoritaires dans la migration : le cas de communautés arabo-turcophones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suat Istanbullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UMR 8202 SEDYL; CNRS; IRD. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01255279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilinguisme, variation, contact. Des pratiques langagières sur le terrain à l'analyse de corpus hétérogènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Institut National des Langues et Civilisations Orientales- INALCO PARIS - LANGUES O', 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00880500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde : les archives ouvertes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Ruscio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huguette Rigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-02099635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité linguistique et langues en contact en Guyane française.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Leglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth de Pablo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Maestre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">medihal-01379077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId218"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="165EC083"/>
+    <w:nsid w:val="0E11F6BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-leglise" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2415-4173" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/061775509" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/K-1882-2018" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=7H1zjsnDCrM" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=kP8n0fzPw2Y&amp;t=11s" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://federation3s.com/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129007v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle L&#233;glise" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Costa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ijsl-2024-0054" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797411v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitha Seng" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vutha Um" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suat Istanbullu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dara NON" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04869319v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valelia Muni Toke" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04869453v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rossille" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04869427v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tiennot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tourn&#232;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04869390v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collectif Ilasom" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Alby" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Anciaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dureysseix" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1396x" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181823v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence L&#233;obal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Migge" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ijsl-2022-0066" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04353179v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907815v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906920v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhsh.7720" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117920v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangeeta Bagga-Gupta" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Deumert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17447143.2023.2206385" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117926v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17447143.2023.2204840" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03908274v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19552629-15020005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354242v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354247v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354239v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101135v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leglise" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Quint" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354255v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098575v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134360-09401022" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962567v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina M Migge" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943132v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182399v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14790718.2019.1633332" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416005v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527466v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065599v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674473v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674471v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674470v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426409v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250899v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140597v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/jpcl.30.1.03mig" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01063067v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vaillant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880453v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00680947v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292263v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Garric" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292261v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cambon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291686v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292268v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Point" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291685v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00221530v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292394v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00223917v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00239307v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02141848v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Goury" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00221528v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00181072v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00181067v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00223916v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00665372v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00221527v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00162439v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00137721v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00162421v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00137722v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134978v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlin Eithne" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tjon Sie Fat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00755783v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Chamoreau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00672251v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672729v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00731501v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00683907v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672724v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bartens" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268390v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00707181v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Canut" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Desmet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00329501v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Caubet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bulot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Billiez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Miller" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00329502v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00223920v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Saillard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718938v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181879v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago S&#225;nchez Moreano" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9781003130703-6/spanish-speaking-latin-americans-market-cayenne-french-guiana-santiago-s%C3%A1nchez-moreano-isabelle-l%C3%A9glise?context=ubx&amp;amp;refId=348485af-ffc5-493d-8d1b-553d994cb9b8" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003130703-6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483909v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://langsci-press.org/catalog/book/236" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5643281" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943065v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943136v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003238v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692137v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718072v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472768v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Jean Fran&#231;ois Nunez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.archivescontemporaines.com/index.asp" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629708v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01434937v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426303v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135029v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eithne Carlin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004280120_002" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134998v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250870v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Gorovitz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00990961v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01102501v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fillol" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colombel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00985280v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00990879v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Vernaudon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Renault-Lescure" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00985340v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05217038v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colombel-Teuira" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00990950v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847184v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Launey" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01100139v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00800099v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00800122v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00880476v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudrun Ledegen" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00731499v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00672263v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755782v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00576813v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00494413v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00494435v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523599v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00298611v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292410v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leroy" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291684v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291683v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292458v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292266v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257602v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268389v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292388v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00243120v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268387v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268388v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00243071v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00162427v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00181066v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Puren" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292407v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00162445v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292492v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00293240v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00181069v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00232638v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00137726v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907914v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Markiw" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965754v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Exposito" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115781v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01255279v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00880500v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02099635v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ruscio" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huguette Rigot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jean" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Guichard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01379077v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Maestre" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/isabelle-leglise" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2415-4173" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/061775509" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/K-1882-2018" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=7H1zjsnDCrM" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=kP8n0fzPw2Y&amp;t=11s" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://federation3s.com/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129007v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle L&#233;glise" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Costa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ijsl-2024-0054" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04869319v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valelia Muni Toke" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797411v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitha Seng" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vutha Um" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suat Istanbullu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dara NON" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04869427v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rossille" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tiennot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tourn&#232;s" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04869453v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04869390v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collectif Ilasom" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Alby" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Anciaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dureysseix" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1396x" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181823v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence L&#233;obal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Migge" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ijsl-2022-0066" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04353179v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906920v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhsh.7720" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907815v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117920v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangeeta Bagga-Gupta" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Deumert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17447143.2023.2206385" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117926v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17447143.2023.2204840" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03908274v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19552629-15020005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354247v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354242v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03101135v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leglise" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Quint" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354239v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354255v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098575v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134360-09401022" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962567v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina M Migge" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943132v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02182399v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14790718.2019.1633332" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416005v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527466v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674473v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065599v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674471v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674470v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426409v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250899v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140597v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/jpcl.30.1.03mig" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01063067v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vaillant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880453v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00680947v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292263v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Garric" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292261v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cambon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291686v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291685v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292268v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Point" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00221530v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00223917v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292394v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00239307v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-02141848v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Goury" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00221528v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00181072v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00223916v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00181067v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00665372v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00221527v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00162439v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00137721v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00162421v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00137722v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134978v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlin Eithne" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tjon Sie Fat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00755783v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Chamoreau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672729v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00672251v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00731501v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00683907v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672724v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bartens" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268390v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00707181v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Canut" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Desmet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00329502v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00329501v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Caubet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bulot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Billiez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Miller" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00223920v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Saillard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718938v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181879v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago S&#225;nchez Moreano" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9781003130703-6/spanish-speaking-latin-americans-market-cayenne-french-guiana-santiago-s%C3%A1nchez-moreano-isabelle-l%C3%A9glise?context=ubx&amp;amp;refId=348485af-ffc5-493d-8d1b-553d994cb9b8" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003130703-6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483909v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://langsci-press.org/catalog/book/236" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5643281" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943065v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943136v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003238v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692137v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718072v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472768v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Jean Fran&#231;ois Nunez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.archivescontemporaines.com/index.asp" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01434937v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629708v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426303v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134998v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135029v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eithne Carlin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004280120_002" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250870v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Gorovitz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01102501v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fillol" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colombel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00985280v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00990961v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00990879v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Vernaudon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Renault-Lescure" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05217038v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colombel-Teuira" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00985340v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00990950v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847184v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Launey" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01100139v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00800099v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00800122v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00880476v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudrun Ledegen" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00731499v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00672263v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755782v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00576813v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00494413v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00494435v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523599v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292410v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Leroy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00298611v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257602v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268389v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291684v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00291683v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292458v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292266v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00243120v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292388v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268387v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00268388v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00243071v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00162427v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00181066v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Puren" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292407v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00292492v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00162445v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00293240v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00232638v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00181069v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00137726v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03907914v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Markiw" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965754v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Exposito" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115781v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01255279v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00880500v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-02099635v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Ruscio" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huguette Rigot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jean" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Guichard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01379077v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Maestre" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>